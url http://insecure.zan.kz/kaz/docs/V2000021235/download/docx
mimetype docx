--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ed9460" w14:textId="6ed9460">
+    <w:p w14:paraId="e4f7bcb" w14:textId="e4f7bcb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Тыйым салынған мүлікті өткізу бойынша бірыңғай электрондық сауда-саттық алаңын таңдауды жүзеге асыру қағидаларын бекіту</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Әділет министрінің 2020 жылғы 11 қыркүйектегі № 347 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 21 қыркүйекте № 21235 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Әділет министрінің 2020 жылғы 11 қыркүйектегі № 347 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 21 қыркүйекте № 21235 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" 2010 жылғы 2 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -328,127 +328,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Әділет министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1423,744 +1435,838 @@
         <w:t>
       4) заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы нотариат куәландырған көшірмесін куәліктің немесе әлеуетті өнім берушінің мөрмен расталған анықтаманың көшірмесін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуетті өнім берушіге қызмет көрсетілетін банктің немесе банк филиалының уәкілетті тұлғаның қолы және әлеуетті өнім берушінің банктің немесе банк филиалының алдындағы міндеттемелерінің барлық түрлері бойынша анықтама берілген күннің алдында үш айдан астам созылған мерзімі өткен берешегі жоқ екендігі туралы мөрі бар анықтаманың түпнұсқасын (егер әлеуетті өнім беруші екінші деңгейдегі бірнеше банктің немесе филиалдарының, сондай-ақ шетелдік банктің клиенті болып табылса, осы анықтама осындай банктердің әрқайсысынан ұсынылады) қамтиды. Анықтама конверттер ашылатын күннің алдындағы бір айдан бұрын емес берілуі тиіс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген - ҚР Әділет министрінің 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 525</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) конверттерді ашу күнінің алдындағы бір айдан бұрын емес берілген үш айдан астам (төлем мерзімі "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұзартылған жағдайларды қоспағанда) салық берешегінің және міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары мен әлеуметтік аударымдары бойынша берешегінің жоқ екені туралы не бір теңгеден кем салық берешегінің және міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары мен әлеуметтік аударымдары бойынша берешегінің бар екендігі туралы тиісті мемлекеттік кіріс органының белгілеген нысандағы анықтамасың;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жұмыстар, көрсетілетін қызметтер көрсетілген техникалық ерекшелiкті, тауарларға қызмет көрсетуге, шығыстарға, жұмыстар орындауға, қызметтер көрсетуге сапа кепiлдiгiн беруді;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      7) жұмыстар, көрсетілетін қызметтер көрсетілген техникалық ерекшелiкті, тауарларға қызмет көрсетуге, шығыстарға, жұмыстар орындауға, қызметтер көрсетуге сапа кепiлдiгiн беруді;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) әлеуетті өнім берушінің жарғысына сәйкес БЭСА таңдауға қатысуға өтініштерге қол қою құқығына сенімхатсыз қол қою құқығы бар әлеуетті өнім берушінің бірінші басшысын қоспағанда, әлеуетті өнім берушінің мүддесін білдіретін адамға (адамдарға) сенімхатты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...15 lines deleted...]
-      8) әлеуетті өнім берушінің жарғысына сәйкес БЭСА таңдауға қатысуға өтініштерге қол қою құқығына сенімхатсыз қол қою құқығы бар әлеуетті өнім берушінің бірінші басшысын қоспағанда, әлеуетті өнім берушінің мүддесін білдіретін адамға (адамдарға) сенімхатты;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) БЭСА тиімді жұмыс істеуінің мүмкіндігін растайтын басқа да құжаттарды (бар болса) қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      9) БЭСА тиімді жұмыс істеуінің мүмкіндігін растайтын басқа да құжаттарды (бар болса) қамтиды.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. БЭСА таңдауға қатысуға ұсыныстарымен конверттерді ашуды комиссия жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
-[...15 lines deleted...]
-      11. БЭСА таңдауға қатысуға ұсыныстарымен конверттерді ашуды комиссия жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Хабарландыруда көрсетілген мерзімде берілген БЭСА таңдауға қатысуға ұсыныстары бар конверттер ашуға жатады. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандағы БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашу хаттамасына отырысқа қатысушы комиссияның барлық мүшелерi, сондай-ақ комиссияның хатшысы қол қояды және әр бетiне бұрыштама соғады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысандағы БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашу хаттамасына отырысқа қатысушы комиссияның барлық мүшелерi, сондай-ақ комиссияның хатшысы қол қояды және әр бетiне бұрыштама соғады.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Комиссия отырысының көрсетілген күнінен кейінгі екі жұмыс күнінен кешіктірілмей БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашудың қол қойылған хаттамасының мәтіні Республикалық палатасының сайтында жарияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
-[...15 lines deleted...]
-      13. Комиссия отырысының көрсетілген күнінен кейінгі екі жұмыс күнінен кешіктірілмей БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашудың қол қойылған хаттамасының мәтіні Республикалық палатасының сайтында жарияланады.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Комиссия талаптарға сай келмейтін әлеуетті өнім берушілерді анықтаған жағдайда, мұндай әлеуетті өнім берушілерге БЭСА таңдауға қатысуға алдын ала рұқсат беру хаттамасы жарияланған күннен бастап үш жұмыс күні ішінде БЭСА таңдауға қатысуға ұсыныстарды сәйкес келтіру құқығын береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
-[...15 lines deleted...]
-      14. Комиссия талаптарға сай келмейтін әлеуетті өнім берушілерді анықтаған жағдайда, мұндай әлеуетті өнім берушілерге БЭСА таңдауға қатысуға алдын ала рұқсат беру хаттамасы жарияланған күннен бастап үш жұмыс күні ішінде БЭСА таңдауға қатысуға ұсыныстарды сәйкес келтіру құқығын береді.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Әлеуетті өнім берушілердің БЭСА қойылатын талаптарға сәйкес келген және ұсыналатын құжаттар бар болған жағдайда БЭСА таңдауға қатысуға алдын ала рұқсат беру хаттамасы рәсімделмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
-[...15 lines deleted...]
-      15. Әлеуетті өнім берушілердің БЭСА қойылатын талаптарға сәйкес келген және ұсыналатын құжаттар бар болған жағдайда БЭСА таңдауға қатысуға алдын ала рұқсат беру хаттамасы рәсімделмейді.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Комиссия БЭСА таңдауға қатысуға ұсыныстарды қарайды және БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашқан күннен бастап күнтізбелік бес күн ішінде БЭСА таңдауға қатысуға әлеуетті өнім берушілердің қатысуына рұқсат беру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
-[...15 lines deleted...]
-      16. Комиссия БЭСА таңдауға қатысуға ұсыныстарды қарайды және БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашқан күннен бастап күнтізбелік бес күн ішінде БЭСА таңдауға қатысуға әлеуетті өнім берушілердің қатысуына рұқсат беру туралы шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша БЭСА таңдауға қатысуға рұқсат беру туралы хаттамаға отырысқа қатысқан барлық комиссия мүшелері, сондай-ақ комиссия хатшысы әлеуеттi өнiм берушiлердiң БЭСА таңдауға қатысуына рұқсат беру туралы шешiм қабылданған күннен бастап екi жұмыс күнiнен кешiктiрмей қол қояды, әр бетiне бұрыштама соғады. БЭСА таңдауға қатысуға рұқсат беру туралы хаттамаға сараптамалық қорытынды қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша БЭСА таңдауға қатысуға рұқсат беру туралы хаттамаға отырысқа қатысқан барлық комиссия мүшелері, сондай-ақ комиссия хатшысы әлеуеттi өнiм берушiлердiң БЭСА таңдауға қатысуына рұқсат беру туралы шешiм қабылданған күннен бастап екi жұмыс күнiнен кешiктiрмей қол қояды, әр бетiне бұрыштама соғады. БЭСА таңдауға қатысуға рұқсат беру туралы хаттамаға сараптамалық қорытынды қоса беріледі.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашқан күннен бастап бір жұмыс күнінен кешіктірмей комиссияның хатшысы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...15 lines deleted...]
-      18. БЭСА таңдауға қатысуға ұсыныстары бар конверттерді ашқан күннен бастап бір жұмыс күнінен кешіктірмей комиссияның хатшысы:</w:t>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) комиссия төрағасымен БЭСА таңдауға қатысуға ұсыныстарды қарау жөніндегі комиссияның отырысы өткізілетін күн мен уақытты келіседі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
-[...15 lines deleted...]
-      1) комиссия төрағасымен БЭСА таңдауға қатысуға ұсыныстарды қарау жөніндегі комиссияның отырысы өткізілетін күн мен уақытты келіседі;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) комиссия мүшелерін БЭСА таңдауға қатысуға ұсыныстарды қарау жөніндегі комиссияның отырысы өткізілетін күн мен уақыт туралы хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
-[...15 lines deleted...]
-      2) комиссия мүшелерін БЭСА таңдауға қатысуға ұсыныстарды қарау жөніндегі комиссияның отырысы өткізілетін күн мен уақыт туралы хабардар етеді;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) комиссияның қарауына әлеуетті өнім берушілердің талаптарға сәйкестігін растайтын құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
-[...15 lines deleted...]
-      3) комиссияның қарауына әлеуетті өнім берушілердің талаптарға сәйкестігін растайтын құжаттарды ұсынады.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Комиссия мүшелері әлеуетті өнім берушілердің ұсыныстарын оларды қарау кезіннен комиссия хатшысына қайтарылғанға дейін сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
-[...15 lines deleted...]
-      19. Комиссия мүшелері әлеуетті өнім берушілердің ұсыныстарын оларды қарау кезіннен комиссия хатшысына қайтарылғанға дейін сақталуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Комиссия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
-[...15 lines deleted...]
-      20. Комиссия:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) БЭСА таңдауға қатысуына әлеуетті өнім берушілердің ұсыныстары бар құжаттар топтамасын толықтығы және тиісінше рәсімделуі нысанына қарастырады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
-[...15 lines deleted...]
-      1) БЭСА таңдауға қатысуына әлеуетті өнім берушілердің ұсыныстары бар құжаттар топтамасын толықтығы және тиісінше рәсімделуі нысанына қарастырады;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) құжаттардың толық емес тізбесін ұсынған және (немесе) тиісті түрде рәсімделмеген құжаттарды ұсынған әлеуетті өнім берушілерді анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
-[...15 lines deleted...]
-      2) құжаттардың толық емес тізбесін ұсынған және (немесе) тиісті түрде рәсімделмеген құжаттарды ұсынған әлеуетті өнім берушілерді анықтайды;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурсқа қатысу үшін ұсыныс берген әлеуетті өнім берушілерден қарауды, бағалауды және БЭСА таңдауда қатысуға ұсыныстарды салыстыруды жеңілдетуге байланысты материалдар мен түсіндірмелерге жазбаша нысанда сұрау салады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z63" w:id="61"/>
-[...15 lines deleted...]
-      3) конкурсқа қатысу үшін ұсыныс берген әлеуетті өнім берушілерден қарауды, бағалауды және БЭСА таңдауда қатысуға ұсыныстарды салыстыруды жеңілдетуге байланысты материалдар мен түсіндірмелерге жазбаша нысанда сұрау салады;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) БЭСА таңдауға қатысуына ұсыныстары бар мәліметтерді нақтылау мақсатында, тиісті мемлекеттік органдардан, жеке және заңды тұлғалардан қажетті ақпаратты жазбаша нысанда сұратады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
-[...15 lines deleted...]
-      4) БЭСА таңдауға қатысуына ұсыныстары бар мәліметтерді нақтылау мақсатында, тиісті мемлекеттік органдардан, жеке және заңды тұлғалардан қажетті ақпаратты жазбаша нысанда сұратады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талаптарға сәйкес, БЭСА таңдауға қатысуға ұсыныстарда келтірумен баланысты сұрау салулар мен комиссияның өзге де іс-әрекеттер жасауына жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БЭСА таңдауға қатысуына ұсыныстар жасау ретінде талаптарға сәйкес, БЭСА таңдауға қатысуға ұсыныстарды толықтыруға бағытталған, жетіспеген құжаттарды қатысуға өтініш беру кезінде құжаттарды ауыстыру, тиісті үлгіде рәсімделген құжаттарды түзету арқылы жүргізген комиссия іс-әрекеті түсініледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) БЭСА талаптарына сай әлеуетті өнім берушілерді анықтайды және олардың қатысушыларын таниды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...51 lines deleted...]
-      5) БЭСА талаптарына сай әлеуетті өнім берушілерді анықтайды және олардың қатысушыларын таниды.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Әлеуетті өнім берушілердің банкроттық рәсіміне қатысты еместігі және (немесе) орындаушылық құжаттар бойынша орындалмаған міндеттемелерінің болмауы және борышкерлердің тиісті тізіліміне енгізілмегендігі бөлігінде талаптарға сәйкестігін анықтау мақсатында, комиссия банкроттық рәсімдердің жүргізілуіне бақылауды жүзеге асыратын уәкілетті органның интернет-ресурсында және орындаушылық құжаттардың орындалуын қамтамасыз ету саласындағы уәкілетті органның интернет-ресурсында жарияланған ақпаратты қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z66" w:id="64"/>
-[...15 lines deleted...]
-      21. Әлеуетті өнім берушілердің банкроттық рәсіміне қатысты еместігі және (немесе) орындаушылық құжаттар бойынша орындалмаған міндеттемелерінің болмауы және борышкерлердің тиісті тізіліміне енгізілмегендігі бөлігінде талаптарға сәйкестігін анықтау мақсатында, комиссия банкроттық рәсімдердің жүргізілуіне бақылауды жүзеге асыратын уәкілетті органның интернет-ресурсында және орындаушылық құжаттардың орындалуын қамтамасыз ету саласындағы уәкілетті органның интернет-ресурсында жарияланған ақпаратты қарайды.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Әлеуетті өнім берушілерден ұсыныстар болмаған не әлеуетті өнім берушілердің ұсыныстары БЭСА талаптарына сәйкес келмеген жағдайда БЭСА-ны қайта таңдауды жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z67" w:id="65"/>
-[...15 lines deleted...]
-      22. Әлеуетті өнім берушілерден ұсыныстар болмаған не әлеуетті өнім берушілердің ұсыныстары БЭСА талаптарына сәйкес келмеген жағдайда БЭСА-ны қайта таңдауды жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір әлеуетті өнім берушінің таңдауға қатысуы БЭСА-ны таңдауға кедергі келтірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Комиссия отырысқа қатысқан мүшелерінің көпшілік дауысымен қаралып отырған мәселелер бойынша тиісті шешім қабылдайды. Комиссия отырысына қатысқан және қабылданған шешіммен келіспеген комиссия мүшелері жазбаша түрде ерекше пікірін білдіреді, ол хаттамаға тіркеліп, ол жөнінде хаттамада тиісті белгі жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:p>
-[...33 lines deleted...]
-      23. Комиссия отырысқа қатысқан мүшелерінің көпшілік дауысымен қаралып отырған мәселелер бойынша тиісті шешім қабылдайды. Комиссия отырысына қатысқан және қабылданған шешіммен келіспеген комиссия мүшелері жазбаша түрде ерекше пікірін білдіреді, ол хаттамаға тіркеліп, ол жөнінде хаттамада тиісті белгі жасалады.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандағы БЭСА таңдау қорытындысы туралы хаттамаға төраға және отырысқа қатысқан комиссияның барлық мүшелері, сондай-ақ комиссия хатшысы ұсыныстарды ашқан кезден бастап күнтізбелік отыз күннен кешіктірмей қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z69" w:id="67"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысандағы БЭСА таңдау қорытындысы туралы хаттамаға төраға және отырысқа қатысқан комиссияның барлық мүшелері, сондай-ақ комиссия хатшысы ұсыныстарды ашқан кезден бастап күнтізбелік отыз күннен кешіктірмей қол қояды.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. БЭСА операторы мемлекеттік және жеке сот орындаушыларынан тыйым салынған мүлікті өткізген кезде БЭСА қызметін жүзеге асырғаны үшін төлем алмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z70" w:id="68"/>
-[...15 lines deleted...]
-      25. БЭСА операторы мемлекеттік және жеке сот орындаушыларынан тыйым салынған мүлікті өткізген кезде БЭСА қызметін жүзеге асырғаны үшін төлем алмайды.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Тиісті хаттамада ресімделген БЭСА таңдау туралы комиссияның шешімі аумақтық әділет органдары, жеке сот орындаушылары және БЭСА операторы арасында шарт жасасу үшін негізі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z71" w:id="69"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2304,600 +2410,600 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________                               ____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Ашу орны)                                           (Уақыты мен күні) </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мынадай құрамдағы бірыңғай электрондық сауда-саттық алаңы таңдау бойынша </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      комиссия:________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (комиссия төрағасының, хатшысының және мүшелерінің аты, әкесінің аты (бар болған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жағдайда), тегі, лауазымы, ұсыныстарды ашу күні, уақыты мен орны көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстары бар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      конверттерді ашу рәсімін жүргізді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мынадай әлеуетті өнім берушілер құжаттар топтамасын ұсынды: </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      комиссия:________________________________________________________________ </w:t>
-[...90 lines deleted...]
-      2. Мынадай әлеуетті өнім берушілер құжаттар топтамасын ұсынды: </w:t>
+      _________________________________________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (барлық әлеуетті өнім берушілердің атауы, мекенжайы) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Мынадай әлеуетті өнім берушілердің бірыңғай электрондық сауда-саттық алаңы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      таңдауға қатысуға ұсыныстары __________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстар берудің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      соңғы мерзімі өткеннен кейін ұсыныстарды ұсынған барлық әлеуетті өнім </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      берушілердің атауы, мекенжайы көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________________________________ негізінде ашылмай қайтарылды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарды берудің </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      соңғы мерзімі өткенге дейін оларды белгіленген мерзімде ұсынған мынадай әлеуетті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өнім берушілердің ұсыныстары: _________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (ұсыныстарды берудің соңғы мерзімі өткенге дейін ұсыныстарды ұсынған барлық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      әлеуетті өнім берушілердің атауы, мекенжайы, қатысуға ұсыныстарды берген уақыты) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ашылды және бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ұсыныстарды ашу кезінде барлық қатысушыларға таныстырылған мыналарды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қамтиды:__________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       _________________________________________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (барлық әлеуетті өнім берушілердің атауы, мекенжайы) </w:t>
-[...146 lines deleted...]
-      4. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарды берудің </w:t>
+      (ұсыныстағы құжаттардың тізбесі, бірыңғай электрондық сауда-саттық алаңы таңдауға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қатысуға ұсыныстарды кері қайтарып алу және өзгерту туралы ақпарат, ұсынылған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                        құжаттардың парақ саны көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Ұсыныстарды ашқан кезде мынадай әлеуетті өнім берушілер қатысты: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...234 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3097,860 +3203,860 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүзеге асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірыңғай электрондық сауда-саттық алаңын таңдауға қатысуға жіберу туралы хаттама</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________                               ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Орналасқан жері)                                     (Уақыты мен күні) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мынадай құрамдағы бірыңғай электрондық сауда-саттық алаңы таңдау бойынша </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________                               ____________________ </w:t>
-[...36 lines deleted...]
-      1. Мынадай құрамдағы бірыңғай электрондық сауда-саттық алаңы таңдау бойынша </w:t>
+      комиссия:________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                  (бірыңғай электрондық сауда-саттық алаңы таңдау бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                         комиссияның құрамын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ___________________________________ бірыңғай электрондық сауда-саттық алаңы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      таңдауға қатысуға ұсыныстарды қарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарда </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      комиссия:________________________________________________________________ </w:t>
-[...90 lines deleted...]
-      2. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарда </w:t>
+      ұсынылған жұмыстардың, көрсетілетін қызметтердің техникалық ерекшелікке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сәйкестігі жөнінде қорытындылар берген сарапшыларды тарту туралы ақпарат. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарды берудің </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ұсынылған жұмыстардың, көрсетілетін қызметтердің техникалық ерекшелікке </w:t>
-[...36 lines deleted...]
-      3. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарды берудің </w:t>
+      соңғы мерзімі өткенге дейін белгіленген мерзімде өтінім берген мынадай әлеуетті өнім </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      берушілердің қатысуға ұсыныстары: __________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (ұсыныстарды берудің соңғы мерзімі өткенге дейін ұсыныстар берген барлық әлеуетті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өнім берушілердің атауы, мекенжайы, бірыңғай электрондық сауда- саттық алаңы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      таңдауға қатысуға ұсыныстарды беру уақыты, ұсыныстағы құжаттар тізбесі, талапта </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көзделген қандай да бір құжаттың жоқтығы туралы ақпарат, бірыңғай электрондық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сауда-саттық алаңы таңдауға қатысуға ұсыныстарды кері қайтарып алу мен өзгеруі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      туралы ақпарат және басқа ақпарат көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      комиссия отырысының барлық қатысушыларына жарияланған. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысудан бас тартылған </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      соңғы мерзімі өткенге дейін белгіленген мерзімде өтінім берген мынадай әлеуетті өнім </w:t>
-[...180 lines deleted...]
-      4. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысудан бас тартылған </w:t>
+      ұсыныстар:________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                  (қатысуға ұсыныстары қабылданбаған әлеуетті өнім берушілер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                  (оның деректемелері), сондай-ақ қабылданбау себептері көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Әлеуетті өнім берушілердің бірыңғай электрондық сауда-саттық алаңы талаптарына </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ұсыныстар:________________________________________________________________ </w:t>
+      сәйкес келетін ұсыныстары __________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-                  (қатысуға ұсыныстары қабылданбаған әлеуетті өнім берушілер </w:t>
-[...36 lines deleted...]
-      5. Әлеуетті өнім берушілердің бірыңғай электрондық сауда-саттық алаңы талаптарына </w:t>
+      (әлеуетті өнім берушілер (оның деректемелері) көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Комиссия бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қарау нәтижелері бойынша былай деп ШЕШТІ: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мынадай әлеуетті өнім берушілер бірыңғай электрондық сауда-саттық алаңы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      сәйкес келетін ұсыныстары __________________________________________________ </w:t>
-[...90 lines deleted...]
-      1. Мынадай әлеуетті өнім берушілер бірыңғай электрондық сауда-саттық алаңы </w:t>
+      таңдауға қатысуға жіберілсін: ______________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (таңдауға қатысуға жіберілген әлеуетті өнім берушілердің тізбесін көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мынадай әлеуетті өнім берушілер бірыңғай электрондық сауда-саттық алаңы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      таңдауға қатысуға жіберілсін: ______________________________________________. </w:t>
-[...36 lines deleted...]
-      2. Мынадай әлеуетті өнім берушілер бірыңғай электрондық сауда-саттық алаңы </w:t>
+      таңдауға қатысуға жіберілмесін: ______________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (таңдауға қатысуға жіберілмеген әлеуетті өнім берушілердің тізбесін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Бірыңғай электрондық сауда-саттық алаңы таңдау жөніндегі комиссияның </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      таңдауға қатысуға жіберілмесін: ______________________________________________. </w:t>
-[...36 lines deleted...]
-      3. Бірыңғай электрондық сауда-саттық алаңы таңдау жөніндегі комиссияның </w:t>
+      отырысы _____________________________________________________ белгіленсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                  (комиссия отырысының уақытын, күнін, орнын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Аталған хаттаманың мәтіні Жеке сот орындаушыларының республикалық палатасы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:p>
-[...54 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сайтына орналастырылсын. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4186,492 +4292,492 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жүзеге асыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="85"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірыңғай электрондық сауда-саттық алаңын таңдау қорытындылары туралы хаттама</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________                               ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Орналасқан жері)                                     (Уақыты мен күні) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мынадай құрамдағы бірыңғай электрондық сауда-саттық алаңы таңдау бойынша </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________                               ____________________ </w:t>
-[...36 lines deleted...]
-      1. Мынадай құрамдағы бірыңғай электрондық сауда-саттық алаңы таңдау бойынша </w:t>
+      комиссия: _______________________________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                              (комиссияның құрамын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Мынадай ұсыныстар бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      комиссия: _______________________________________________________________. </w:t>
-[...36 lines deleted...]
-      2. Мынадай ұсыныстар бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға </w:t>
+      жіберілді: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________________. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (рұқсат беру туралы хаттамаға сәйкес жіберілген әлеуетті өнім берушілердің бірыңғай </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстарын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Әлеуетті өнім берушілердің ұсыныстары бар конверттер: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      жіберілді: </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">
       _________________________________________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (рұқсат беру туралы хаттамаға сәйкес жіберілген әлеуетті өнім берушілердің бірыңғай </w:t>
-[...36 lines deleted...]
-      3. Әлеуетті өнім берушілердің ұсыныстары бар конверттер: </w:t>
+      (қарау үшін соңғы уақыт өткеннен кейін ұсынылуына байланысты қабылданбаған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ұсыныстардың әлеуетті өнім берушілерінің атаулары көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Комиссия қарау үшін соңғы уақыт өткенге дейін ұсыныстарын берген </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      қатысушылардың ұсыныстары: ______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (әлеуетті өнім берушілердің атаулары мен олардың деректемелері көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ашылды және олар мыналарды қамтиды: ______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       _________________________________________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (қарау үшін соңғы уақыт өткеннен кейін ұсынылуына байланысты қабылданбаған </w:t>
-[...36 lines deleted...]
-      4. Комиссия қарау үшін соңғы уақыт өткенге дейін ұсыныстарын берген </w:t>
+      (бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға ұсыныстары бар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      конверттерді ашу кезіндегі барлық қатысушыларға жарияланған әлеуетті өнім </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                        берушілер ұсынған ұсыныстар көрсетіледі) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Бірыңғай электрондық сауда-саттық алаңы таңдауға қатысуға қабылданбаған </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:p>
-[...144 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ұсыныстар: _______________________________________________________________. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5037,55 +5143,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5411,31 +5517,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>