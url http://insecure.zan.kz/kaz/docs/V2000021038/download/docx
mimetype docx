--- v0 (2025-12-20)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0671222" w14:textId="0671222">
+    <w:p w14:paraId="72090d3" w14:textId="72090d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1490,446 +1490,352 @@
         <w:t xml:space="preserve">
       13) қатысушы – оператордың ақпараттандыру объектісінде тіркелген және осы Қағидаларда белгіленген тәртіппен аукционға қатысуға жіберілген жеке немесе заңды тұлға; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) қол қою бонусының ағымдағы мөлшері – аукцион барысында қалыптасатын қол қою бонусының мөлшері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) қол қою бонусының бастапқы мөлшері Қазақстан Республикасы Салық кодексінің 761-бабына сәйкес белгіленетін объект бойынша аукцион басталатын қол қою бонусының мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) қол қою бонусының түпкілікті мөлшері – қол қою бонусының аукцион өткізу қорытындылары бойынша белгіленген мөлшері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) ұлғайтуға арналған аукцион – қол қою бонусының бастапқы мөлшері алдын ала жарияланған аукцион қадамымен ұлғайтылатын аукцион әдісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) операторды ақпараттандыру объектісі (бұдан әрі – ақпараттандыру объектісі) – электрондық нысанда көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған электрондық аукциондар операторының интернет-ресурсын қамтитын және ақпараттық өзара іс-қимыл арқылы белгілі бір технологиялық іс-әрекеттерді іске асыратын және аукцион өткізудің нақты функционалдық міндеттерін шешуге арналған ақпараттық-коммуникациялық технологиялардың, қызмет көрсететін персоналдың және техникалық құжаттаманың ұйымдастырушылық-ретке келтірілген жиынтығын білдіретін оператордың ақпараттық жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) электрондық құжат – ақпарат электрондық-цифрлық нысанда берілген және электрондық цифрлық қолтаңба арқылы куәландырылған құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – ЭЦҚ құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар терілімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) Qazchain таратылған дерекқор (бұдан әрі – qazchain) – оператордың ішкі қағидалары бойынша blockchain технологиясының негізінде құрылған аукциондар туралы ақпаратты қамтитын деректер блоктарының үздіксіз тізбегі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Энергетика министрінің м.а. 29.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 374-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...264 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аукционды </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидаларға сәйкес құзыретті орган ұйымдастырады. Аукцион арттыру әдісімен өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аукцион аумақтарының географиялық координаттары Бағдарламада қамтылатын бір және/немесе бірнеше жер қойнауы учаскелеріне қатысты өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аукционға қатысуға берілген өтініштер бойынша ақпарат (өтініштің нөмірі, өтініштің күні, аукционның түрі) (бұдан әрі – аукционға қатысуға өтініш), сондай-ақ аукционның қорытындылары туралы мәліметтер www.qazchain.kz. есептеу қуаттарында орналастырылатын qazchain желісіне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Qazchain желісінде аукционға қатысуға берілген өтініштер бойынша деректерді сақтау (өтініштің нөмірі, өтініштің күні, аукционның түрі) таратылған дерекқор технологиясын қолдана отырып орталықтандырылмаған түрде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1958,106 +1864,106 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сауда-саттық қорытындыларын тексеруге арналған функция (сауда-саттыққа қатысушының дербес деректерін көрсетпей) www.qazchain.kz пайдаланушыларына криптографиялық кілтті жариялау арқылы аукцион аяқталғаннан кейін қолжетімді болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық сұрау салуға пайдаланушының ЭЦҚ-сымен қол қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған электрондық аукциондар операторының ақпараттандыру объектісін пайдалана отырып, электрондық нысанда аукцион өткізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционды өткізуге өтінішті беру және қарау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Аукцион өткізуге арналған өтініш қалыптастыру және беру үшін (бұдан әрі – аукцион өткізуге арналған өтініш) жеке және заңды тұлғалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Интернетке қосылған компьютерге немесе ноутбукке кіре алуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2124,70 +2030,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ақпараттандыру объектісінде аутентификациядан өтуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) хабарламаны жіберер алдында электрондық құжатқа ЭЦҚ-мен қол қоюы қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ақпараттандыру объектісінде тіркелу үшін мыналарды көрсету қажет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғалар үшін: жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН), тегі, аты және әкесінің аты (ол болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2234,70 +2140,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) байланыс деректері (пошта мекенжайы, телефон, факс, электрондық пошта).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген деректер өзгерген кезде қатысушы аукцион өткізуге өтініш тіркелгенге дейін ақпараттандыру объектісіне бұрын енгізілген деректерді өзгертеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жеке және заңды тұлғалардың электрондық аукцион өткізуге арналған өтініштерін қалыптастыру, қабылдау және өңдеу үш кезеңнен тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалардың электрондық аукцион өткізуге арналған өтінішті ақпараттандыру объектісінде қалыптастыруы және электрондық аукцион өткізуге өтінішті құзыретті органға жіберуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2308,70 +2214,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақпараттандыру объектісі арқылы алынған электрондық аукцион өткізуге өтінішті құзыретті органның қабылдауы және өңдеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ақпараттандыру объектісінде аукцион өткізуге өтінішті өңдеу мәртебесін көрсету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көмірсутектер бойынша жер қойнауын пайдалану құқығын алуға мүдделі тұлға ақпараттандыру объектісі арқылы электрондық құжат форматында, ЭЦҚ-мен куәландырылған аукцион өткізуге арналған өтінішті құзыретті органға осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жер қойнауының әрбір учаскесі бойынша аукцион өткізуге арналған өтінішті осындай адам аукцион өткізуге арналған өтініш қабылданғанға дейін береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2408,128 +2314,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ақпарат объектісі аукцион өткізуге арналған өтінішті қабылдау және өңдеу кезінде аукционды өткізуге арналған өтініштің толық және дұрыс толтырылуын тексеруден тұратын форматтық-логикалық бақылау жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Аукцион өткізуге арналған өтініш құзыретті органға келіп түскен күннен бастап 20 (жиырма) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке немесе заңды тұлға үшін құзыретті органға аукцион өткізуге арналған өтінішті жібергеннен кейін, оны жібергеннің ақпараттандыру объектісінде құзыретті органның өтінішті қараудың ағымдағы мәртебесі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Аукцион өткізуге арналған өтінішті қарау нәтижелері бойынша құзыретті орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2542,70 +2448,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жылына 4 (төрт) реттен көп емес аукцион өткізу туралы хабарлама жариялайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер өтініш бергенге дейін үш жыл ішінде өтініш беруші аукцион өткізуге басқа өтініш берген, бірақ аукционға қатысушы ретінде тіркелмеген жағдайда аукцион өткізуге арналған өтінішті қараудан бас тартады. Аукцион өткізу туралы хабарлама жарияланған жағдайда өтініш беруші құзыретті органға аукционға қатысуға өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукцион өткізу туралы хабарлама Кодекстің 95-бабының 2, 2-1-тармақтарында көзделген мәліметтерден тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажет болған кезде құзыретті орган Бағдарламада айқындалғандарға қарағанда, жұмыстардың көлемі мен түрлері бойынша неғұрлым жоғары болатын ең төменгі талаптарды белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2660,148 +2566,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Бұрын жер қойнауын пайдалануға арналған келісімшарт тоқтатылған жер қойнауы учаскесі бойынша аукцион өткізілген жағдайда, аукцион өткізу туралы хабарламада Кодекстің 95-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мәліметтерді қосымша қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Әрбір объект бойынша аукцион өткізу туралы хабарлама жарияланғанға дейін құзыретті орган ақпараттандыру объектісі арқылы бар болған жағдайда объект туралы қысқаша геологиялық ақпаратты, сондай-ақ учаскенің орналасқан жері туралы кеңістіктік ұғымды қамтамасыз ететін жер қойнауын пайдалану учаскесі туралы графикалық ақпаратты (оператордың геосервисінде ақпарат болмаған жағдайда) енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционға қатысуға өтінішті беру және қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жеке және заңды тұлғалардың электрондық аукционға қатысуға өтініштерін қалыптастыру, қабылдау және өңдеу мынадай кезеңдерден тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалардың кепілдік жарнаны және қатысу жарнасын төлеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2904,186 +2810,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттандыру объектісінде қатысуға арналған өтінішті қабылдау және өңдеу кезінде өтініштің толық және дұрыс толтырылуын тексеруден тұратын форматтық-логикалық бақылау жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форматты-логикалық бақылау нәтижелері аукционға қатысуға арналған өтінішке енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Аукционға қатысуға арналған өтініш беру үшін берілетін мерзім оны өткізу туралы хабарлама жарияланған күннен бастап 2 (екі) айды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Аукционға қатысуға мүдделі тұлға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ЭЦҚ-мен куәландырылған аукционға қатысуға қалыптастырылған өтінішті құзыретті органға ақпараттандыру объектісі арқылы электрондық құжат форматында жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аукционға қатысу үшін жарнаның мөлшері республикалық бюджет туралы заңда белгіленген және аукцион өткізу туралы хабарламаны орналастыру күніне қолданыста болатын айлық есептік көрсеткіштің бір 100 (жүз есе) еселенген мөлшерін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аукционға қатысу жарнасы операторға төленеді және қатысуға өтініш берген адамға қайтаруға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оператор ақпараттандыру объектісі аукционға қатысуға өтініш қабылдаған күннен бастап 3 (үш) жұмыс күні ішінде мемлекет кірісіне қатысқаны үшін жарналарды аударады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Кепілдік жарна операторға төленеді және аукцион жеңімпазының қол қою бонусын төлеу жөніндегі міндеттемесінің орындалуын қамтамасыз ету болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кепілдік жарнаның мөлшерін құзыретті орган айқындайды және:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3094,70 +3000,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көмірсутектерді барлауға және өндіруге жер қойнауын пайдалану құқығы берілген жағдайда – Қазақстан Республикасының салық заңнамасына сәйкес айқындалған қол қою бонусының бастапқы мөлшерінің екі еселенген мөлшеріне тең сома;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көмірсутектерді өндіруге жер қойнауын пайдалану құқығы берілген жағдайда – Қазақстан Республикасының салық заңнамасына сәйкес айқындалған қол қою бонусының бастапқы мөлшерінің бір еселенген мөлшеріне тең сома.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Кодекстің 97-бабының 3-тармағында көзделген негіздер бойынша құзыретті орган аукционға қатысуға рұқсат беруден бас тартқан өтініш берушілердің кепілдік жарнасы ақпараттандыру объектісінде оператордың атына кепілдік жарнаны қайтаруға өтініш берілгеннен кейін 3 (үш) жұмыс күні ішінде қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3176,70 +3082,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Аукцион жеңімпазын және аукцион жеңімпазынан кейін қол қою бонусының келесі ең көп мөлшерін ұсынған аукционға қатысушыны қоспағанда, аукционға қатысуға жіберілген аукционға қатысушылардың кепілдік жарнасын оператор ақпараттандыру объектісінде олар оператордың атына кепілдік жарнаны қайтаруға өтініш бергеннен кейін 3 (үш) жұмыс күні ішінде қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3258,70 +3164,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Егер аукцион жеңімпазы осы Қағидалардың 61-тармағында көзделген талаптарды орындаған жағдайда, аукцион жеңімпазының кепілдік жарнасы, сондай-ақ аукцион жеңімпазынан кейін қол қою бонусының келесі ең көп мөлшерін ұсынған аукционға қатысушының кепілдік жарнасы ақпараттандыру объектісінде оператордың атына кепілдік жарнаны қайтаруға өтініш берілгеннен кейін 3 (үш) жұмыс күні ішінде оларға қайтарылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аукцион жеңімпазының осы Қағидалардың 61-тармағында көзделген талаптарды орындағаны туралы құзыретті орган аукцион жеңімпазынан қол қою бонусының төленгенін растауды алған күннен бастап 3 (үш) жұмыс күні ішінде аукцион жеңімпазынан кейін қол қою бонусының келесі ең көп мөлшерін ұсынған аукционға қатысушыны ақпараттандыру объектісі арқылы хабардар етеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3376,70 +3282,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Аукцион жеңімпазы осы Қағидалардың 61-тармағында көзделген талаптарды орындамаған жағдайда, ол енгізген кепілдік жарна қайтарылмайды, ал оператор қол қою бонусын төлеу мерзімі өткен күннен бастап 3 (үш) жұмыс күні ішінде оны мемлекет кірісіне айналдырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3458,70 +3364,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Аукцион жеңімпазынан кейін қол қою бонусының келесі ең көп мөлшерін ұсынған аукционға қатысушы осы Қағидалардың 62-тармағында көзделген талаптарды орындамаған жағдайда, ол енгізген кепілдік жарна қайтарылмайды, ал оператор қол қою бонусын төлеу мерзімі өткен күннен бастап 3 (үш) жұмыс күні ішінде оны мемлекет кірісіне айналдырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3594,70 +3500,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Кепілдік жарнаны және қатысқаны үшін жарнаны өтініш берушілер төлемнің тағайындалуында қатысушының жеке сәйкестендіру нөмірін немесе бизнес-сәйкестендіру нөмірін көрсете отырып, жеке төлемдермен енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3730,70 +3636,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Аукционға қатысуға арналған өтінішке қосымша электрондық түрде ұсынылатын және ЭЦҚ-мен куәландырылған мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушінің аукцион өткізу туралы хабарламада көрсетілген жер қойнауын пайдалану құқығын беру шарттарының орындалуын қамтамасыз ету міндеттемесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4154,70 +4060,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Кодекстің 96-бабының 4-тармағына сәйкес аукционға қатысуға арналған өтініш және оған қоса берілетін құжаттар қазақ және орыс тілдерінде жасалады. Егер өтінішті шетелдік немесе шетелдік заңды тұлға берсе, оған қоса берілетін құжаттар өзге тілде, әрбір құжатқа қазақ және орыс тілдеріндегі аудармасы міндетті түрде қоса беріліп жасалуына болады, олардың дұрыстығын нотариус куәландырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Барлық қоса берілетін құжаттар құзыретті органның сайтында көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционның өтуі туралы хабарламаның жариялану күнінен ерте емес күнмен белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4254,90 +4160,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ақпараттандыру объектісі аукционға қатысуға арналған өтінішті тіркегеннен кейін 3 (үш) минут ішінде ақпараттандыру объектісінің дерекқорында аукционға қатысуға өтініш берілген объект бойынша қатысу жарнасының және кепілдік жарнасының түскені туралы мәліметтердің болуына автоматты түрде тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қатысушы осы Қағидалардың 7-тармағында көрсетілген талаптарды сақтамаған жағдайда, ақпараттандыру объектісі аукционға қатысуға арналған өтінішті тіркемейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4356,70 +4262,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Ақпараттандыру объектісінің дерекқорында оператордың есеп айырысу шотына кепілдік жарнаның және аукционға қатысуға арналған жарнаның түскені туралы мәліметтер болған кезде ақпараттандыру объектісі аукционға қатысуға арналған өтінішті Кодекстің 96-бабында белгіленген талаптарға сәйкестігін құзыретті органның тексеруі үшін тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4438,110 +4344,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Автоматты тексеру нәтижелері бойынша ақпараттандыру объектісі өтініш берушінің электрондық поштасына қатысуға өтінішті тіркеу туралы не қатысуға өтінішті тіркеуден бас тарту себептері туралы электрондық хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Ақпараттандыру объектісі аукционды өткізу басталғанға дейін кемінде 5 (бес) минут бұрын аукционға қатысуға өтінішті кері қайтарып алған қатысушының аукциондық нөмірін жояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Аукционға қатысуға арналған өтініш құзыретті органға келіп түскен күннен бастап 10 (он) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аукционға қатысуға арналған өтініштерді құзыретті орган қатысуға бірінші келіп түскен өтініштен бастап қатаң дәйекті тәртіппен және құзыретті органға қатысуға әрбір өтініш келіп түскен күннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4596,70 +4502,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Өтінішті қарау нәтижелері бойынша құзыретті орган өтініш берушіні аукционға қатысуға жібереді, аукционға қатысуға жіберуден бас тартады не анықталған сәйкессіздіктерді жою қажеттілігі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабылданған шешім туралы ақпараттандыру объектісі арқылы өтініш берушінің электрондық поштасына тиісті электрондық хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -4696,70 +4602,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="65"/>
+    <w:bookmarkStart w:name="z138" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-1. Осы Қағидалардың 37-2 тармағының 1)-6) тармақшаларымен көзделген жағдайларды қоспағанда, егер белгіленген мерзімде берілген өтінішті қарау нәтижелері бойынша оның Кодекстің 96-бабының талаптарына сәйкес келмейтіні анықталса, құзыретті орган бұл жөнінде өтініш берушіні анықталған сәйкессіздіктерді көрсете отырып, хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші құзыретті органның хабарламасында көрсетілген анықталған сәйкессіздіктерді құзыретті орган хабарлама жіберген күннен бастап 3 (үш) жұмыс күні ішінде, бірақ аукцион өткізілетін күнге дейін 15 (он бес) жұмыс күнінен кешіктірмей жоюға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4832,70 +4738,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="66"/>
+    <w:bookmarkStart w:name="z139" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37-2. Құзыретті орган аукционға қатысуға жіберуден мынадай бір немесе бірнеше негіздер бойынша бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш беруші құзыретті орган көрсеткен аукционға қатысуға өтініштің анықталған сәйкессіздіктерін белгіленген мерзімде жоймаса;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5130,70 +5036,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Кодекстің 97-бабы 3-тармағының 4), 6) және 9) тармақшаларында көзделген негіздер бойынша аукционға қатысуға рұқсат беруден бас тарту өтініш берушіні ағымдағы аукцион шеңберінде қайта өтініш беру құқығынан айырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5212,70 +5118,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Осы Қағидалардың 37-2-тармағының 6) тармақшасында көзделген жағдайды қоспағанда, құзыретті орган қатысуға өтінішті қабылдаудан бас тартуда Қазақстан Республикасы заңнамасының нормаларына сілтеме жасай отырып, бас тартудың себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5294,90 +5200,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Қазақстан Республикасының заңнамалық актілерінде көзделген жағдайларды қоспағанда, құзыретті орган мен оператор аукционды дайындаудың және оны өткізудің бүкіл кезеңі ішінде қатысушыларға қатысы бар ақпаратты жарияламайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Ақпараттандыру объектісінің "Заңды тұлғалар", "Жеке тұлғалар", "Бірыңғай мемлекеттік жылжымайтын мүлік кадастры" ақпараттық жүйесімен, "Атқарушылық іс жүргізу органдарының автоматтандырылған ақпараттық жүйесі" ақпараттық жүйесімен, "Қазақстан Республикасының жер қойнауын пайдалануды басқарудың бірыңғай мемлекеттік жүйесі" интеграцияланған ақпараттық жүйесімен, "Орталықтандырылған біріздендірілген жеке шоттар" ақпараттық жүйесімен, "Қазақстан Республикасының минералдық ресурстарының ұлттық деректер банкі" ақпараттық жүйесімен және салық органдарының ақпараттық жүйелерімен ақпараттық өзара іс-қимылы болған кезде, аукционға қатысуға арналған өтініште қатысушы көрсететін деректер осындай ақпараттық өзара іс-қимыл арқылы растауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5396,70 +5302,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Деректер осы Қағидалардың 43-тармағында көрсетілген мемлекеттік деректер базасынан және ақпараттық жүйелерден автоматты режимде алынған кезде ақпараттандыру объекті форматты-логикалық бақылауды қолдана отырып, мәліметтерді тексереді. Тексеру нәтижесінде сәйкессіздіктер анықталған кезде ақпараттандыру объекті аукционға қатысуға арналған өтінішті тіркемейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5478,70 +5384,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Деректер осы Қағидалардың 43-тармағында көрсетілген мемлекеттік деректер базасынан және ақпараттық жүйелерден автоматты режимде алынбаған кезде қатысушы деректерді дербес енгізеді, сондай-ақ аукционға қатысуға арналған өтінішке енгізілген растайтын деректерді тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5560,188 +5466,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционды өткізу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Аукционға қатысуға жіберілген және ақпараттандыру объектісінде аукционға қатысушылар ретінде тіркелген өтініш берушілер қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Аукцион аукцион өткізу туралы хабарламада көрсетілген күні өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Қатысушыларды тіркеу хабарлама жарияланған күннен бастап жүргізіледі және аукцион басталғанға дейін 5 (бес) минут бұрын аяқталады, ол өткеннен кейін қатысушылар аукционға қатысуға берілген өтінішті кері қайтарып ала алмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Оператор Кодекстің 99-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Аукционға қатысушылар аукцион басталғанға дейін 1 (бір) сағат ішінде ЭЦҚ және ақпараттандыру объекті беретін аукцион нөмірін пайдалана отырып, аукцион залына кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5760,70 +5666,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Аукцион Астана қаласының уақыты бойынша сағат 10:00-ден 17:00-ге дейінгі кезеңде өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5896,70 +5802,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Аукцион барысында қол қою бонусының әрбір келесі мәні қол қою бонусының ағымдағы мөлшерін мынадай пайыздық қатынасына сай аукцион қадамына өсіру арқылы анықталады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қол қою бонусының ағымдағы мөлшері айлық есептік көрсеткіштің 20000 еселенген мөлшеріне дейін болған кезде аукцион қадамы 25% (жиырма бес пайызды) құрайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6006,70 +5912,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қол қою бонусының ағымдағы мөлшері айлық есептік көрсеткіштің 100000 еселенген мөлшерінен 250000 еселенген мөлшеріне дейін болған кезде аукцион қадамы 10% (он пайызды) құрайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қол қою бонусының ағымдағы мөлшері айлық есептік көрсеткіштің 250000 еселенген және одан жоғары мөлшері кезінде аукцион қадамы 5% (бес пайызды) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Аукцион мынадай тәртіппен өткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аукцион басталғанға дейін қатысушылар ұсыныс мөлшерін көрсетеді, ол аукцион басталған сәтте аукцион залында көрінетін болады. Жер қойнауы учаскесі үшін қол қою бонусының мөлшері бойынша қатысушылардың ұсыныс мөлшері шарттарды сақтай отырып жер қойнауы учаскесін сатып алуға келісімін білдіру нысаны болып табылады және олардың негізінде қол қою бонусының ағымдағы мөлшері қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6196,70 +6102,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Жер қойнауы учаскесі бойынша аукцион қатысушылардың бірі қол қою бонусының неғұрлым жоғары мөлшеріне ұсынғанға дейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер аукцион аяқталған сәтте сағат 17:00-де аукцион жеңімпазы анықталмаса, онда объектіні сатып алуға өзінің ниетін растаған соңғы қатысушы жеңімпаз болып танылады және осы жер қойнауы учаскесі бойынша аукцион өтті деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6296,128 +6202,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционның қорытындысын шығару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Аукцион қорытындыларының тізілімін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аукцион аяқталғаннан кейін ақпараттандыру объектісі қалыптастырады және ақпараттандыру объектісінде орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Аукцион қорытындыларының тізілімі негізінде қол қою бонусының ең көп мөлшерін ұсынған қатысушы аукцион жеңімпазы болып танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6436,130 +6342,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Әрбір объект бойынша аукцион қорытындылары аукцион өткізілетін күні құзыретті органның ЭЦҚ-мен және аукцион жеңімпазымен ақпараттандыру объектісіне қол қоятын аукцион нәтижелері туралы хаттамамен ресімделеді. Хаттаманың электрондық көшірмесі ақпараттандыру объектісінде көрсетілген жеңімпаздың электрондық поштасына жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Аукцион қорытындылары туралы хаттама аукцион нәтижелері мен жеңімпаздың және құзыретті органның қол қою бонусының түпкілікті мөлшері бойынша көмірсутектерді барлау және өндіруге немесе өндіруге арналған келісімшартқа қол қою міндеттемелерін белгілейтін құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Аукцион қорытындылары оны өткізген күннен бастап 3 (үш) жұмыс күні ішінде құзыретті органның интернет-ресурсында қазақ және орыс тілдерінде жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Аукцион жеңімпазы аукцион қорытындылары жарияланған күннен бастап 20 (жиырма) жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қол қою бонусын төлейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6572,51 +6478,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) құзыретті органға қол қою бонусы төлемінің растауын және өз тарапынан қол қойылған, Қазақстан Республикасы Энергетика министрінің 2018 жылғы 11 маусымдағы № 233 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативті құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17140 тіркелген) көмірсутектерді барлау мен өндіруге немесе өндіруге арналған үлгілік келісімшартқа сәйкес әзірленген көмірсутектерді барлау мен өндіруге немесе өндіруге арналған келісімшартты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Егер аукцион жеңімпазы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6631,51 +6537,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзім ішінде қол қою бонусын төлемеген және өз тарапынан қол қойылған жер қойнауын пайдалануға арналған келісімшартты құзыретті органға ұсынбаған жағдайда, мұндай адам келісімшарт жасасу құқығынан айырылады, бұл ретте тиісті жер қойнауы учаскесі бойынша келісімшарт жасасу құқығы құзыретті органның Кодекстің 100-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мерзім өткеннен кейін 3 (үш) жұмыс күні ішінде жіберілетін жазбаша хабарламасымен аукцион жеңімпазынан кейінгі қол қою бонусының ең үлкен мөлшерін ұсынған аукционға қатысушыға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісімшарт жасасу құқығын аукцион жеңімпазынан кейін қол қою бонусының ең үлкен мөлшерін ұсынған аукционға қатысушыға берген жағдайда, ақпараттандыру объектісіндегі құзыретті орган тиісті хаттамаға қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6746,184 +6652,184 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Құзыретті органнан жазбаша хабарлама жіберілген күннен бастап 20 (жиырма) жұмыс күні ішінде аукцион жеңімпазынан кейінгі қол қою бонусының ең үлкен мөлшерін, Кодекстің 100-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген аукцион жеңімпазына қойылатын талаптарды ұсынған аукционға қатысушы орындамаған жағдайда, мұндай адам келісімшарт жасасу құқығынан айырылады, ал жер қойнауы учаскесі аукционға қайта қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционды тоқтата тұру, кейінге шегеру және болғызбау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Аукцион барысында аукционға қатысуға кедергі келтіретін техникалық іркіліс туындаған кезде қатысушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аукционға қатысушының мониторына оператордың байланыс деректерімен электрондық хабарлама шығару арқылы ақпараттандыру объектісімен тұрақты байланыс болмаған сәттен бастап 30 (отыз) секунд ішінде хабарланады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) телефон немесе электрондық хабарлама арқылы бұл туралы оператордың байланыс деректері бойынша дереу хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Оператор техникалық іркіліс фактісін белгілейді және ол ақпараттандыру объектісі жағында болған жағдайда, ақпаратты ақпараттандыру объектісінде орналастыру арқылы аукционға барлық қатысушыларды хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Қатысушының компьютерлік және/немесе телекоммуникациялық жабдықтарының техникалық іркілісі кезінде аукцион жалғасады. Қатысушы жабдығының іркіліс фактісі ақпараттандыру объектісі арқылы тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Ақпараттандыру объектінде аукцион өткізуге немесе аукцион өткізу рәсіміне кедергі келтіретін техникалық іркіліс фактісі болған кезде оператор мұндай фактіні анықтағаннан кейін 60 (алпыс) минут ішінде бұл туралы құзыретті органды жазбаша хабардар етеді және құзыретті органның интернет-ресурсында ақпаратты орналастыру және қатысушының аукционға қатысуға арналған өтінішінде көрсетілген электрондық поштасына хабарлама жіберу арқылы осы аукцион жалғастырылатын күні мен уақыты туралы аукционға қатысушыларды міндетті түрде алдын ала хабардар ете отырып, техникалық іркіліс түзетілген күннен кейін аукционды келесі жұмыс күніне ауыстырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6942,88 +6848,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Көмірсутектер бойынша жер қойнауын пайдалану құқығын беруге арналған аукционды өтпеді деп немесе жарамсыз деп тану</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Аукцион Кодекстің 101 және 102-баптарында көзделген негіздер бойынша және тәртіппен өткізілмеген немесе жарамсыз деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7042,189 +6948,189 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       68. Аукционды өтпеді деп тану барлық қатысушы комиссия мүшелері қол қоятын хаттамамен ресімделеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аукционды өтпеді деп тану туралы хабарлама хаттама ресімделген күннен бастап 3 (үш) жұмыс күні ішінде қазақ және орыс тілдерінде құзыретті органның ресми интернет-ресурсында орналастырылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Аукционды жарамсыз деп тану қатысушының немесе құзыретті органның талап етуі бойынша сотпен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Мыналар аукционды жарамсыз деп тану үшін негіздер болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z136" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z136" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген, аукцион жеңімпазын айқындауға әсер еткен аукцион өткізу қағидаларын бұзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z137" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z137" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аукцион қорытындылары бойынша жер қойнауын пайдалануға келісімшарт жасалған адамның құзыретті органға мұндай адамды аукционға қатысуға жіберу туралы шешімге әсер еткен көрінеу жалған мәліметтерді ұсыну фактісінің анықталуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z108" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z108" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. Кодекстің 102-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7239,92 +7145,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, аукционға қатысушылар аукционның қорытындыларына оның қорытындылары жарияланған күннен бастап 3 (үш) ай ішінде осы Қағидалардың 70-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіз бойынша Қазақстан Республикасының заңнамасына сәйкес, шағым жасауға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z109" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z109" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Келісімшарт жасалғанға дейін аукционның жарамдылығына дау айтылған жағдайда, сот мәні бойынша шешім шығарғанға дейін келісімшартты жасасу мерзімі тоқтатыла тұрады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z110" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z110" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Аукционды жарамсыз деп тану аукцион қорытындылары бойынша жасалған келісімшарттың жарамсыздығына алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z111" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z111" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       74. Осы Қағидалардың 70-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7339,89 +7245,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген негіз бойынша аукцион жарамсыз деп танылған жағдайда, мұндай аукционның жеңімпазы деп жарияланған тұлға Кодекстің 102-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, төленген қол қою бонусын қайтаруды талап етуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z112" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z112" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z113" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z113" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Аукционды ұйымдастыру және өткізу барысында туындайтын даулар Қазақстан Республикасының азаматтық заңнамасында белгіленген тәртіппен шешіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7630,68 +7536,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аукцион өткізуге арналған өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Энергетика министрінің м.а. 29.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8208,68 +8114,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аукционға қатысуға арналған өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Энергетика министрінің м.а. 29.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10240,68 +10146,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="111"/>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көмірсутектер бойынша жер қойнауын пайдалану құқығын беру жөніндегі аукцион қорытындыларының тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аукцион нөмірі: ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11030,55 +10936,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>