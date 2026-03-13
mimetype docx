--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d348b87" w14:textId="d348b87">
+    <w:p w14:paraId="df9f1fd" w14:textId="df9f1fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының кейбір қаулыларына Қазақстан Республикасында валюталық операцияларды жүзеге асыру және сақтандыру (қайта сақтандыру) ұйымдарының есептілікті ұсыну мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 20 шiлдедегi № 93 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 24 шiлдеде № 21014 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 20 шiлдедегi № 93 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 24 шiлдеде № 21014 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -428,127 +428,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ұлттық Банкінің Төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2159,264 +2171,188 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес редакцияда жазылсын.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2783,68 +2719,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне Әкімшілік деректердің нысаны www.nationalbank.kz ресми интернет-ресурсында орналастырылған № _______ бұзушылық бойынша карточка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: KN1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2904,2412 +2840,2292 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсыну мерзімі: ай сайын, есепті айдан кейінгі айдың соңғы күніне дейінгі мерзімде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2471"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жол коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпарат түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұзушылық бойынша ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Банк клиентi бойынша ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 атауы (заңды тұлғалар немесе заңды тұлғалардың филиалдары (өкілдіктері) үшiн),</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аты-жөні (жеке тұлғалар үшiн)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСН (заңды тұлғалар немесе заңды тұлғалардың филиалдары (өкілдіктері) үшiн)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН (жеке тұлғалар үшiн)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 клиент белгісі:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 – заңды тұлға, 2 – жеке тұлға,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 – заңды тұлғаның филиалы (өкілдігі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тұрақты тұратын (орналасқан) жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облыс коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық операция бойынша ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 валютасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұзушылық жөнiндегi ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 түрi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бұзушылықтың сипаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 валюталық шарттың нөмірі (бос орынсыз көрсетіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 валюталық шарттың күні (ЖЖЖЖ/АА/КК форматында)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 есептік нөмірі (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 валюталық шарт бойынша өзге ақпарат (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2471" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бұзушылық бойынша қосымша мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Атауы ____________________ Мекенжайы ______________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5541,364 +5357,364 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">карточка" нысанына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректер нысанын толтыру бойынша түсіндірме Бұзушылық бойынша карточка (индексі – KN1, кезеңділігі – ай сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z40" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z41" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "Бұзушылық бойынша карточка" әкімшілік деректерді жинауға арналған нысанды (бұдан әрі – Нысан) толтыру жөніндегі талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Валюталық реттеу және валюталық бақылау туралы" 2018 жылғы 2 шілдедегі Қазақстан Республикасы Заңының 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z44" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ақпарат Қағидалардың 8-тармағында көрсетілген жағдайларда ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z45" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Коды 11-жолда жеке тұлғаның тегі, аты, әкесінің аты (бар болса) немесе заңды тұлғаның немесе заңды тұлға филиалының (өкілдігінің) атауы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z46" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Коды 16-жолда ҚР МС 11-2009 "Әкімшілік-аумақтық объектілердің сыныптауышы бойынша" Қазақстан Республикасының мемлекеттік сыныптауышына сәйкес облыс кодының бастапқы 2 цифры көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z47" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Коды 21, 22, 23-жолдар құжаттар немесе ақпарат беру мерзiмдерi бұзылған жағдайлар үшін толтырылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z48" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Коды 21-жолда валюталық заңнаманы бұза отырып валюталық операция жүргiзiлген күн көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Коды 22-жолда валюталық заңнаманы бұза отырып жүргiзiлген валюталық операцияның сомасы операция валютасының мың бiрлiгiмен көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z50" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Коды 23-жолда валюталық заңнаманы бұза отырып жүргiзiлген валюталық операция бойынша валюта кодының ҚР ҰС 07 ISO 4217-2012 "Валюталарды және қорларды белгiлеуге арналған кодтар" Қазақстан Республикасының ұлттық сыныптауышына сәйкес әріппен берілген белгісі көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Коды 31-жолда мәтіндік және (немесе) сандық форматтағы бұзушылықтың түрi көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Коды 32-жолда бұзушылықтың қысқаша сипаты мәтiндiк форматта келтiрiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Коды 34, 35, 36-жолдар валюталық заңнаманы бұза отырып жүргiзiлген валюталық операция бойынша валюталық шарт болған кезде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6263,68 +6079,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Валюталық операциялар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті банктің коды _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6348,2718 +6164,2565 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні __________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1513"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жолдың коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпарат түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық операцияның коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем белгісі (ақша аударымы) ("1" – ішкі корпоративтік ақша аударымы; "0" - өзге төлем (ақша аударымы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем құжатында көрсетілген төлем және (немесе) ақша аударымының жөнелтушісі және бенефициары туралы ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жөнелтуші резиденттілігі елінің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бенефициар резиденттілігі елінің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық шарт туралы ақпарат:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың нөмірі (атауы, бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шарттың есептік нөмірі (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық шарт бойынша өзге ақпарат (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық шарт бойынша ақша жөнелтуші туралы ақпарат (төлем құжатында көрсетілген ақша жөнелтушімен сәйкес келмеген жағдайда толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғаның тегі, аты, әкесінің аты (бар болса) Заңды тұлғаның, оның филиалының (өкілдігінің) атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН немесе БСН (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік елінің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық шарт бойынша ақша алушы туралы ақпарат (төлем құжатында көрсетілген бенефициармен сәйкес келмеген жағдайда толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұлғаның тегі, аты, әкесінің аты (бар болса) Заңды тұлғаның, оның филиалының (өкілдігінің) атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН немесе БСН (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1513" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10354" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік елінің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9129,302 +8792,302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мәліметтер" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Валюталық операция туралы мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме (бұдан әрі – Түсіндірме) "Валюталық операция туралы мәліметтер" нысанын (бұдан әрі – Нысан) толтыру бойынша талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Валюталық реттеу және валюталық бақылау туралы" Қазақстан Республикасы 2018 жылғы 2 шілдедегі Заңының 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысан тиісті төлем құжатына қосымша ретінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 01, 02, 11, 12-жолдарды резидент-клиенттер мен бейрезиденттер толтырады. 21, 22, 23, 24, 31, 32, 33, 34, 35, 41, 42, 43, 44, 45-жолдарды тек резиденттер толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 01-жол Түсіндірмеге қосымша болып табылатын валюталық операциялар кодының кестесіне сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 11, 12, 35, 45-жолдарда "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелерін белгілеуге арналған кодтар. 1-бөлім. Елдердің кодтары" 06 ИСО 3166.1 - 2013 ҚР ҰЖ Қазақстан Республикасының ұлттық жіктеуіне сәйкес резиденттілік елінің екі мәнді коды көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Резиденттілік елі – заңды тұлғаны, заңы тұлғаның құрылымдық бөлімшесін тіркеу елі немесе жеке тұлғаның тұрақты тұру елі (азаматтық немесе Қазақтан Республикасының немесе шет мемлекеттің заңнамасына сәйкес ұсынылған құқық негізінде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. 31, 34, 41, 44-жолдар Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 болып тіркелген, "Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9568,129 +9231,130 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кесте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Валюталық операциялар кодтары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1690"/>
-        <w:gridCol w:w="10610"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық операциялар кодтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9813,318 +9477,318 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.1 тауарлар үшін төлемдер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағына әкелінетін тауарлар үшін төлемдер;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағынан әкетілетін тауарлар үшін төлемдер;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағында және оларды Қазақстан Республикасынан тыс әкетпей сатып алынған немесе сатылған тауарлар үшін төлемдер;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10163,318 +9827,318 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.2 жұмыстар мен көрсетілетін қызметтер үшін төлемдер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бейрезиденттің резидентке орындаған жұмыстары немесе көрсеткен қызметтері үшін төлемдер;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резиденттің бейрезидентке орындаған жұмыстары немесе көрсеткен қызметтері үшін төлемдер;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резиденттің резидентке орындаған жұмыстары немесе көрсеткен қызметтері үшін төлемдер;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10513,164 +10177,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.3 электрондық ақшалармен операциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 эмитенті резидент болып табылатын электрондық ақшаларды қолдана отырып жүргізілетін операциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10709,241 +10373,241 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.4 өзге төлемдер:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тауарларды жеткізу, жұмыстарды орындау, қызметтерді көрсету шарттары бойынша ілеспе төлемдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қате есепке жазылған сомаларды, ұсынылмаған тауарлар, көрсетілмеген қызметтер, орындалмаған жұмыстар үшін төлемдерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11024,318 +10688,318 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.1. тұрғын үй құрылысына үлестік қатысуды, зияткерлік меншік нысандарына толығымен айырықша құқықты қоса алғанда, меншік құқығын иелену</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлікке теңестірілген мүлікті, өндірілмеген қаржылық емес активтерді (жер, оның қойнауы) қоспағанда, жылжымайтын мүлікке меншік құқығын иелену</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлікке теңестірілген мүлікке меншік құқығын иелену</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зияткерлік меншік нысандарына толығымен айырықша құқықты иелену</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11374,395 +11038,395 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.2. ағымдағы жалдау (жер қойнауын пайдалану құқығын қоса алғанда), айырықша құқықты ішінара иелену</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлікке теңестірілген мүлікті, өндірілмеген қаржылық емес активтерді (жер, оның қойнауы) қоспағанда, жылжымайтын мүлікті жалдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлікке теңестірілген мүлікті жалдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1223</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жабдықты және көлік құралдарын жалдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1224</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зияткерлік меншік нысандарына ішінара айырықша құқықты иелену</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11801,241 +11465,241 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.3. қаржы лизингі немесе кейіннен сатып алумен жалдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлікке теңестірілген мүлікті қоспағанда, кейіннен сатып алумен жылжымайтын мүлікті жалдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жылжымайтын мүлікке теңестірілген мүліктің қаржылық лизингі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12074,87 +11738,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.4. өзге төлемдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1241</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12235,164 +11899,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.1. қарыздар, капиталға қатысу құралдары, бағалы қағаздар, туынды қаржы құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1311</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржы құралдары бойынша төлемдер: қарыздар (беру және өтеу), капиталға қатысу құралдары (жарғылық капиталды қалыптастыру, сатып алу, сату), бағалы қағаздар (сатып алу, сату, өтеу) және олар бойынша кірістерді төлеу (сыйақы, дивидендтер, бөлінген пайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1312</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12431,164 +12095,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.2. брокерлік қызмет көрсету, портфельді инвестициялық басқару (егер қаржы құралын анықтау мүмкіндігі болмаса) шарттарының шеңберінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1321</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 брокермен, басқарушы компания - резидентпен жасалған шарттар бойынша операциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1322</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12627,164 +12291,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.3. мүлікті сенімгерлік басқару, трастілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1331</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резидент-сенімгерлік басқарушымен жасалған шарттар бойынша операциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1332</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12823,164 +12487,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.4. бірлескен қызмет қатысушысының міндеттемелерін орындауы (1, 2-бөлімдерге енгізілген операцияларды қоспағанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1341</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бірлескен қызметті Қазақстан Республикасының аумағында жүзеге асыруды көздейтін шарттар бойынша операциялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1342</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13019,87 +12683,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.5. өзге төлемдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1351</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13180,703 +12844,703 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.1. меншік шоттары бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1411</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 басқа резидент-банктегі меншік шотқа (меншік шоттан) ақша аудару</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1412</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шетелдік банктегі меншік шоттан (меншік шотқа) ақша аудару</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1413</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резидент-банктегі шоттан қолма-қол шетел валютасын алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резидент-банктегі шотты толтыру үшін қолма-қол шетел валютасын салу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1419 кодында көзделген операцияны қоспағанда, банктің клиенттен ұлттық валютаға шетел валютасын сатып алуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1416</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 банктің клиентке ұлттық валютаға шетел валютасын сатуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1417</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 банктің клиенттен (клиентке) шетел валютасын басқа шетел валютасына сатып алуы (сатуы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1418</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өзге валюталық құндылықтарды сатып алу/сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1419</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13915,472 +13579,472 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.2. үшінші тұлғалардың (мемлекеттік органдардың, басқа ұйымдар мен жеке тұлғалардың) пайдасына төлемдер және (немесе) ақша аударымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өтеусіз аударымдар, өтеусіз қаржылық көмек, мүшелік жарналар және үшінші тұлғалардың пайдасына басқа да төлемдер және (немесе) ақша аударымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1422</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 резидент-банкте үшінші тұлғаның шотын толтыру үшін қолма-қол шетел валютасын енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1423</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем карталарын қолдана отырып жүргізілген төлемдер (егер операция басқаша жіктелмесе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1424</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 баждар, салықтар, айыппұлдар, сот шешімдерін және басқаларды төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1425</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 зейнетақы, жалақы, іссапар шығындарын төлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1426</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14419,87 +14083,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.3. ілеспе төлемдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1431</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14580,164 +14244,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21. Клиенттерден валюталық құндылықтарды сатып алу (қолма-қол шетел валютасын қоспағанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 чектер, вексельдер және басқа төлем құжаттарын сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14776,164 +14440,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22. Клиенттерге валюталық құндылықтарды сату (қолма-қол шетел валютасын қоспағанда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 чектер, вексельдер және басқа төлем құжаттарын сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2202</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14972,164 +14636,164 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23. Шот ашпай жүргізілетін төлемдер және (немесе) ақша аударымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағындағы төлем және (немесе) ақша аударымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10610" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15529,68 +15193,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="54"/>
+    <w:bookmarkStart w:name="z72" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасы Ұлттық Банкінің орталық аппаратына</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15648,50 +15312,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті банктің бизнес сәйкестендіру нөмірі (бұдан әрі – БСН) _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
@@ -15945,4233 +15610,4010 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3499"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Төлем құжаты бойынша ақша жөнелтуші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы немесе тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСН, жеке сәйкестендіру нөмірі (бұдан әрі - ЖСН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3586" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3499" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4118"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2046"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Төлем құжаты бойынша бенефициар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы немесе тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСН, ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1518"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1519"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Валюталық операция туралы ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюталық операцияның коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем белгілеу коды (ТБК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валютаның мың бірлікпен сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем валютасының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төлем белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақша аударымының ішкікорпоративтік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1519" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақша шығаруға байланысты операцияның белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1673" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1519" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1518" w:type="dxa"/>
-[...306 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5574"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3363"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Валюталық операция бойынша контрагенттің ұйымы (банк) туралы ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымның (банктің) сәйкестендіру коды (БСК)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5574" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5574" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4118"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2046"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Валюталық шарт бойынша ақша жөнелтуші</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы немесе тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСН,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4118"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2046"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. Валюталық шарт бойынша ақша алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы немесе тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БСН,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдің коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резиденттілік белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экономика секторының коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4118" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20196,68 +19638,61 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Атауы ______________________ Мекенжайы ____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -20502,974 +19937,974 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">нысанына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жүргізілген валюталық операциялар туралы есеп әкімшілік деректер нысанын толтыру бойынша түсіндірме (индексі – ПР – 9, кезеңділігі – ай сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірме "Жүргізілген валюталық операциялар туралы есеп" әкімшілік деректерді жинауға арналған нысанды (бұдан әрі – Нысан) толтыру бойынша бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Валюталық реттеу және валюталық бақылау туралы" 2018 жылғы 2 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі – Валюталық реттеу және валюталық бақылау туралы заң) 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды уәкілетті банк ай сайын ұсынады және өзі жүргізген валюталық операциялар, оның ішінде клиенттің тапсырмасы бойынша сомасы 50 000 (елу мың) АҚШ долларына баламасы тең немесе одан асатын валюталық операциялар туралы ақпаратты, сондай-ақ клиенттің тапсырмасы бойынша сомасына қарамастан шетел валютасын сатып алу және сату туралы ақпаратты қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе бас бухгалтер және орындаушы тегін, атын, әкесінің атын (бар болса) көрсете отырып, қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан, клиенттің тапсырмасы бойынша сомасына қарамастан есепке енгізілетін шетел валютасын сатып алу және сату бойынша валюталық операцияларды қоспағанда, есепті кезеңде сомасы 50 000 (елу мың) Америка Құрама Штаттары долларына баламасы тең немесе одан асатын валюталық операциялар бойынша ақпаратты қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанға "Астана" халықаралық қаржы орталығы қатысушыларының, оның аумағында жасалатын валюталық операциялар бойынша, сондай-ақ қолма-қол шетел валютасын айырбастау пунктері арқылы сатып алу (сату) бойынша ақпарат кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Валюталық операциялар Нысанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клиенттердің тапсырмалары бойынша (оның ішінде төлем карточкаларын қолдана отырып жүзеге асырылған) төлемдер және (немесе) ақша аударымдары – клиенттің уәкілетті банктегі банктік шотына ақша есептеу (клиенттің уәкілетті банктегі банктік шотынан ақша есептен шығару) күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уәкілетті банктің меншікті төлемдері және (немесе) ақша аударымдары бойынша – уәкілетті банктің корреспонденттік шотына ақша есептеу (уәкілетті банктің корреспонденттік шотынан ақша есептен шығару) күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа валюталық операциялар бойынша – операциялар жасау күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем карточкаларын пайдалана отырып жүзеге асырылған валюталық операциялар бойынша төлемдер және (немесе) ақша аударымдары бойынша ақпаратты уәкілетті банк резиденттен немесе бейрезиденттен осындай төлемдер және (немесе) ақша аударымдары туралы ақпаратты алуына қарай түзетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 1, 6 және 7-бөліктері валюталық шарт негізінде валюталық операциялар жүргізілген жағдайда толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 1-бөлігінде валюталық шарттың деректемелері көрсетіледі. 1.3-баған валюталық шартқа есептік нөмір берілсе толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 2 және 3-бөліктерінде төлем құжатына сәйкес ақша жөнелтуші және бенефициар туралы ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      клиенттердің тапсырмалары бойынша (оның ішінде төлем карточкаларын қолдана отырып жүзеге асырылған) төлемдер және (немесе) ақша аударымдары – клиенттің уәкілетті банктегі банктік шотына ақша есептеу (клиенттің уәкілетті банктегі банктік шотынан ақша есептен шығару) күні;</w:t>
+      2.3, 3.3-бағандарда ақша жөнелтушінің, бенефициардың тіркелген елінің (заңды тұлға, заңды тұлғаның филиалы (өкілдігі) үшін) немесе тұрақты тұратын елінің (Қазақстан Республикасының немесе шет мемлекеттің заңнамасына сәйкес берілген азаматтығы немесе құқығы негізінде жеке тұлға үшін) "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелері бірліктерін белгілеуге арналған кодтар. 1-бөлім. Елдер кодтары" ҚР ҰЖ 06 ISO 3166-1-2016 Қазақстан Республикасының ұлттық сыныптауышына сәйкес екі әріптік коды толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      уәкілетті банктің меншікті төлемдері және (немесе) ақша аударымдары бойынша – уәкілетті банктің корреспонденттік шотына ақша есептеу (уәкілетті банктің корреспонденттік шотынан ақша есептен шығару) күні;</w:t>
+        <w:t xml:space="preserve">
+      2.4, 2.5, 3.4, 3.5-бағандар Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 тіркелген "Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына (бұдан әрі – Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидалары) сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      басқа валюталық операциялар бойынша – операциялар жасау күні көрсетіледі.</w:t>
+      Жеке тұлғаның банктік шотына үшінші тұлға қолма-қол ақша енгізген жағдайларды қоспағанда, банктік шоттан қолма-қол ақша салған (алған) кезде Нысанның 2 және 3 бөліктерінде шоттың иесі туралы ақпарат толтырылады. Жеке тұлғаның банктік шотына үшінші тұлға қолма-қол ақша салғанда 2-бөлігінде ақша енгізетін тұлға туралы, 3-бөлігінде шоттың иесі туралы ақпарат толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Төлем карточкаларын пайдалана отырып жүзеге асырылған валюталық операциялар бойынша төлемдер және (немесе) ақша аударымдары бойынша ақпаратты уәкілетті банк резиденттен немесе бейрезиденттен осындай төлемдер және (немесе) ақша аударымдары туралы ақпаратты алуына қарай түзетеді.</w:t>
+      Уәкілетті банк шетел валютасын, чектерді, вексельдерді, басқа төлем құжаттарын немесе өзге валюталық құндылықтарды сатқан кезде Нысанның 2-бөлігінде уәкілетті банк туралы, Нысанның 3-бөлігінде сатып алушы клиент туралы ақпарат көрсетіледі. Уәкілетті банк шетел валютасын, чектерді, вексельдерді, басқа төлем құжаттарын немесе өзге валюталық құндылықтарды сатып алған кезде Нысанның 2-бөлігінде сатушы клиент туралы ақпарат, Нысанның 3-бөлігінде уәкілетті банк туралы ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Нысанның 1, 6 және 7-бөліктері валюталық шарт негізінде валюталық операциялар жүргізілген жағдайда толтырылады.</w:t>
+      11. Нысанның 4-бөлігінде валюталық операция туралы ақпарат көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Нысанның 1-бөлігінде валюталық шарттың деректемелері көрсетіледі. 1.3-баған валюталық шартқа есептік нөмір берілсе толтырылады.</w:t>
+        <w:t xml:space="preserve">
+      4.2-баған Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18512 болып тіркелген "Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 30 наурыздағы № 40 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидаларына 2-қосымшаға сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Нысанның 2 және 3-бөліктерінде төлем құжатына сәйкес ақша жөнелтуші және бенефициар туралы ақпарат көрсетіледі.</w:t>
+      4.3-баған Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына сәйкес толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5-бағанда "Валюталар мен қорларды белгілеуге арналған кодтар" ҚР ҰЖ 07 ISO 4217-2012 Қазақстан Республикасының ұлттық жіктеуішіне сәйкес валюталардың үш таңбалы әріптік коды көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.6-бағанда "01" – жөнелтілген төлемдер немесе ақша аударымдары, уәкілетті банктің қолма-қол шетел валютасын алуы немесе шетел валютасын сатуы бойынша операциялары, чектер, вексельдер, басқа да төлем құжаттары немесе өзге валюталық құндылықтар үшін, "02" – кіріс төлемдер немесе ақша аударымдары, уәкілетті банктің қолма-қол шетел валютасын есептеуі немесе шетел валютасын сатып алуы бойынша операциялары, чектер, вексельдер, басқа төлем құжаттары немесе өзге валюталық құндылықтар үшін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.7-бағанда төлем және (немесе) ақша аударымы заңды тұлға мен оның құрылымдық бөлімшелері немесе бір заңды тұлғаның құрылымдық бөлімшелері арасында жүзеге асырылса "1" белгісі, қалған жағдайларда "0" белгісі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4.8-баған Валюталық реттеу және валюталық бақылау туралы заңының 21-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мынадай түрде толтырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1" – тиісті валюталық шарт талаптарында бейрезиденттен резиденттің уәкілетті банктеріндегі банктік шотына алуға жататын ақша аударымын жүзеге асыру көзделмесе, бейрезиденттің резидентке (уәкілетті банкті қоспағанда) ақша ұсынуы көзделетін қаржылай қарыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2" – тиісті валюталық шарт талаптарында бейрезиденттен резиденттің уәкілетті банктердегі банктік шотына алуға жататын ақша аударымын жүзеге асыру көзделмесе, резидентте (уәкілетті банкті қоспағанда) бейрезидентке ақша қайтару бойынша талаптардың туындауы көзделетін қаржылай қарыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3" – резиденттің қаржылай қарыз мәнін пайдаланғаны үшін сыйақы төлемей 720 (жеті жүз жиырма) күннен астам мерзімге үлестес тұлға болып табылмайтын бейрезидентке ақша ұсынуы көзделетін қаржылай қарыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4" – егер тиісті валюталық шарт талаптарында бейрезиденттің экспортқа ақы төлеу бойынша міндеттемелерін орындау мерзімі резидент міндеттемелерді орындаған күннен бастап 720 (жеті жүз жиырма) күннен асса экспорт бойынша операциялар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5" – егер тиісті валюталық шарт талаптарында бейрезиденттің импорт бойынша өз міндеттемелерін орындамаған жағдайда бейрезиденттің ақша қайтару бойынша міндеттемелерін орындау мерзімі (аванстық төлем немесе толық алдын ала ақы) импортқа ақы төлеу бойынша міндеттемелерін орындау мерзімі резидент міндеттемелерді орындаған күннен бастап 720 (жеті жүз жиырма) күннен асса импортқа ақы төлеу бойынша операциялар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "0" – қалған жағдайларда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5" белгісі бойынша міндеттемелерді орындау мерзімі деп бейрезидент тауар жеткізілмеген (қызметтер көрсетілмеген, жұмыстар орындалмаған) жағдайда ақшаны (аванстық төлемді немесе толық ақыны) қайтару бойынша міндеттемелердің мерзімі түсініледі. Егер валюталық шарт талаптарында тауар жеткізілмеген (қызметтер көрсетілмеген, жұмыстар орындалмаған) жағдайда ақшаны қайтару үшін бөлек мерзім көзделмесе, онда міндеттемелерді орындау мерзімі деп тауарды жеткізу (қызметтерді көрсету, жұмыстарды орындау) мерзімі түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 5-бөлігінде валюталық операциялар бойынша контрагенттің ұйымы (банк) - төлемдер және (немесе) ақша аударымдары үшін ақша жөнелтуші ұйым (банк), жөнелтілген төлемдер және (немесе) ақша аударымдары үшін бенефициар ұйым (банк) туралы ақпарат көрсетіледі. Банкішілік валюталық операциялар бойынша есеп беретін уәкілетті банк туралы ақпарат көрсетіледі. Негізінде төлемдер және (немесе) ақша аударымдары жүргізілетін құжаттарда ақша жөнелтуші ұйым (банк) туралы ақпарат болмаған кезде 5-бөлік толтырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3-бағанда ақша жөнелтуші ұйым (банк) немесе бенефициар елінің "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелері бірліктерін белгілеуге арналған кодтар. 1-бөлім. Елдер кодтары" ҚР ҰЖ 06 ISO 3166-1-2016 Қазақстан Республикасының ұлттық сыныптауышына сәйкес екі әріптік коды толтырылады. Банкішілік валюталық операциялар үшін "KZ" коды көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 6 және 7-бөліктерінде валюталық шарт бойынша ақша жөнелтуші немесе ақша алушы туралы мәліметтер көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2.3, 3.3-бағандарда ақша жөнелтушінің, бенефициардың тіркелген елінің (заңды тұлға, заңды тұлғаның филиалы (өкілдігі) үшін) немесе тұрақты тұратын елінің (Қазақстан Республикасының немесе шет мемлекеттің заңнамасына сәйкес берілген азаматтығы немесе құқығы негізінде жеке тұлға үшін) "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелері бірліктерін белгілеуге арналған кодтар. 1-бөлім. Елдер кодтары" ҚР ҰЖ 06 ISO 3166-1-2016 Қазақстан Республикасының ұлттық сыныптауышына сәйкес екі әріптік коды толтырылады.</w:t>
+      Егер валюталық шарт бойынша ақша жөнелтуші (алушы) төлем құжаты бойынша ақша жөнелтушімен (бенефициармен) сәйкес келетін болса, онда 6 (7) - бөлікте Нысанның 2 (3) - бөлігіне ұқсас ақпарат толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына (бұдан әрі – Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидалары) сәйкес толтырылады.</w:t>
+        <w:t>
+      6.3. және 7.3-бағандарда валюталық шарт бойынша ақша жөнелтушінің немесе алушының тіркелген елінің (заңды тұлға, заңды тұлғаның филиалы (өкілдігі) үшін) немесе тұрақты тұратын елінің (Қазақстан Республикасының немесе шет мемлекеттің заңнамасына сәйкес берілген азаматтығы немесе құқығы негізінде жеке тұлға үшін) "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелері бірліктерін белгілеуге арналған кодтар. 1-бөлім. Елдер кодтары" ҚР ҰЖ 06 ISO 3166-1-2016 Қазақстан Республикасының ұлттық сыныптауышына сәйкес екі әріптік коды толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жеке тұлғаның банктік шотына үшінші тұлға қолма-қол ақша енгізген жағдайларды қоспағанда, банктік шоттан қолма-қол ақша салған (алған) кезде Нысанның 2 және 3 бөліктерінде шоттың иесі туралы ақпарат толтырылады. Жеке тұлғаның банктік шотына үшінші тұлға қолма-қол ақша салғанда 2-бөлігінде ақша енгізетін тұлға туралы, 3-бөлігінде шоттың иесі туралы ақпарат толтырылады.</w:t>
+      6.4, 6.5, 7.4, 7.5-бағандар Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына сәйкес толтырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уәкілетті банк шетел валютасын, чектерді, вексельдерді, басқа төлем құжаттарын немесе өзге валюталық құндылықтарды сатқан кезде Нысанның 2-бөлігінде уәкілетті банк туралы, Нысанның 3-бөлігінде сатып алушы клиент туралы ақпарат көрсетіледі. Уәкілетті банк шетел валютасын, чектерді, вексельдерді, басқа төлем құжаттарын немесе өзге валюталық құндылықтарды сатып алған кезде Нысанның 2-бөлігінде сатушы клиент туралы ақпарат, Нысанның 3-бөлігінде уәкілетті банк туралы ақпарат көрсетіледі.</w:t>
+      14. Нысанның 8-бөлігінде Нысанның 1, 2, 3, 4, 5, 6 және 7-бөліктерінде енгізілмеген қосымша ақпарат: инвестициялау объектісі, бағалы қағаздардың эмитенті, жылжымайтын мүлік объектісінің елі, төлемнің ерекше талаптары туралы ақпарат, валюталық заңнама бойынша жөнелтушінің нұсқауларын сақтау шотына ақша есептеу күні көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Нысанның 4-бөлігінде валюталық операция туралы ақпарат көрсетіледі.</w:t>
+      15. Нақтылайтын ақпараттың Нысанның 8-бөлігінде болмауы бұзушылық болып табылмайды. Нысанға белгіленген шекті мәннен аз сомадағы валюталық операцияларды енгізу бұзушылық болып табылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген Қазақстан Республикасында валюталық операцияларды жүзеге асыру қағидаларына 2-қосымшаға сәйкес толтырылады.</w:t>
+        <w:t>
+      16. Есепті кезең үшін ақпарат болмаған жағдайда Нысан нөлдік мәндермен ұсынылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4.3-баған Экономика секторларының және төлемдер белгілеу кодтарын қолдану қағидаларына сәйкес толтырылады.</w:t>
-[...348 lines deleted...]
-      14. Нысанның 8-бөлігінде Нысанның 1, 2, 3, 4, 5, 6 және 7-бөліктерінде енгізілмеген қосымша ақпарат: инвестициялау объектісі, бағалы қағаздардың эмитенті, жылжымайтын мүлік объектісінің елі, төлемнің ерекше талаптары туралы ақпарат, валюталық заңнама бойынша жөнелтушінің нұсқауларын сақтау шотына ақша есептеу күні көрсетіледі.</w:t>
+      17. Нысанға түзетулер өзгерістер, толықтырулар) Қазақстан Республикасында валюталық операцияларды мониторингтеу қағидаларының 34-тармағында белгіленген ұсыну мерзімінен кейін 6 (алты) ай ішінде енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21652,5121 +21087,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейбір қаулыларының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...5057 lines deleted...]
-      Ұсынатын тұлғалар тобы: сақтандыру (қайта сақтандыру) ұйымы, исламдық сақтандыру (қайта сақтандыру) ұйымы</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26802,6665 +21202,291 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Қазақстан Республикасында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>валюталық операцияларды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге асыру және сақтандыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(қайта сақтандыру) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының есептілікті ұсыну </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелері бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өзгерістер мен толықтыру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұлттық Банкі Басқармасының </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейбір қаулыларының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      "Қайта сақтаныдыру қызметі" кестесі</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 86</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...6535 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>