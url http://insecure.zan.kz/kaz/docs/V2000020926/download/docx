--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7d3cbb8" w14:textId="7d3cbb8">
+    <w:p w14:paraId="c661f78" w14:textId="c661f78">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1889,72 +1889,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заңды тұлға-лицензиаттың атауы және (немесе) орналасқан жері өзгерген (лицензияда мекенжайы көрсетілген жағдайда).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 11) тармақшасына сәйкес қамтамасыз етеді.</w:t>
+        <w:t>
+      9. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді Заңның 5-бабының 2-тармағының 11) тармақшасына сәйкес қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде оны көрсету сатысы туралы деректер автоматты режимде мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне түседі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2312,158 +2292,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағида 13-тармақпен толықтырылды - ҚР Мәдениет және спорт министрінің 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...106 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2513,196 +2385,235 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Тарих және мәдениет </w:t>
+              <w:t>"Тарих және мәдениет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ескерткіштеріндегі ғылыми-</w:t>
+              <w:t>ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және (немесе) археологиялық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">реставрациялық жұмыстарды </w:t>
+              <w:t>жұмыстарды жүзеге асыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және (немесе) археологиялық </w:t>
+              <w:t>жөніндегі жөніндегі қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұмыстарды жүзеге асыру </w:t>
+              <w:t>лицензия беру" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жөніндегі жөніндегі қызметке </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">қызметін көрсету қағидаларына </w:t>
+              <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - ҚР Мәдениет және ақпарат министрінің 15.04.2025 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - ҚР Мәдениет және ақпарат министрінің 14.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 169-НҚ</w:t>
+        <w:t>№ 557-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2718,51 +2629,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі жөніндегі қызметке лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды және (немесе) археологиялық жұмыстарды жүзеге асыру жөніндегі жөніндегі қызметке лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3582,71 +3503,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет ақылы негізде көрсетіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасы </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 554-бабына сәйкес мемлекеттік қызмет көрсету үшін лицензиялық алым мөлшерлемелері:</w:t>
+Қазақстан Республикасы Салық Кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-тармағына сәйкес мемлекеттік қызмет көрсету үшін лицензиялық алым мөлшерлемелері:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) тарих және мәдениет ескерткіштерінде археологиялық және (немесе) ғылыми-реставрациялау жұмыстарын жүзеге асыру жөніндегі қызмет түрімен айналысу құқығы үшін – 10 (он) айлық есептік көрсеткішті (бұдан әрі – АЕК);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3789,89 +3710,87 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көрсетілетін қызметті беруші – Қазақстан Республикасының Еңбек </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының </w:t>
-[...37 lines deleted...]
-Портал жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы жүзеге асырылады. Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+              <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының Заңына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейін, түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портал жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3925,122 +3844,104 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z44" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лицензияны алу немесе заңды тұлға-лицензиатты бөліп шығару және бөлу нысанында қайта ұйымдастыру кезінде лицензияны қайта ресімдеу үшін:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мемлекеттік көрсетілетін қызметтің кіші түрі бойынша: тарих және мәдениет ескерткіштеріндегі ғылыми-реставрациялық жұмыстарды жүзеге асыру.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+              <w:t>
+1) осы Тізбеге қосымшаға сәйкес көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы төленген жағдайларды қоспағанда, лицензия беру үшін бюджетке лицензиялық алымның төленгені туралы мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4087,200 +3988,230 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мемлекеттік көрсетілетін қызметтің кіші түрі бойынша: археологиялық жұмыстарды жүзеге асыру:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...148 lines deleted...]
-3) лицензияны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпаратты қамтитын құжаттың электрондық көшірмесі.</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) осы Тізбеге қосымшаға сәйкес көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы төленген жағдайларды қоспағанда, лицензия беру үшін бюджетке лицензиялық алымның төленгені туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) біліктілік талаптарына сәйкестігі туралы мәліметтер нысаны.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды тұлға-лицензиатты бөліп шығару және бөлу нысанында қайта ұйымдастыру жағдайларын қоспағанда, лицензияны қайта ресімдеу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) осы Тізбеге қосымшаға сәйкес көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) ЭҮТШ арқылы төленген жағдайларды қоспағанда, лицензияны қайта ресімдеу үшін бюджетке лицензиялық алымның төленгені туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) лицензияны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпаратты қамтитын құжаттың электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке басын куәландыратын, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, қызметтің жекелеген түрлерімен айналысу құқығы үшін лицензиялық алымның төленгенін растайтын құжаттар туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4352,284 +4283,396 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z51" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лицензияны алу үшін:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...122 lines deleted...]
-7) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының (бұдан әрі – ДД Заң) </w:t>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Қазақстан Республикасының заңдарында жеке немесе заңды тұлғалардың осы санаты, қызметінің нысанасы қаржылық қызметтер көрсету болып табылатын шетелдік заңды тұлғаның филиалы үшін қызмет түрімен айналысуға тыйым салынған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) лицензиялық алым енгізілмеген;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) өтініш беруші біліктілік талаптарына сәйкес келмеген;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) өтініш берушіге қатысты лицензиялауға жататын қызметті немесе жекелеген қызмет түрлерін тоқтата тұру немесе оларға тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) сот орындаушысының ұсынуы негізінде сот өтініш беруші-борышкерге лицензия беруге уақытша тыйым салған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) өтініш беруші лицензия алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігі анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының (бұдан әрі – ДД Заң) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лицензияны қайта ресімдеу үшін:</w:t>
-[...53 lines deleted...]
-3) өтініш беруші лицензия алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігі анықтау;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензияны қайта ресімдеу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) лицензиялық алымның енгізілмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпарат қамтылған құжаттар көшірмелерінің ұсынылмауы немесе тиісінше ресімделмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) өтініш беруші лицензия алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігі анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, ДД Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -4721,174 +4764,236 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Мүмкіндігі шектеулі көрсетілетін қызметті алушыларға мемлекеттік қызмет көрсету ерекшеліктері: </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...104 lines deleted...]
-Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметінің байланыс телефондары көрсетілетін қызметті берушінің www.mam.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген. </w:t>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порталда нашар көретіндерге арналған нұсқа қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Министрліктің – www.mam.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) порталда орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы қашықтықтан қол жеткізу режимінде мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдағы "жеке кабинеті", сондай-ақ Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметінің байланыс телефондары көрсетілетін қызметті берушінің www.mam.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
@@ -5405,68 +5510,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
        Ескерту. Қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Мәдениет және спорт министрінің 05.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 352</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6057,562 +6162,562 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 188 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Мәдениет және спорт министрлігінің күші жойылды деп танылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 22 сәуірдегі № 146 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11238 тіркелген, 2015 жылғы 24 маусымда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушысының 2015 жылғы 22 мамырдағы № 191 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11447 болып тіркелген, 2015 жылғы 14 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт Министрінің 2015 жылғы 22 сәуірдегі № 146 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2016 жылғы 25 қаңтардағы № 12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13186 болып тіркелген, 2016 жылғы 24 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушысының 2015 жылғы 22 мамырдағы № 191 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2016 жылғы 19 ақпандағы № 50 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13495 болып тіркелді, 2016 жылғы 30 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Мәдениет саласындағы кейбір бұйрықтарға өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2017 жылғы 2 наурыздағы № 53 бұйрығымен бекітілген Өзгерістер мен толықтырулар енгізілетін мәдениет саласындағы бұйрықтар тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15223 болып тіркелген, 2017 жылғы 26 маусымда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушысының 2015 жылғы 22 мамырдағы № 191 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2017 жылғы 21 шілдедегі № 212 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15578 болып тіркелген, 2017 жылғы 13 қыркүйекте Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет стандарттарын бекіту туралы" Қазақстан Республикасының Мәдениет және спорт министрінің 2015 жылғы 22 сәуірдегі № 146 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт міндетін атқарушысының 2018 жылғы 12 қаңтардағы № 15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16617 болып тіркелген, 2018 жылғы 26 наурызда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет регламенттерін бекіту туралы" Қазақстан Республикасының Мәдениет және спорт министрінің міндетін атқарушының 2015 жылғы 22 мамырдағы № 191 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2018 жылғы 15 мамырдағы № 109 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16988 болып тіркелген, 2018 жылғы 21 маусымда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Мәдениет саласындағы кейбір бұйрықтарға өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушысының 2018 жылғы 13 қыркүйектегі № 256 бұйрығымен бекітілген Мәдениет саласындағы өзгерістер енгізілетін кейбір бұйрықтар тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17507 болып тіркелген, 2018 жылғы 12 қазанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет стандарттарын бекіту туралы" Қазақстан Республикасының Мәдениет және спорт министрінің 2015 жылғы 22 сәуірдегі № 146 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2019 жылғы 17 мамырдағы № 139 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18693 болып тіркелген, 2019 жылғы 29 мамырда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Мәдениет саласындағы мемлекеттiк көрсетiлетiн қызмет регламенттерін бекіту туралы" Қазақстан Республикасының Мәдениет және спорт министрінің міндетін атқарушысының 2015 жылғы 22 мамырдағы № 191 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2019 жылғы 19 шілдедегі № 205 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19062 болып тіркелген, 2019 жылғы 26 шілдеде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>