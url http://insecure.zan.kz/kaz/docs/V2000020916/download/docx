--- v0 (2025-11-18)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e427257" w14:textId="e427257">
+    <w:p w14:paraId="a898d96" w14:textId="a898d96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -502,100 +502,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтердің Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы бұйрық ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 2027 жылғы 31 желтоқсанға дейін қолданылады.</w:t>
+      3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 2027 жылғы 1 қаңтарға дейін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы министрінің 23.08.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 568</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1128,100 +1128,100 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пилоттық жобаны іске асыру (енгізу) мерзімі айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Пилоттық жоба Салық кодексінің 15 – тарауында көзделген көлденең мониторинг жүргізу тәртібін жетілдіру және жаңғырту, оның ішінде өзара іс-қимыл жасау үшін ішкі бақылау жүйесіне (бұдан әрі - ІБЖ) және салық төлеушінің ақпараттық жүйелеріне қойылатын талаптарды белгілеу, сондай-ақ Қазақстан Республикасының қолданыстағы заңнамасына өзгерістер мен толықтырулар енгізу мақсатында іске асырылады.</w:t>
+      3. Пилоттық жоба деңгейлес мониторинг жүргізу тәртібін жетілдіру және жаңғырту, оның ішінде өзара іс-қимыл жасау үшін ішкі бақылау жүйесіне (бұдан әрі – ІБЖ) және салық төлеушінің ақпараттық жүйелеріне қойылатын талаптарды белгілеу, сондай-ақ Қазақстан Республикасының қолданыстағы заңнамасына өзгерістер мен толықтырулар енгізу мақсатында іске асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы министрінің 23.08.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 568</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1526,308 +1526,220 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) кеңейтілген ақпараттық өзара іс-қимыл – Пилоттық жоба қатысушылары мен мемлекеттік кірістер органдарының арасында бірыңғай ақпараттық кеңістікті қалыптастыру, оның ішінде ақпарат алмасу және Қазақстан Республикасының ақпараттандыру саласындағы заңнамасына сәйкес белгіленген талаптарға сәйкес ақпаратқа қол жеткізу үшін жағдайлар жасау үшін ақпараттық өзара іс-қимыл бойынша жүйелі жұмыс жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z112" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1. Деңгейлес мониторингтің оңайлатылған режимі осы Қағидалардың 7-тармағының 5) және 6) тармақшаларында көрсетілген салықтөлеушілермен ІБЖ қатысты ережелерді қоспағанда осы Қағидалардың ережелерін қолдану болып табылады.</w:t>
+      5-1. Деңгейлес мониторингтің оңайлатылған режимі ІБЖ қатысты ережелерді қоспағанда, осы Қағидалардың ережелерін қолдану болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Деңгейлес мониторингтің оңайлатылған режимін қолдануға құқылы:</w:t>
-[...53 lines deleted...]
-      Осы тармақтың осы тармақшасы SAP (Systemanalyse Programmentwicklung) есепке алу жүйесінен өзгеше бағдарламалық қамтамасыз етуде салық есептілігінің көрсеткіштерін ашуға байланысты бухгалтерлік, салықтық, өндірістік және басқа да есепке алу түрлерін жүргізетін салық төлеушілерге қолданылады.</w:t>
+      Көрсетілген режимді SAP (systemanalyse Programmentwicklung) есептік жүйесінен өзгеше бағдарламалық қамтамасыз етуде салықтық есептілік көрсеткіштерін ашуға байланысты бухгалтерлік, салықтық, өндірістік және басқа да есепке алу түрлерін жүргізетін орта және ірі кәсіпкерлік субъектілері (жер қойнауын пайдаланушыларды қоспағанда) қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағидалар 5-1-тармақпен толықтырылды - ҚР Қаржы министрінің 23.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 568</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Пилоттық жобаны іске асыру мынадай:</w:t>
+      6. Пилоттық жобаны іске асыру 2027 жылғы 1 қаңтарға дейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...52 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы министрінің 23.08.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 568</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1871,51 +1783,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік кәсіпорындарды қоспағанда, Өзара іс-қимыл туралы келісім жасау туралы өтініш берілген күнге бір мезгілде мынадай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзара іс-қимыл туралы келісім жасасу туралы өтініш берілген жылдың алдындағы жыл үшін корпоративтік табыс салығы туралы декларация бойынша салық төлеушінің декларациясына сәйкес салық кезеңінің соңында тіркелген активтердің құндық теңгерімдерінің сомасы республикалық бюджет туралы заңда белгіленген және Өзара іс-қимыл туралы келісім жасасу туралы өтініш берілетін жылдың соңында қолданыстағы кемінде 325 000 еселенген айлық есептік көрсеткішті құрайтын;</w:t>
+      Өзара іс-қимыл туралы келісім жасасу туралы өтініш берілген жылдың алдындағы жыл үшін корпоративтік табыс салығы туралы декларация бойынша салық төлеушінің декларациясына сәйкес салық кезеңінің соңында тіркелген активтердің құндық теңгерімдерінің сомасы республикалық бюджет туралы заңда белгіленген және Өзара іс-қимыл туралы келісім жасасу туралы өтініш берілетін жылдың алдындағы жылдың соңғы жылында қолданыстағы кемінде 325 000 еселенген айлық есептік көрсеткішті құрайтын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосылған құн салығын қайтаруды есепке алмағанда, салық төлеуші төлеген салықтардың, бюджетке төленетін басқа да міндетті төлемдердің және оның міндеттемелері бойынша әлеуметтік төлемдердің сомасы Өзара іс-қимыл туралы келісімді жасау туралы өтініш берілетін жылдың алдындағы күнтізбелік жыл үшін кемінде 1 (бір) миллиард теңгені құрайтын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1961,68 +1873,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі бақылау жүйесінің болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзара іс-қимыл туралы келісімді жасау туралы өтініш берілген күнгі жағдай бойынша, Салық кодексінің 17-тарауына сәйкес қолданылатын, мемлекеттік кірістер органдарының тәуекелдерді басқару жүйесінің бағалауына сәйкес салық төлеушінің тәуекел деңгейі төмен немесе орташа болуы шарттарына сәйкес келетін коммерциялық ұйым болып табылатын салық төлеушілер;</w:t>
-[...16 lines deleted...]
-        <w:t>
       2) акцияларының бақылау пакеті ұлттық басқарушы холдингке тиесілі салық төлеушілер не олармен үлестес заңды тұлғалар, немесе олармен аффилиирленген заңды тұлғалар, сондай-ақ акцияларының 50 (елу) және одан көп пайызы аталған заңды тұлғаларға тиесілі заңды тұлғалар.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте деңгейлес мониторинг бойынша пилоттық жобаны іске асыру мынадай мерзімдерде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2159,117 +2053,137 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инвестициялық басым жобаларды іске асыратын ұйымдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) орта кәсіпкерлік субъектілері;</w:t>
-[...17 lines deleted...]
-      6) осы Қағидалардың 5-1-бөлігінің 2) тармақшасында белгіленген шартқа сай келетін ірі кәсіпкерлік субъектілері Пилоттық жобаға қатысушылар болып табылады.</w:t>
+      5) жер қойнауын пайдаланушыларды қоспағанда, орта кәсіпкерлік субъектілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жер қойнауын пайдаланушыларды қоспағанда, ірі кәсіпкерлік субъектілері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 23.08.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгерістер енгізілді - ҚР Қаржы министрінің 23.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 568</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2565,234 +2479,186 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жоба алдындағы жұмыс барысында мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бастапқы құжаттарды, салықтық тіркелімдерін және бухгалтерлік есепке алу тіркелімдерін, әрбір салық және трансферттік баға белгілеу бойынша салық есептілігінің нысандарын ұсынуға;</w:t>
+      бастапқы құжаттарды, салықтық тіркелімдерін, бухгалтерлік есепке алу тіркелімдерін және әрбір салық бойынша салықтық есептілік нысандарын ұсынуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық төлеушінің бухгалтерлік есепті, салықтық және басқа да есепке алуды ұйымдастыруы және жүргізуі үшін пайдаланатын ақпараттық жүйелері (бағдарламалары), оларды автоматтандыру және өзара іс-қимыл деңгейі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық есепке алу саласындағы ІБЖ оның ішінде автоматтандыру деңгейі;</w:t>
-[...17 lines deleted...]
-      салық міндеттемелерінің орындалуына әсер ететін, оның ішінде талап қоюдың ескіру мерзімі шегінде тексерілмеген кезеңдер үшін трансферттік баға белгілеу бойынша тарихи деректер зерделенеді.</w:t>
+      ІБЖ, оның ішінде автоматтандыру деңгейі зерделенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Жоба алдындағы жұмыстар, Өзара іс-қимыл туралы келісім шеңберінде реттеледі.</w:t>
+      12. Өзара іс-қимыл туралы келісім шеңберінде жоба алдындағы жұмыстар 12 (он екі) айды құрайды. Жоба алдындағы жұмыстарды жүргізу мерзімі тараптардың келісімі бойынша ұзартылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте жоба алдындағы жұмыстарды іске асыру Өзара іс-қимыл туралы келісім жасалған күннен бастап 12 (он екі) ай мерзімді құрайды. Жоба алдындағы жұмысты іске асыру тараптардың келісімі бойынша, бірақ 6 (алты) айдан аспайтын мерзімге ұзартылады.</w:t>
-[...90 lines deleted...]
-        <w:t>
       Салық төлеушілердің, мемлекеттік кірістер органдарының құқықтары мен міндеттері, жоба алдындағы жұмыстардың шеңберінде алынған ақпаратқа қатысты салық құпиясын сақтау және құпиялылық режимін сақтау шарттары да Өзара іс-қимыл туралы келісімде реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзара іс-қимыл туралы келісім шеңберінде салық төлеуші мен Комитет арасында іс-шараларды, іске асыру мерзімдерін және жауапты тұлғаларды көрсете отырып жол картасы бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2802,90 +2668,114 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жоба алдындағы жұмыс қашықтықтан да (оның ішінде салық төлеушінің есепке алу деректері мен ішкі бақылау жүйесіне қашықтан қол жеткізуді ұсынуы арқылы), сол сияқты Пилоттық жоба қатысушысының орналасқан жеріне және (немесе) оның негізгі активтері орналасқан жерге барып та (қажет болған жағдайда салық төлеушінің ішкі бақылау жүйесін және оның ақпараттық жүйелерін физикалық тексеру) жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...38 lines deleted...]
-      Жоба алдындағы жұмыстардың нәтижелері туралы хаттамаға Комитет төрағасының Пилоттық жоба мәселелеріне жетекшілік ететін орынбасары (немесе оны алмастыратын адам) және Пилоттық жобаға қатысушы қол қояды.</w:t>
+        <w:t>
+      Жоба алдындағы жұмыстардың нәтижелері бойынша Комитет, пилоттық жобаға қатысушымен осы Қағидалардың 11-тармағында көзделген мәселелер бойынша жоба алдындағы жұмыстың нәтижелері туралы хаттамаға қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жоба алдындағы жұмыс кезінде салық төлеушілердің салық міндеттемелерін орындауы Қазақстан Республикасының салық заңнамасына сәйкес жалпыға бірдей белгіленген тәртіппен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
@@ -3064,318 +2954,344 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бас тарту себептерін көрсете отырып, Пилоттық жоба туралы келісімге қол қоюдан жазбаша бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Пилоттық жобаны іске асыру кезеңінде Комитет пилоттық жобаға қатысушылармен бірлесіп:</w:t>
+      15. Пилоттық жоба кезеңінде Комитет пилоттық жобаға қатысушылармен бірлесіп:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бастапқы құжаттарды, салықтық тіркелімдерін және бухгалтерлік есепке алу тіркелімдерін, әрбір салық және трансферттік баға белгілеу бойынша салық есептілігінің нысандарын ұсынуға;</w:t>
-[...17 lines deleted...]
-      бастапқы құжаттардың, бухгалтерлік есепке алу тіркелімдерінің, салықтық тіркелімдерінің және салық есептілігі нысандарының арасындағы байланысты орнатуға;</w:t>
+      бастапқы құжаттарды, салықтық тіркелімдерін және бухгалтерлік есепке алу тіркелімдерін және әрбір салық бойынша салықтық есептілік нысандарын ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бастапқы құжаттардың, бухгалтерлік есепке алу тіркелімдерінің, салықтық тіркелімдерінің және салықтық есептілік нысандарының арасындағы байланысты орнатуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ІБЖ қалыптастыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      деңгейлес мониторингтің ақпараттық жүйесін әзірлеуге және енгізуге, осы жүйені Комитетпен интеграциялауға;</w:t>
-[...17 lines deleted...]
-      Комитет тарапынан талдамалық есептерді қалыптастыруға қойылатын талаптарды әзірлейді.</w:t>
+      деңгейлес мониторингтің ақпараттық жүйесін әзірлеуге және енгізуге, осы жүйені Комитетпен интеграциялауға қойылатын талаптарды әзірлеу бойынша жұмыстарды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. 2025 жылғы 1 қазанға дейінгі кезеңде Комитет талаптарды әзірлейді:</w:t>
+      16. Комитет 2026 жылғы 1 қазанға дейінгі кезеңде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бастапқы құжаттарды, салық тіркелімдерін және бухгалтерлік есеп тіркелімдерін, әрбір салық және трансферттік баға белгілеу бойынша салық есептілігінің нысандарын ұсынуға;</w:t>
-[...17 lines deleted...]
-      бастапқы құжаттар, бухгалтерлік есеп тіркелімдері, салық тіркелімдері және салық есептілігі нысандары арасында байланыс орнатуға;</w:t>
+      бастапқы құжаттарды, салықтық тіркелімдерін және бухгалтерлік есепке алу тіркелімдерін және әр салық бойынша салықтық есептілік нысандарын ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бастапқы құжаттар, бухгалтерлік есеп тіркелімдері, салық тіркелімдері және салықтық есептілік нысандары арасында байланыс орнатуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ІБЖ қалыптастыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      деңгейлес мониторингтің ақпараттық жүйесін әзірлеуге және енгізуге, осы жүйені Комитетпен интеграциялауға.</w:t>
-[...35 lines deleted...]
-      Осы Қағидалардың 5-1-тармағында көрсетілген салық төлеушілер үшін ІБЖ қалыптастыруға қойылатын талаптарды қоспағанда, осы тармақтың бірінші бөлігінде белгіленген талаптарды Комитет 2025 жылғы 1 қазанға дейін әзірлейді.</w:t>
+      деңгейлес мониторингтің ақпараттық жүйесін әзірлеуге және енгізуге, осы жүйені Комитетпен интеграциялауға талаптарды әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Пилоттық жобаға қатысушы 2026 жылғы 1 қазанға дейін деңгейлес мониторингтің ақпараттық жүйесін әзірлеу және (немесе) енгізу, интеграциялау бойынша жұмыстар жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Қаржы министрінің 23.08.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 568</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4270,1028 +4186,642 @@
         <w:t>
       28. Пилоттық жоба барысында туындайтын мәселелер Пилоттық жоба мәселелері бойынша Келісім комиссиясында қаралады, оны ұйымдастыру мен қызметінің тәртібін Комитет бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Деңгейлес мониторингті пилоттық енгізу кезінде Пилоттық жобаға қатысушылардың салық міндеттемелерін орындауына қатысты барлық белгісіздіктер мен реттелмеген мәселелер Қазақстан Республикасының салық заңнамасына сәйкес жалпы белгіленген тәртіпте жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. Алып тасталды - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Салықтық бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      30. Пилоттық жобаның қатысушысы осы Қағидалардың </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+      31. Алып тасталды - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Салық кезеңдері үшін деңгейлес мониторинг ақпараттық жүйесі арқылы салық есептілігі, салық тіркелімдері, бухгалтерлік есепке алу тіркелімдері және бастапқы құжаттар орналастырылған салықтар мен бюджетке төленетін төлемдер бойынша салықтық тексерулер Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>145-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 тармағында белгіленген жағдайларда, сондай-ақ фиктивтілік белгілері, жалған құжаттар жасау және (немесе) деңгейлес мониторинг үшін пайдаланылатын бухгалтерлік және салықтық ақпараттық жүйелердегі деректерді бұрмалау белгілері болған қаржы-шаруашылық операцияларын белгілеу кезінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>145-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген жағдайларды қоспағанда, салықтық тексерулер жылына 1 (бір) реттен артық жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салықтық бақылау Пилоттық жоба туралы келісім жасалған күнге дейін Қазақстан Республикасының салық заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пилотық жоба туралы келісім жасалған күннен бастап:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деңгейлес мониторинг ақпараттық жүйесі арқылы салық есептілігі, салық тіркелімдері, бухгалтерлік есепке алу тіркелімдері және бастапқы құжаттар орналастырылған салықтар мен бюджетке төленетін төлемдер бойынша салықтық бақылау осы Қағидаларда белгіленген тәртіппен жүзеге асырылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деңгейлес мониторинг ақпараттық жүйесі арқылы салық есептілігі, салық тіркелімдері, бухгалтерлік есепке алу тіркелімдері және бастапқы құжаттар орналастырылмаған салықтар мен бюджетке төленетін төлемдер бойынша салықтық бақылау Қазақстан Республикасының салық заңнамасында белгiленген жалпыға бiрдей белгiленген тәртiппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті мемлекеттік органдардың, құқық қорғау және арнаулы мемлекеттік органдардың бастамасы бойынша Пилоттық жобаны енгізу кезеңінде жүргізілетін салықтық бақылау (сұрау салулар, талаптар, мәліметтер) Қазақстан Республикасының салық заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пилоттық жобаны іске асыру кезеңінде жоба алдындағы жұмыстар және пилоттық іске асыру кезеңінде Пилоттық жобаға қатысушының анық емес мәліметтерді ұсынғаны анықталған кезде, құжаттарды қолдан жасау, жалған белгілері бар қаржылық-шаруашылық операциялар және (немесе) бухгалтерлік, салықтық және есепке алудың өзге де түрлерінің деректері, оның ішінде деңгейлес мониторингтің ақпараттық жүйесінде бұрмалау анықталған кезде, Пилоттық жобаның осындай қатысушысымен жасалған Өзара іс-қимыл туралы келісім және (немесе) Пилоттық жоба туралы келісімді Комитет тиісті хабарламамен біржақты тәртіпте бұзады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32-1. Осы Қағидалардың 7-тармағының 5) және 6) тармақшаларында көзделген және пилоттық жобаны іске асыру кезеңінде пилоттық жоба туралы келісім жасалған күннен бастап этил спирті мен алкоголь өнімін (сыра қайнату өнімінен басқа), бензинді (авиациялықты қоспағанда), дизель отынын және темекі бұйымдарын өндіруді жүзеге асыратын пилоттық жобаға қатысушылар бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пилоттық жобаға қатысушының аумағында салық кодексінің 172 бабының 16 тармағына сәйкес акциздік бекеттер белгіленбейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пилоттық жобаға қатысушының акцизді төлеуі Салық кодексінің 475-бабының 1-тармағында белгіленген мерзімдерде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 32-1-тармақпен толықтырылды - ҚР Қаржы министрінің 23.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 568</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Пилоттық жоба қатысушыларына халықаралық шарт негізінде қосымша құн салығын және бюджеттен табыс салығын қайтару Қазақстан Республикасының салық заңнамасында белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұндай қайтарулар туралы мәліметтерді Комитеттің құрылымдық бөлімшелері Комитеттің бейінді басқармасына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Ақпараттық жүйелер мен ішкі бақылау жүйелері жұмысының дұрыстығы мәселелері жөніндегі бақылау іс-шараларын Пилоттық жоба қатысушысымен өзге кезеңділікті келісу жағдайларын қоспағанда, Комитет Пилоттық жоба қатысушысының орналасқан жеріне барып жылына 1 (бір) реттен артық жүргізбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Салықтық бақылау</w:t>
-[...861 lines deleted...]
-      34. Ақпараттық жүйелер мен ішкі бақылау жүйелері жұмысының дұрыстығы мәселелері жөніндегі бақылау іс-шараларын Пилоттық жоба қатысушысымен өзге кезеңділікті келісу жағдайларын қоспағанда, Комитет Пилоттық жоба қатысушысының орналасқан жеріне барып жылына 1 (бір) реттен артық жүргізбейді.</w:t>
+        <w:t xml:space="preserve"> 6-тарау. Салық төлеушілердің, мемлекеттік кірістер органдарының және өзге де уәкілетті мемлекеттік органдардың, сондай-ақ ұйымдардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 6-тарау. Салық төлеушілердің, мемлекеттік кірістер органдарының және өзге де уәкілетті мемлекеттік органдардың, сондай-ақ ұйымдардың құқықтары мен міндеттері</w:t>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Салық төлеуші:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пилоттық жобаны жүргізу барысында сұрау салулар жолдауға және түсіндірулер алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5414,70 +4944,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де құқықтарды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Салық төлеуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пилоттық жоба кезеңіндеұсынылатын мәліметтердің толықтығы мен дұрыстығын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5629,111 +5159,173 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бухгалтерлік және (немесе) салықтық есепке алуды автоматтандыруға арналған бағдарламалық қамтамасыз етудің ақпараттық жүйесінен және (немесе) бастапқы есепке алу құжаттарының, бухгалтерлік есепке алу тіркелімдерінің деректерін, салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы ақпаратты қамтитын ақпараттық жүйеден, тарихи деректерді қоса мәліметтер беруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) Пилоттық жобада болған кезеңде, оның ішінде ескіру кезеңінде, егер мұндай өзгерістер мен толықтырулар салық міндеттемелеріне әсер етсе, бухгалтерлік және салықтық есепке алу жөніндегі есепке алу құжаттамаларына өзгерістер мен толықтырулар енгізу туралы, осындай өзгерістер мен толықтырулар енгізу сәтінен бастап 15 (он бес) жұмыс күні ішінде хабарлау;</w:t>
+      11) есепке алу және салықтық есепке алу саясатына өзгерістер мен толықтырулар енгізу туралы, осындай өзгерістер мен толықтырулар енгізу сәтінен бастап 15 (он бес) жұмыс күні ішінде хабарлау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де міндеттемелерді орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 818</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Комитет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қағаз және электрондық тасығыштарда есепке алу құжаттамасын сұратуға және алуға, сондай-ақ Пилоттық жобаның мәніне қатысты мәселелер бойынша автоматтандырылған деректер базасына (ақпараттық жүйелерге) қол жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5890,70 +5482,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       10) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де құқықтарды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Комитет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пилоттық жоба шеңберіндеПилоттық жобаға қатысушыға салық міндеттемелерін орындау мәселелері бойынша түсіндірулер, сондай-ақ жоспарланған мәмілелер бойынша алдын-ала түсіндірулер беруге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6074,70 +5666,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де міндеттемелерді орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Өзге де уәкілетті мемлекеттік органдар, сондай-ақ ұйымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Комитеттің сұрау салуы бойынша Пилоттық жобаны жүргізу үшін қажетті, оның ішінде Қазақстан Республикасының заңдарына сәйкес банктік, коммерциялық, салықтық және заңмен қорғалатын өзге де құпияны қамтитын құжаттар мен мәліметтерді ұсынады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6326,68 +5918,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзара іс-қимыл туралы келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Астана қаласы                                     20__жылғы "___"________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6708,312 +6300,312 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелерін назарға ала отырып, салық төлеушіге деңгейлес мониторингке қатысу мүмкіндігі үшін ақпараттық жүйесін, ішкі бақылау жүйесін жетілдіру және Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де жағдайлар бойынша көмек көрсету мақсатында төмендегілер туралы осы Өзара іс-қимыл туралы келісімді (бұдан әрі – Келісім) жасады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімнің мәні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Тараптар Комитет пен Қатысушы арасында бизнес-процестерді, ақпараттық жүйелерді және Қатысушының ішкі бақылау жүйесіне диагностика жүргізу жөніндегі өзара іс-қимылы туралы уағдаласады (бұдан әрі – Жоба алдындағы жұмыстар). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте ішкі бақылау жүйесін зерделеу және диагностика, ақпараттық жүйелерді зерделеу және диагностика, салық төлеуші мен Комитет арасында одан әрі ақпаратпен алмасу үшін іс-шараларды, іске асыру мерзімін және жауапты тұлғаны көрсете отырып жол картасы бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Келісімнің және(немесе) оған қосымшаның басқа ережелеріне қарамастан, жоба алдындағы жұмыстарға байланысты Тараптар арасындағы кез келген ынтымақтастық Тараптардың кез келгені екінші Тарапқа ұсынған кез келген ақпаратқа қатысты салықтық құпия және құпиялылық режим сақталған кезде ғана мүмкін болады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...33 lines deleted...]
-      2. Келісімнің және(немесе) оған қосымшаның басқа ережелеріне қарамастан, жоба алдындағы жұмыстарға байланысты Тараптар арасындағы кез келген ынтымақтастық Тараптардың кез келгені екінші Тарапқа ұсынған кез келген ақпаратқа қатысты салықтық құпия және құпиялылық режим сақталған кезде ғана мүмкін болады.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тараптардың әрқайсысы ынтымақтастық мақсаттары үшін байланысатын адамды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      3. Тараптардың әрқайсысы ынтымақтастық мақсаттары үшін байланысатын адамды айқындайды.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тараптардың өзара іс-қимылы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...15 lines deleted...]
-      4. Тараптардың өзара іс-қимылы:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ынтымақтастық – тараптардың теңдігін, Келісімнің еркіндігін мойындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) негізделген сенім – бірлескен сәтті жұмыс жүргізуге, сындарлы шешімдер әзірлеу үшін өзара іс-қимыл жасауға ұмтылу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) адалдық – салықтық пайда алу (салықтық үнемдеу) және салық төлемдерін азайту мақсатында өз іс-әрекеттерінен пайда алуға жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңдылық – Қазақстан Республикасы заңнамасының талаптарын мүлтіксіз сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) айқындылық – жариялылық, ашықтық және транспаренттілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кеңейтілген ақпараттық өзара іс-қимыл – Пилоттық жобаға қатысушы мен мемлекеттік кірістер органдары арасында бірыңғай ақпараттық кеңістікті қалыптастыру үшін ақпараттық өзара іс-қимыл бойынша жүйелі жұмыс жүргізу, оның ішінде Қазақстан Республикасының ақпараттандыру саласындағы заңнамасына сәйкес белгіленген талаптарға сәйкес ақпаратпен алмасу және ақпаратқа қол жеткізу үшін жағдай жасау қағидаттарына негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қатысушы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоба алдындағы жұмыстарды (Қатысушының бизнес-процестерінің, ақпараттық жүйелерінің және ішкі бақылау жүйесінің диагностикасын) жүргізуге байланысты мәселелер бойынша сұрау салулар жолдауға және түсіндірулер алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7116,1138 +6708,1138 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Комитеттен салық міндеттемелерін орындау мәселесі бойынша бұзушылықтарды жою жөнінде ұсыныстар алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) салық заңнамасында көзделген өзге де құқықтарды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қатысушы:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоба алдындағы жұмыстар кезеңінде ұсынылатын деректердің толықтығы мен дұрыстығын қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) есеп жүйелерге рұқсат беру шеңберінде, барлық қаржы-шаруашылық қызметі операциялар мен оқиғалардың толық және дұрыс көрсетілуін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Комитеттің ұсынымы бойынша Пилоттық жобаға қатысушымен келісілген Комитет белгілеген мерзімде ақпараттық жүйелер мен ішкі бақылау жүйесінің дұрыс жұмыс істеуін келтіруді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Комитеттің ұсынымы бойынша есепке алу жүйесіндегі және басқа да ақпараттар жүйесіндегі бұзушылықтарды жоюды, қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) егер бар болса, Комитеттің сұрау салуы бойынша Пилоттық жобаға кіру кезеңінің алдындағы кезеңде осы қызметтерді ұсыну бойынша қажетті тәжірибесі бар аудиторлық (немесе консалтингтік) компания дайындаған салықтық міндеттемелерді орындау үшін қажетті ішкі бақылау жүйесінің аудиті туралы есепті ұсынуды қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Комитеттің профилді басқармасы қызметшілерінің Пилоттық жобаға қатысушының аумағына және (немесе) үй-жайына кіруін қамтамасыз етуге және оларға жұмыс орнын ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бастапқы есепке алу құжаттарының, бухгалтерлік есеп тіркелімдерінің деректерін, салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы ақпаратты қамтитын бухгалтерлік және (немесе) салықтық есепке алуды және (немесе) ақпараттық жүйені автоматтандыруға арналған бағдарламалық қамтамасыз ету деректерін, оның ішінде тарихи деректерді қарауға рұқсат беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бухгалтерлік және (немесе) салықтық есепке алуды автоматтандыруға арналған бағдарламалық қамтамасыз етудің ақпараттық жүйесінен және (немесе) бастапқы есепке алу құжаттарының, бухгалтерлік есепке алу тіркелімдерінің деректерін, салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы ақпаратты қамтитын ақпараттық жүйеден мәліметтерді, оның ішінде тарихи деректерді беруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) салық заңнамасында көзделген өзге де міндеттемелерді орындауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Комитет:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) жоба алдындағы жұмыстар кезеңінде ұсынылатын деректердің толықтығы мен дұрыстығын қамтамасыз етуге;</w:t>
-[...162 lines deleted...]
-      7. Комитет:</w:t>
+      1) Қатысушының сыртқы және ішкі аудит, оның ішінде ақпараттық жүйесінің аудит және ішкі бақылау жүйесінің аудит нәтижелеріне қатысты ақпаратты сұратуға және алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қағаз және электрондық тасымалдағыштарда есепке алу құжаттамасын, сондай-ақ жоба алдындағы жұмыстардың мәніне қатысты мәселелер бойынша автоматтандырылған деректер базасына (ақпараттық жүйелерге) қол жеткізуді сұратуға және (немесе) алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қатысушыдан жоба алдындағы жұмыстардың мәніне қатысты мәселелер бойынша жазбаша түсіндірулер сұратуға және (немесе) алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бухгалтерлік есепті және (немесе) салықтық есепке алуды және (немесе) бастапқы есепке алу құжаттарының, бухгалтерлік есеп тіркелімдерінің деректерін, салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы мәліметтерді қамтитын ақпараттық жүйені автоматтандыруға арналған бағдарламалық қамтамасыз етудің деректерін қарауға және алуға рұқсат алу, тарихи деректерді қоса алғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) бухгалтерлік және (немесе) салықтық есепке алуды автоматтандыруға арналған бағдарламалық қамтамасыз етудің ақпараттық жүйесінен және (немесе) бастапқы есепке алу құжаттарының, бухгалтерлік есепке алу тіркелімдерінің деректерін, салық салу объектілері және (немесе) салық салуға байланысты объектілер туралы ақпаратты қамтитын ақпараттық жүйеден мәліметтер сұратуға және алуға, тарихи деректерді қоса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) салық салу объектісі және (немесе) салық салуға байланысты объект болып табылатын мүлікті оның орналасқан жеріне қарамастан тексеруге, Қатысушының мүлкіне, оның ішінде құжаттарда көрсетілген мәліметтерге сәйкестігіне түгендеу жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Пилоттық жобаны жүргізу барысында туындаған мәселелер бойынша шет мемлекеттердің мемлекеттік және өзге де органдарына (ұйымдарына) сұрау салулар жіберуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) заңнамада көзделген өзге де құқықтарды пайдалануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комитет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Қатысушының сыртқы және ішкі аудит, оның ішінде ақпараттық жүйесінің аудит және ішкі бақылау жүйесінің аудит нәтижелеріне қатысты ақпаратты сұратуға және алуға;</w:t>
-[...144 lines deleted...]
-      8. Комитет:</w:t>
+      1) жоба алдындағы жұмыстар шеңберінде Қатысушыға Қазақстан Республикасының заңнамада көзделген тәртіппен салық міндеттемесін орындау мәселелері бойынша түсіндірулер беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қатысушының орналасқан жері бойынша жоба алдындағы жұмыстар жасау кезеңінде оның жұмыс режимін сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, жоба алдындағы жұмыстар жасау кезінде алынған және жасалған құжаттардың сақталуын қамтамасыз етуге, олардың мазмұнын жария етпеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қызметтік этиканы сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік кірістер органдарының құқықтары мен міндеттері туралы хабардар етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Пилоттық жобаның қатысушысына салық міндеттемелерін орындау мәселелері бойынша бұзушылықтарды жою жөнінде ұсынымдарды жіберуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) заңнамада көзделген өзге де міндеттемелерді орындауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Өзара іс-қимылды іске асыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:p>
-[...125 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Өзара іс-қимыл шеңберінде Комитет: Қатысушымен бірлесіп іс-шаралар, орындалу мерзімі және жауапты тұлғалар көрсетілген жол картасын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушының бизнес-процестерін, ақпараттық жүйелерін және ішкі бақылау жүйесін зерделейді және диагностика жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушы қызметінің бизнес-процестері мен технологиялық схемаларын зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушының құрылымын, филиалдар мен өкілдіктердің бар-жоғын зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушының есепке алу саясатын зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бухгалтерлік есепке алудың ақпараттық бағдарламаларына пайдаланылатын бухгалтерлік есепке алудың, салықтық есепке алудың деректеріне және басқа да пайдаланылатын ақпараттық жүйелерге рұқсат алады, есепке алу саясатына сәйкестігіне талдау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тауар-материалдық құндылықтарды кіріске алудан бастап дайын өнімді өткізуге дейін жылжыту және есепке алу процесін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дайын өнімнің өзіндік құнын қалыптастыру процесін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушы алатын кіріс түрлерін, олардың жиынтық кірістің жалпы сомасындағы үлес салмағын зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушының активтері мен міндеттемелерін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушы мен оның сатып алушылары мен өнім берушілер арасында шарттар жасау ерекшеліктерін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақша қаражатының қозғалыс процесін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушының электрондық шот-фактуралар жүйесін, виртуалды қойманы, салық есептілігін өңдеудің ақпараттық жүйесін (СЕӨАЖ) (салық есептілігін ұсыну), салық төлеуші кабинетін қолдануын зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық тіркелімдерін қалыптастыру процесін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушымен бірге салық декларацияларын жасау алгоритмін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ішкі бақылау жүйесіне қойылатын талаптарды одан әрі қалыптастыру үшін ішкі бақылауды жүргізу алгоритмін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық есептілігін бухгалтерлік есепке алу және салық тіркелімдерінің деректеріне сәйкестігін, оның ішінде Комитеттің тәуекелдерді басқару жүйесін қолдана отырып зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушымен ақпараттық өзара іс-қимыл бойынша тапсырмаларды әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Комитет Қатысушының ішкі бақылау жүйесіне (оның ішінде талдамалық есептердің қажетті нысандарын қоса алғанда) және ақпараттық жүйелерге (талдамалық есептердің қажетті нысандарын қоса алғанда) тиісті талаптарды әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комитет Қатысушы ішкі бақылау жүйелері мен ақпараттық жүйелерді белгіленген талаптарға сәйкес келтіргеннен кейін тестілеуді өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, тестілеуді Комитет дербес не қажетті консультанттарды тарта отырып жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Өзара іс-қимылды іске асыру</w:t>
-[...365 lines deleted...]
-      11. Комитет Қатысушы ішкі бақылау жүйелері мен ақпараттық жүйелерді белгіленген талаптарға сәйкес келтіргеннен кейін тестілеуді өткізеді.</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Құпиялылық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Тараптар Қазақстан Республикасының заңнамалық актілерінде өзгеше көзделген жағдайларды қоспағанда, осы Келісім шеңберінде алынған кез келген ақпаратты екінші Тараптың алдын ала жазбаша келісімінсіз жария етпеуге міндеттенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Үшінші тұлға тарапынан ұрлау, тонау, қарақшылық, қолды болу, ақпараттық деректер базасына кибер-шабуыл жасау түрінде көрініс тапқан, құқыққа қайшы әрекеттердің салдарынан алынған мәліметтердің қасақана емес жария болуы, құпиялылық туралы талаптарды бұзу болып табылмайды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Құпиялылық</w:t>
-[...39 lines deleted...]
-      13. Үшінші тұлға тарапынан ұрлау, тонау, қарақшылық, қолды болу, ақпараттық деректер базасына кибер-шабуыл жасау түрінде көрініс тапқан, құқыққа қайшы әрекеттердің салдарынан алынған мәліметтердің қасақана емес жария болуы, құпиялылық туралы талаптарды бұзу болып табылмайды</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Осы Келісім Қатысушының салықтық міндеттемелері бойынша Комитеттің салықтық әкімшілендіруін жүзеге асыруына кедергі келтірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Осы Келісім қандай да бір жеңілдіктер мен преференциялар беруді көздемейді, ал Қатысушының өз салық міндеттемелерін орындауы Қазақстан Республикасының салық заңнамасына сәйкес жалпыға бірдей белгіленген тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Осы Келісім оған екі Тараптың уәкілетті өкілдері қол қойған күннен бастап күшіне енеді, _______________ дейін қолданыста болады және Тараптардың келісімі бойынша ұзартылады не бұзылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Осы Келісімге өзгерістер мен толықтырулар Тараптардың уәкілетті адамдарының қол қоюымен жазбаша нысанда ресімделеді және осы Келісімнің ажырамас бөлігі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Осы Келісімге 4 (төрт) түпнұсқалық данада мемлекеттік және орыс тілдерінде, тең заңды күші бар әрбір Тарап үшін 2 (екі) данадан қол қойылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Қорытынды ережелер</w:t>
-[...99 lines deleted...]
-      18. Осы Келісімге 4 (төрт) түпнұсқалық данада мемлекеттік және орыс тілдерінде, тең заңды күші бар әрбір Тарап үшін 2 (екі) данадан қол қойылды.</w:t>
+        <w:t xml:space="preserve"> 6-тарау. Тараптардың заңды мекенжайлары мен деректемелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -8664,68 +8256,68 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг жөніндегі пилоттық жоба туралы келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Астана қаласы                               20__жылғы "___"________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9026,126 +8618,126 @@
         </w:rPr>
         <w:t xml:space="preserve">
       бұдан әрі бірлесіп "Тараптар" деп аталатын, "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>68-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелерін назарға ала отырып, осы Деңгейлес мониторинг жөніндегі пилоттық жоба туралы келісімді (бұдан әрі – Келісім) жасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімнің мәні</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тараптар Комитеттің Пилоттық жобаға қатысушыға қатысты деңгейлес мониторинг жөніндегі пилоттық жобаны жүргізу туралы уағдаласады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...15 lines deleted...]
-      1. Тараптар Комитеттің Пилоттық жобаға қатысушыға қатысты деңгейлес мониторинг жөніндегі пилоттық жобаны жүргізу туралы уағдаласады.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қағаз және электрондық тасығыштарда есепке алу құжаттамасын сұратуға және алуға, сондай-ақ Пилоттық жобаның мәніне қатысты мәселелер бойынша автоматтандырылған деректер базасына (ақпараттық жүйелерге) қол жеткізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9302,70 +8894,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       10) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де құқықтарды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пилоттық жоба шеңберінде салық міндеттемелерін орындау мәселелері бойынша түсіндірулер, сондай-ақ жоспарланған мәмілелер бойынша алдын-ала түсіндірулер беруге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9486,70 +9078,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де міндеттемелерді орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Салық төлеуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пилоттық жобаны жүргізу барысында сұрау салулар жолдауға және түсіндірулер алуға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9672,70 +9264,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де құқықтарды пайдалануға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Салық төлеуші:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Пилоттық жоба кезеңінде ұсынылатын деректердің толықтығы мен дұрыстығын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9928,392 +9520,392 @@
         </w:rPr>
         <w:t xml:space="preserve">
       12) Салық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өзге де міндеттемелерді орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Тараптар өзара келісім бойынша осы Келісімге өзгерістер мен толықтырулар енгізуге құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Осы Келісімнен туындайтын кез келген даулар немесе келіспеушіліктер Қазақстан Республикасының заңнамасына сәйкес шешіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
-[...19 lines deleted...]
-      7. Осы Келісімнен туындайтын кез келген даулар немесе келіспеушіліктер Қазақстан Республикасының заңнамасына сәйкес шешіледі.</w:t>
+        <w:t xml:space="preserve"> 4-тарау. Құпиялылық</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тараптар Қазақстан Республикасының заңнамалық актілерінде өзгеше көзделген жағдайларды қоспағанда, осы Келісім шеңберінде алынған кез келген ақпаратты екінші тараптың алдын ала жазбаша келісімінсіз жария етпеуге міндеттенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тиісті органдар растаған ұрлық, тонау, қарақшылық, ұрлау, ақпараттық дерекқорлардың кибер-шабуылдары түрінде көрінген үшінші тұлғалар тарапынан құқыққа қарсы әрекеттер салдарынан алынған мәліметтерді абайсыздан тарату құпиялылық туралы талаптарды бұзу болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Құпиялылық</w:t>
-[...39 lines deleted...]
-      9. Тиісті органдар растаған ұрлық, тонау, қарақшылық, ұрлау, ақпараттық дерекқорлардың кибер-шабуылдары түрінде көрінген үшінші тұлғалар тарапынан құқыққа қарсы әрекеттер салдарынан алынған мәліметтерді абайсыздан тарату құпиялылық туралы талаптарды бұзу болып табылмайды.</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Келісімнің қолданылу мерзімі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы Келісім оған қол қойылған сәттен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Келісім деңгейлес мониторинг бойынша пилоттық жоба аяқталғанға дейін қолданылады және Пилоттық жоба қатысушысына қатысты оңалту немесе банкроттық, бірігу, қосылу, бөліну және бөлініп шығу жолымен тарату, қайта ұйымдастыру рәсімдері жүргізілген жағдайларда, сондай-ақ Тараптардың келісімі бойынша мерзімінен бұрын бұзылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Келісім Пилоттық жобаға қатысушы Келісімді бұзу туралы хатты алған күннен бастап бұзылды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-тарау. Келісімнің қолданылу мерзімі</w:t>
-[...19 lines deleted...]
-      10. Осы Келісім оған қол қойылған сәттен бастап күшіне енеді.</w:t>
+        <w:t xml:space="preserve"> 6-тарау. Қорытынды ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Осы Келісімге өзгерістер мен толықтырулар Тараптардың уәкілетті тұлғалары қол қойған жазбаша нысанда ресімделеді және осы Келісімнің ажырамас бөлігі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комитетті қайта құру жолымен қайта ұйымдастыру осы Келісімнің қолданылуын тоқтатпайды және барлық құқықтар мен міндеттер құқықтық мирасқорларға ауысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Деңгейлес мониторинг жөніндегі пилоттық жоба шеңберінде ұсынылатын ақпарат алмасу, құжаттарды, оның ішінде хабарламаларды, сұрау салуларды, ұсынымдар мен хаттарды жолдау мынадай электрондық пошта мекенжайларын пайдалана отырып жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Крмитет тарапынан _____________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пилоттық жобаға қатысушы тарапынан____________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Осы Келісімге 4 (төрт) түпнұсқалық данада мемлекеттік және орыс тілдерінде, тең заңды күші бар әрбір Тарап үшін 2 (екі) данадан қол қойылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-тарау. Қорытынды ережелер</w:t>
-[...115 lines deleted...]
-      14. Осы Келісімге 4 (төрт) түпнұсқалық данада мемлекеттік және орыс тілдерінде, тең заңды күші бар әрбір Тарап үшін 2 (екі) данадан қол қойылды.</w:t>
+        <w:t xml:space="preserve"> 7-тарау. Тараптардың заңды мекенжайлары мен деректемелері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -10825,68 +10417,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығыс №________ (ол болған кезде)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Деңгейлес мониторинг бойынша пилоттық жоба жөнінде келісім жасау туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11286,55 +10878,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>