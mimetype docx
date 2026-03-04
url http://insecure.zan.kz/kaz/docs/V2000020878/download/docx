--- v0 (2025-10-15)
+++ v1 (2026-03-04)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="00da518" w14:textId="00da518">
+    <w:p w14:paraId="2fcc458" w14:textId="2fcc458">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,93 +86,183 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Аңшы, балықшы және қорықшы куәліктерінің нысанын және оларды беру қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 2 ақпандағы № 60 бұйрығына өзгеріс енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің м.а. 2020 жылғы 18 маусымдағы № 149 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 19 маусымда № 20878 болып тіркелді</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің м.а. 2020 жылғы 18 маусымдағы № 149 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 19 маусымда № 20878 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2025 жылғы 22 желтоқсандағы № 480 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Ауыл шаруашылығы министрінің м.а. 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -461,140 +553,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">экология, геология және </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">табиғи ресурстар министрінің м.а. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2664,135 +2772,133 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшы куәлiгiнiң мұқабасы (көлемi 105х80 миллиметр, түсi жасыл, жазуы қою сары түстi, қысып басу әдiсiмен жасалады)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2871"/>
-        <w:gridCol w:w="9429"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2871" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="9429" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшы куәлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -2914,336 +3020,347 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № _____ аңшы куәлiгi</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3759"/>
-        <w:gridCol w:w="8541"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3759" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1790700" cy="2159000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1790700" cy="2159000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:tcW w:w="8541" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  (тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  ________________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Туылған күнi _____ жылғы "____" ______________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшы өтiлi ________________жылдан бастап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3759" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мөр орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8541" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Куәлiктi берген ______________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3444,637 +3561,590 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есепке алынғаны және есептен шығарылғаны туралы белгі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2658"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6984"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2658" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алынды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2658" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептен шығарылды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6984" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты тұратын жерiнiң мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2658" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшылық сұқпа суық қаруды тіркеу</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1070"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="7256"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1070" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарудың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нөмiрi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2399" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сатушы ұйымның белгiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7256" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептен шығарылған күні, аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы филиалының немесе өкілдігінің белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1070" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4149,440 +4219,406 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аңшылық иттерді, аушы жыртқыш құстарды тіркеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2870"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4011"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2870" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түрі, тұқымы, түсі, таңбаның, сақинасының, микрочипінің нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1958" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иттің ветеринариялық паспорты, аушы жыртқыш құстың паспорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2870" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итті аң аулауға жіберу туралы белгі, аушы жыртқыш құсты ұстау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4011" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептен шығарылған күні, аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы филиалының немесе өкілдігінің белгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2870" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4748,259 +4784,281 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінім</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6051"/>
-        <w:gridCol w:w="6249"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6051" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3733800" cy="4495800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3733800" cy="4495800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:tcW w:w="6249" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегі _____________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аты____________Әкесінің аты (бар болған жағдайда) _________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туылған күні ____ жылғы "__"_____________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтығы _____________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке басты куәландыратын құжат __________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке сәйкестендіру нөмері_________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -5400,903 +5458,912 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="530"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9907"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Аңшы куәлігін беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшылар мен аңшылық шаруашылығы субъектілерінің қоғамдық бірлестіктерінің республикалық қауымдастықтары және олардың филиалдары немесе өкілдіктері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) "электрондық үкіметтің" веб-порталы www.egov.kz;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) көрсетілетін қызметті берушінің кеңсесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 (үш) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электрондық (ішінара автоматтандырылған) қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшы куәлігі немесе дәлелді бас тарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет Жеке тұлғаларға ақылы көрсетіледі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>651-бабының</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1) тармақшасына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6304,459 +6371,503 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) көрсетілетін қызметті беруші – Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) портал-жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодекске</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету орындарының мекенжайлары порталда орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы мынадай құжаттарды жолдайды:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) аңшы куәлігін алған жағдайда 3х4 түрлі-түсті үш фотосурет, аңшы куәлігін қайта ресімдеген немесе алған жағдайда 3х4 бір түрлі-түсті бір фотосурет; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) сертификаттың көшірмесі; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4) аңшы куәлігін (аңшы куәлігінің төлнұсқасын) беру (қайта ресімдеу) үшін төлем құжатының электрондық көшірмесі. </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 порталға: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) аңшы куәлігін алған жағдайда 3х4 түрлі-түсті үш фотосурет, аңшы куәлігін қайта ресімдеген немесе (аңшы куәлігінің төлнұсқасын) алған жағдайда 3х4 бір түрлі-түсті бір фотосурет;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) сертификаттың электрондық көшірмесі.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке басын куәландыратын құжаттар туралы мәліметтерді, аңшы куәлігін (аңшы куәлігінің төлнұсқасын) беру (қайта ресімдеу) үшін төлем туралы құжатты көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6764,208 +6875,224 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Заңның 19-1-бабы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-тармағының</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1) және 2) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден мынадай негіздер бойынша бас тартады:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) мемлекеттік қызметті көрсету үшін қажетті көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызмет стандартының 8-тармағында көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="530" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9907" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -7142,353 +7269,361 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығы _____________________________________________________  (филиал немесе өкілдік)  № _____аңшылың есепке алу карточкасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3584"/>
-        <w:gridCol w:w="8716"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3584" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1790700" cy="2159000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1790700" cy="2159000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-            <w:tcW w:w="8716" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Тегі ____________________________________________________ </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аты___________ Әкесінің аты (бар болған жағдайда) ___________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Туылған күні _____ жылғы "__"____________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Жеке басын куәландыратын құжаттың деректері ______________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйінің мекенжайы, телефоны_______________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшы өтілі _____________ жылдан бастап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3584" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшы өтілі _____________ жылдан бастап.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7570,66 +7705,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.Сұқпа суық қарудың бар-жоғы туралы мәлiметтер</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2050"/>
-        <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2050"/>
-        <w:gridCol w:w="2840"/>
-        <w:gridCol w:w="2840"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7657,51 +7793,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығарылған жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7729,87 +7865,87 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерекше белгілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алынған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7832,246 +7968,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.Аңшылық иттерді, аушы жыртқыш құстарды тіркеу</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3555"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1016"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түрі, тұқымы, түсі, таңбаның, сақинаның, микрочиптің нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туылған жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2426" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иттің ветеринариялық паспорты, аушы жыртқыш құстың паспорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итті аң аулауға жіберу туралы белгі, аушы жыртқыш құсты ұстау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1015" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алынған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1016" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8094,135 +8231,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепке алынғаны және есептен шығарылғаны туралы белгі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3262"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5776"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепке алынды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептен шығарылды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5776" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8473,737 +8611,696 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       республикалық қауымдастығы филиалының немесе өкілдігінің атауы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1020"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1022"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшының тегi, аты, әкесiнiң аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрақты тұратын жерiнiң мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аңшы куәлiгiнiң нөмiрi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тіркелген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жауапты адамның қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1935" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1021" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
-[...228 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Филиалдың немесе өкілдіктің басшысы _________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9277,63 +9374,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9655,35 +9774,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId7"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>