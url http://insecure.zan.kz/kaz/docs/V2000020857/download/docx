--- v0 (2025-11-26)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fd9065e" w14:textId="fd9065e">
+    <w:p w14:paraId="b6827d6" w14:textId="b6827d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4950,50 +4950,88 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шетелде баланың тууын мемлекеттік тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/575</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5637,349 +5675,241 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туу туралы куәлік немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...14 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z18" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет жеке тұлғаларға Қазақстан Республикасының Салық кодексіне және "Шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген) сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="ff0000"/>
-[...147 lines deleted...]
-          </w:tcPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет жеке тұлғаларға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
-[...95 lines deleted...]
-              <w:t xml:space="preserve"> (Салық кодексі) сәйкес реттеледі.</w:t>
+Консулдық алымды төлеуден босату шарты Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7047,68 +6977,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шетелде неке қиюды (ерлі-зайыпты болуды) мемлекеттік тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымшаға өзгеріс енгізілді - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/575</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7770,150 +7738,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неке қию (ерлі-зайыпты болу) туралы куәлік немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7972,147 +7840,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет жеке тұлғаларға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Салық кодексі) және "Шет мемлекеттің аумағында консулдық іс-әрекеттер жасағаны үшін консулдық алым ставкаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+Мемлекеттік қызмет жеке тұлғаларға Қазақстан Республикасының Салық кодексіне және "Шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 тіркелген).</w:t>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген) сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Консулдық алымды төлеуден босату шарты "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Салық кодексі) сәйкес реттеледі.</w:t>
+Консулдық алымды төлеуден босату шарты Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9202,104 +9050,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шетелде некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымшаға өзгеріс енгізілді - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/575</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9981,150 +9849,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Некені (ерлі-зайыптылықты) бұзу туралы куәлік немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10183,137 +9951,117 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет жеке тұлғаларға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Салық кодексі) және "Шет мемлекеттің аумағында консулдық іс-әрекеттер жасағаны үшін консулдық алым ставкаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+Мемлекеттік қызмет жеке тұлғаларға Қазақстан Республикасының Салық кодексіне және "Шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 тіркелген).</w:t>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген) сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Консулдық алымды төлеуден босату шарты "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы </w:t>
-[...9 lines deleted...]
-              <w:t>Кодексіне</w:t>
+Консулдық алымды төлеуден босату шарты Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11525,1829 +11273,65 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Шетелде қайтыс болуды мемлекеттік тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
-      </w:r>
-[...1762 lines deleted...]
-        <w:t xml:space="preserve"> "Шетелде азаматтық хал актілерін тіркеу туралы қайталама куәліктер мен анықтамалар беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13364,231 +11348,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтің атауы: "Шетелде азаматтық хал актілерін тіркеу туралы қайталама куәліктер мен анықтамалар беру".</w:t>
-[...179 lines deleted...]
-9. Некеге құқық қабілеттілігі туралы анықтама беру.</w:t>
+Мемлекеттік қызметтің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Шетелде қайтыс болуды мемлекеттік тіркеу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13733,88 +11555,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметті ұсыну тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтің барлық кіші түрлері бойынша – көрсетілетін қызметті беруші арқылы.</w:t>
+1) көрсетілетін қызметті беруші арқылы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13847,105 +11687,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі:</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған күнінен бастап көрсету мерзімі – 3 (үш) жұмыс күні ішінде.</w:t>
-[...17 lines deleted...]
-АХАЖ АЖ-да акт жазбасы болмаған кезде қызмет көрсету мерзімі көрсетілетін қызметті алушыны 3 (үш) күнтізбелік күн ішінде (өтінішті қарау мерзімі ұзартылған кезде) хабардар ете отырып, күнтізбелік 20 (жиырма) күннен аспайтын мерзімге ұзартылады.</w:t>
+Жеке тұлғаның (бұдан әрі – көрсетілетін қызметті алушы) құжаттар топтамасын тапсырған күнінен бастап көрсетілетін қызметті берушіге көрсету мерзімі – 3 (үш) жұмыс күні, портал арқылы өтініш берген кезде бір жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14014,51 +11836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтің барлық кіші түрлері бойынша – қағаз түрінде.</w:t>
+Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14127,1122 +11949,998 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азаматтық хал актілерін мемлекеттік тіркеу туралы қайталама куәлік немесе анықтама не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Қайтыс болуы туралы куәлік немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу әдісі</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет жеке тұлғаларға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
+1) көрсетілетін мемлекеттік қызметті берушінің жұмыс кестесі – Қазақстан Республикасының Еңбек </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Салық кодексі) және "Шет мемлекеттің аумағында консулдық іс-әрекеттер жасағаны үшін консулдық алым ставкаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 09:00-ден 18:30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды қабылдауды көрсетілетін қызметті беруші сағат 09:30-дан 12:30-ға дейін, ал мемлекеттік қызмет көрсету нәтижелерін беруді сағат 16:00-ден 17:00-ге дейін жүзеге асырады. Сәрсенбі – қабылдамайтын күн.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Климаты ыстық және ылғалды шет мемлекеттерде көрсетілетін мемлекеттік қызметті берушінің жұмыс кестесі жергілікті жағдайларға қатысты белгіленеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз, кезек күту тәртібімен жүзеге асырылады, көрсетілетін қызметті берушінің интернет-ресурсы арқылы кезекті броньдауға болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайлары: Қазақстан Республикасы Сыртқы істер министрлігінің www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Кодекске сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...92 lines deleted...]
-Мемлекеттік қызметті көрсету орындарының мекенжайлары: Қазақстан Республикасы Сыртқы істер министрлігінің www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+              <w:t>
+1. Көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Шетелде азаматтық хал актілерін мемлекеттік тіркеу саласында мемлекеттік қызмет көрсету, сондай-ақ азаматтық хал актілерін тіркеу туралы қайталама куәліктер мен анықтамалар беру қағидаларының (бұдан әрі – Қағидалар) 15-қосымшасына сәйкес қайтыс болуды мемлекеттік тіркеу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) медициналық ұйым берген қайтыс болуы туралы белгіленген нысандағы құжат немесе қайтыс болу фактісін анықтау туралы немесе адамды қайтыс болды деп жариялау туралы сот шешімі (салыстыру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Қазақстан Республикасы азаматының паспорты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушының өкілі өтініш білдірген жағдайда нотариалды куәландырылған сенімхат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қажет болған жағдайда жақын туыстығын растайтын құжат (салыстыру үшін).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қайтыс болуды мемлекеттік тіркеу туралы электрондық өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) медициналық ұйым берген қайтыс болу туралы белгіленген нысандағы құжаттың электрондық көшірмесі не қайтыс болу фактісін анықтау туралы немесе адамды қайтыс болды деп жариялау туралы сот шешімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) қажет болған жағдайда жақын туыстықты растайтын құжаттың электрондық көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет мемлекеттің құзыретті мекемесі не оған арнайы уәкілетті тұлға өз құзыреті шегінде және белгіленген нысан бойынша берген немесе куәландырған шет мемлекеттің елтаңбалы мөрімен бекітілген құжаттар арнайы куәлік (заңдастыру немесе апостильдеу) рәсімінен өткеннен кейін ғана қабылданады (Қазақстан Республикасы Жоғарғы Кеңесінің 1993 жылғы 31 наурыздағы қаулысымен ратификацияланған, 1993 жылғы 22 қаңтарда Минск қаласында жасалған Азаматтық, отбасылық және қылмыстық істер бойынша құқықтық көмек пен құқықтық қатынастар туралы конвенцияға және Қазақстан Республикасының Заңымен ратификацияланған, 2002 жылғы 7 қазанда Кишинев қаласында жасалған Азаматтық, отбасылық және қылмыстық істер бойынша құқықтық көмек пен құқықтық қатынастар туралы конвенцияға қатысушы елдер үшін талап етілмейді).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасынан тыс тиісті шет мемлекеттің тілінде берілген құжаттар мемлекеттік немесе орыс тіліне аударылуға жатады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет үшін қажетті құжаттар тізбесі</w:t>
+Қазақстан Республикасының заңнамасында айқындаған мемлекеттік қызметті көрсетуден бас тарту негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге:</w:t>
-[...53 lines deleted...]
-3) туу/некеге тұру/некені бұзу/қайтыс болу туралы алғашқы куәлік (бар болса);</w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігінің белгілі болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған деректердің және мәліметтердің осы Қағидалардың 6-тарауындағы талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) көрсетілетін қызметті алушының өкілі жүгінген жағдайда нотариалды куәландырылған сенімхат; </w:t>
-[...89 lines deleted...]
-Қазақстан Республикасынан тыс тиісті шет мемлекеттің тілінде берілген құжаттар мемлекеттік немесе орыс тіліне аударылуға жатады.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімнің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту негіздері</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігінің белгілі болуы;</w:t>
-[...168 lines deleted...]
-Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Мемлекеттік қызметті көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары www.​gov.​kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген, мемлекеттік қызметті көрсету мәселелері жөніндегі бірыңғай байланыс орталығының нөмірі – 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары www.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген, мемлекеттік қызметті көрсету мәселелері жөніндегі бірыңғай байланыс орталығының нөмірі – 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15281,1126 +12979,1941 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Шетелде азаматтық хал </w:t>
+              <w:t>Шетелде азаматтық хал</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">актілерін мемлекеттік тіркеу </w:t>
+              <w:t>актілерін мемлекеттік тіркеу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтерді көрсету </w:t>
+              <w:t>қызметтерді көрсету қағидаларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Шетелде азаматтық хал актілерін тіркеу туралы қайталама куәліктер мен анықтамалар беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаға өзгеріс енгізілді - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/575</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтің атауы: "Шетелде азаматтық хал актілерін тіркеу туралы қайталама куәліктер мен анықтамалар беру".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Туу туралы қайталама куәлік беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Неке қию (ерлі-зайыпты болу) туралы қайталама куәлік беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Некені (ерлі-зайыптылықты) бұзу туралы қайталама куәлік беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қайтыс болу туралы қайталама куәлік беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Туу туралы анықтама беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Неке қию (ерлі-зайыпты болу) туралы анықтама беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Некені (ерлі-зайыптылықты) бұзу туралы анықтама беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8. Қайтыс болуы туралы анықтама беру; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Некеге құқық қабілеттілігі туралы анықтама беру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының шет елдердегі мекемелері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...222 lines deleted...]
-              <w:t>_______________</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті ұсыну тәсілдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтің барлық кіші түрлері бойынша – көрсетілетін қызметті беруші арқылы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған күнінен бастап көрсету мерзімі – 3 (үш) жұмыс күні ішінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АХАЖ АЖ-да акт жазбасы болмаған кезде қызмет көрсету мерзімі көрсетілетін қызметті алушыны 3 (үш) күнтізбелік күн ішінде (өтінішті қарау мерзімі ұзартылған кезде) хабардар ете отырып, күнтізбелік 20 (жиырма) күннен аспайтын мерзімге ұзартылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтің барлық кіші түрлері бойынша – қағаз түрінде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азаматтық хал актілерін мемлекеттік тіркеу туралы қайталама куәлік немесе анықтама не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет жеке тұлғаларға Қазақстан Республикасының Салық кодексіне және "Шет мемлекеттің аумағында консулдық әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген) сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Консулдық алымды төлеуден босату шарты Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Салық кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін мемлекеттік қызметті берушінің - Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 09:00-ден 18:30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды қабылдауды көрсетілетін қызметті беруші сағат 09:30-дан 12:30-ға дейін, ал мемлекеттік қызмет көрсету нәтижелерін беруді сағат 16:00-ден 17:00-ге дейін жүзеге асырады. Сәрсенбі – қабылдамайтын күн.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Климаты ыстық және ылғалды шет мемлекеттерде көрсетілетін мемлекеттік қызметті берушінің жұмыс кестесі жергілікті жағдайларға қатысты белгіленеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызмет алдын ала жазылусыз және жедел қызмет көрсетусіз, кезек күту тәртібімен жүзеге асырылады, көрсетілетін қызметті берушінің интернет-ресурсы арқылы кезекті брондауға болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайлары: Қазақстан Республикасы Сыртқы істер министрлігінің www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызмет үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Шетелде азаматтық хал актілерін мемлекеттік тіркеу саласында мемлекеттік қызмет көрсету, сондай-ақ азаматтық хал актілерін тіркеу туралы қайталама куәліктер мен анықтамалар беру қағидаларына (бұдан әрі - Қағидалар) 17-қосымшаға сәйкес туу, неке қию (ерлі-зайыпты болу), некені (ерлі-зайыптылықты) бұзу, қайтыс болу туралы және некеге құқық қабілеттілігі туралы қайталама куәлік (анықтама) беру туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (салыстыру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) туу/некеге тұру/некені бұзу/қайтыс болу туралы алғашқы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) көрсетілетін қызметті алушының өкілі жүгінген жағдайда нотариалды куәландырылған сенімхат; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) консулдық алымның төленгенін растайтын құжаттың түпнұсқасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қайтыс болу туралы қайталама куәлік (анықтама) алу туралы өтініш берілген жағдайда қосымша қайтыс болған адаммен туыстығын растайтын құжаттардың көшірмелері беріледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Некеге құқық қабілеттілігі туралы анықтаманы алу үшін, егер көрсетілетін қызметті алушы Қазақстан Республикасынан тыс жерде некеде тұрса (ерлі-зайыпты болса), некені (ерлі-зайыптылықты) бұзу туралы куәліктің немесе жұбайының (зайыбының) қайтыс болуы туралы куәліктің көшірмелері қосымша қоса беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет мемлекеттің құзыретті мекемесі не оған арнайы уәкілетті тұлға өз құзыреті шегінде және белгіленген нысан бойынша берген немесе куәландырған шет мемлекеттің елтаңбалы мөрімен бекітілген құжаттар арнайы куәлік (заңдастыру немесе апостильдеу) рәсімінен өткеннен кейін ғана қабылданады (Қазақстан Республикасы Жоғарғы Кеңесінің 1993 жылғы 31 наурыздағы қаулысымен ратификацияланған, 1993 жылғы 22 қаңтарда Минск қаласында жасалған Азаматтық, отбасылық және қылмыстық істер бойынша құқықтық көмек пен құқықтық қатынастар туралы конвенцияға және Қазақстан Республикасының Заңымен ратификацияланған, 2002 жылғы 7 қазанда Кишинев қаласында жасалған Азаматтық, отбасылық және қылмыстық істер бойынша құқықтық көмек пен құқықтық қатынастар туралы конвенцияға қатысушы елдер үшін талап етілмейді).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасынан тыс тиісті шет мемлекеттің тілінде берілген құжаттар мемлекеттік немесе орыс тіліне аударылуға жатады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігінің белгілі болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған деректердің және мәліметтердің осы Қағидалардың 6-тарауындағы талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімнің болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Мемлекеттік қызметті көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары www.​gov.​kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген, мемлекеттік қызметті көрсету мәселелері жөніндегі бірыңғай байланыс орталығының нөмірі – 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
-[...704 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16434,155 +14947,1124 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20____жылғы "____" ________</w:t>
+              <w:t xml:space="preserve">Шетелде азаматтық хал </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қолы _______________________</w:t>
+              <w:t xml:space="preserve">актілерін мемлекеттік тіркеу </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтерді көрсету </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шет елдердегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мекемесінің атауы) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(өтініш берушінің аты, әкесінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (бар болса), тегі)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекен жайы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>телефон нөмірі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> _________________________________________________________________  (өтініш қабылдаушы лауазымды тұлғаның аты, әкесінің аты (бар болса), тегі)  Журнал бойынша нөмірі ____  ------------------------------------------------------------------------------------------------  (жыртып алу сызығы)</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Баланың тууын мемлекеттік тіркеу туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20 __ жылы "___" _________ қарауға қабылданған туу тіркеу туралы өтініш </w:t>
+      Бала туралы мәлімет: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қарау нәтижелері 20___ жылы "____" ___________ хабарланатын болады </w:t>
+      Аты _____________________ Әкесінің аты (бар болса) ________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Маман _____________________________________________________ </w:t>
+      Тегі ___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Туған күні 20 ____ жылғы "____" __________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жынысы _______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Баланың туған жері ______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Саны бойынша анасының нешінші баласы __________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Баланың туу фактін растайтын құжат туралы мәлімет _________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Баланың заңды мекенжайы _______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Баланың жеке сәйкестендіру нөмірі бар болса _______________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Анасы туралы мәлімет: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аты ______________________ Әкесінің аты (бар болса) _______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тегі ___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Туған күні 20____жылғы "____" __________, ұлты____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жасы _______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Азаматтығы ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білімі __________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмыс орны және лауазымы ______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отбасылық жағдайы _________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Некені (ерлі-зайыптылықты) тіркеу күні мен орны ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Неке (ерлі-зайыптылық) туралы актілік жазбаның нөмірі ______________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      Заңды мекенжайы ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әкесі туралы мәлімет: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аты ________________ Әкесінің аты (бар болса) _____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тегі ___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Туған күні 20____жылғы "____" ____________ ұлты __________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жасы __________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Азаматтығы ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білімі ________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жұмыс орны және лауазымы ______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отбасылық жағдайы ___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Некені (ерлі-зайыптылықты) тіркеу күні мен орны ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Неке (ерлі-зайыптылық) туралы актілік жазбаның нөмірі ______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңды мекенжайы ___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>491-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жалған мағлұмат берген үшін әкімшілік жаза тағайындалатыны туралы ескертілдім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректеріме қол жеткізуге келісімімді беремін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16618,50 +16100,234 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>20____жылғы "____" ________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолы _______________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________  (өтініш қабылдаушы лауазымды тұлғаның аты, әкесінің аты (бар болса), тегі)  Журнал бойынша нөмірі ____  ------------------------------------------------------------------------------------------------  (жыртып алу сызығы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20 __ жылы "___" _________ қарауға қабылданған туу тіркеу туралы өтініш </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қарау нәтижелері 20___ жылы "____" ___________ хабарланатын болады </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Маман _____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Шетелде азаматтық хал </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">актілерін мемлекеттік тіркеу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -16754,68 +16420,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініштердің есебін жүргізу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -18106,68 +17772,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20 __ жылғы "___"__________.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бір жасқа толған немесе одан асқан баланың тууын мемлекеттік тіркеу туралы қорытынды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19167,68 +18833,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Елтаңбалы бланкілерінің берілу есебін жүргізу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -20689,68 +20355,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мекенжайы: _________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі ______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әке болуды анықтаумен байланысты туу туралы мемлекетті тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен ____________________________________ өзімді, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22120,68 +21786,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________ тағайындалды.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қолы _____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Некеге отыру (ерлі-зайыпты болу) туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -25288,68 +24954,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мекенжайы: ________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі _____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Неке (ерлі-зайыптылық) жасын төмендету туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қызымның/ұлымның неке (ерлі-зайыптылық) жасын төмендетуіңізді сұраймыз </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26073,68 +25739,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20 ___ жылғы "____" _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Неке (ерлі-зайыптылық) жасын төмендету не бас тарту туралы қорытынды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27194,68 +26860,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="86"/>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Біз, төменде қол қоюшылар, өзара келісім бойынша некені бұзуды сұраймыз. Кәмелетке толмаған балаларымыз және мүлікті бөлумен байланысты дауларымыз жоқ.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -30242,51 +29908,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 15-қосымша жаңа редакцияда - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/575</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________ некені (ерлі- зайыптылықты)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -33488,51 +33154,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 15-1-қосымшамен толықтырылды - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11-1-4/575</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________некені (ерлі-зайыптылықты)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -36650,68 +36316,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:bookmarkStart w:name="z109" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайтыс болуды мемлекеттік тіркеу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайтыс болуды мемлекеттік тіркеуіңізді сұраймын _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37578,68 +37244,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі _____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Туу туралы қайталама куәлік (анықтама) беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Туу туралы қайталама куәлік (анықтама) беруді (салып жіберуді) сұраймын. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -38387,68 +38053,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Неке қию (ерлі-зайыпты болу) туралы қайталама куәлік (анықтама) беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Неке қию туралы қайталама куәлік (анықтама) беруді (салып жіберуді) сұраймын. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39070,68 +38736,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Некені (ерлі-зайыптылықты) бұзу туралы қайталама куәлік (анықтама) беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Неке бұзу туралы қайталама куәлік (анықтама) беруді (салып жіберуді) сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39897,68 +39563,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайтыс болу туралы қайталама куәлік (анықтама) беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайтыс болу туралы қайталама куәлік (анықтама) беруді (салып жіберуді) сұраймын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40472,68 +40138,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон нөмірі______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:bookmarkStart w:name="z115" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Некеге құқық қабілеттілігі туралы анықтама беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Некеге құқық қабілеттілігі туралы анықтама беруді (салып жіберуді) сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41070,68 +40736,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Туу туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат(ша) ________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41855,68 +41521,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Неке қию (ерлі-зайыпты болу) туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат ________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42802,68 +42468,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Некені (ерлі-зайыптылықты) бұзғаны туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат ________________________________________ туған</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43677,68 +43343,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қайтыс болу туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат (ша) ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44360,68 +44026,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Шет мемлекеттің құзыретті </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>органдарына ұсыну үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="97"/>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Некеге құқық қабілеттілігі туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -44957,55 +44623,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>