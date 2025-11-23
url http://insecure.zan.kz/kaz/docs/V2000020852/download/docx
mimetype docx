--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc59492" w14:textId="dc59492">
+    <w:p w14:paraId="96a7ab2" w14:textId="96a7ab2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,89 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 11 маусымдағы № 242 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 маусымда № 20852 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбында және бүкіл мәтін бойынша "сыйлықтарды" деген сөз "сыйлықақыларды" деген сөзбен ауыстырылды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -224,51 +262,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету қағидалары осы бұйрыққа </w:t>
+      1. Қоса беріліп отырған "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету қағидалары осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
@@ -781,51 +819,51 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету қағидалары</w:t>
+        <w:t xml:space="preserve"> "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 24.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -857,111 +895,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z33" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету </w:t>
+      1. Осы "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету (бұдан әрі – мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету (бұдан әрі – мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z34" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Мемлекеттік қызметті аграрлық ғылым саласындағы сыйлықтарды қоспағанда, Қазақстан Республикасы Ғылым және жоғары білім министрлігі Қазақстан Республикасы Президентінің жанындағы "Қазақстан Республикасының Ұлттық ғылым академиясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – көрсетілетін қызметті беруші) жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) осы </w:t>
+      2. Мемлекеттік қызметті аграрлық ғылым саласындағы сыйлықақыларды қоспағанда, Қазақстан Республикасы Ғылым және жоғары білім министрлігі Қазақстан Республикасы Президентінің жанындағы "Қазақстан Республикасының Ұлттық ғылым академиясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – көрсетілетін қызметті беруші) жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z35" w:id="13"/>
     <w:p>
@@ -975,374 +1013,782 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z36" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы тұрғылықты жері бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация) арқылы "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптар тізбесінің (бұдан әрі – Негізгі талаптар тізбесі) 8-тармағында көзделген құжаттар тізбесін осы Қағидаларға </w:t>
+      3. Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы Ұлттық инновациялық жүйенің "Бірыңғай терезесі" (astanahub.com) (бұдан әрі – ҰИЖБТ) ақпараттандыру объектісінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушіге ұсынады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша дербес деректерге қол жеткізуді мемлекеттік бақылау сервисі арқылы алынған дербес деректерді жинауға, өңдеуге келісіммен өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      ҰИЖБТ-те ғылым саласындағы сыйлықақылар, мемлекеттік ғылыми стипендиялар алу үшін жұмыстарды қабылдауға өтініш, жеке тұлғаның дербес деректері "Жеке тұлғалар" Мемлекеттік деректер қоры" ақпараттық жүйесімен интеграциялау арқылы автоматты түрде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, оның ішінде мемлекеттік қызмет көрсету тәсілдері, мерзімі, нысаны, нәтижесі, сондай-ақ мемлекеттік қызметтер көрсету ерекшеліктері ескерілген өзге де ақпарат осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Негізгі талаптар тізбесінде жазылған.</w:t>
+      Верификация қорытындысы бойынша ҰИЖБТ "Жоғары білім берудің бірыңғай платформасы" (бұдан әрі – ЖББП) ақпараттық жүйесінен академиялық немесе ғылыми дәрежесі туралы диплом бойынша мәліметтерді сұратады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ғылым саласындағы сыйлықақыны, мемлекеттік ғылыми стипендияны таңдағаннан кейін көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сауалнама деректерін толтырады және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға жұмыстарды қабылдау" мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптар тізбесінің 8-тармағында көзделген талап етілетін құжаттарды қоса береді (бұдан әрі – Негізгі талаптар тізбесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құжаттар ғылым саласындағы сыйлықақыларды алу үшін құжаттарды ресімдеу талаптарына және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген мемлекеттік ғылыми стипендияларды алу үшін құжаттарды ресімдеу талаптарына сәйкес ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖББП-да мәліметтер болмаған немесе дұрыс болмаған жағдайда деректерді көрсетілетін қызметті алушы қолмен толтырады, мәліметтерді растайтын құжаттардың электрондық көшірмелері өтінішке қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметті көрсету тәсілдерін, оны көрсету мерзімін, нысаны мен нәтижесін қамтитын мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер Негізгі талаптар тізбесінде баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z37" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      4. Құжаттарды қабылдау мерзімі – республикалық бұқаралық ақпарат құралдарында ғылым саласындағы сыйлықақылар мен мемлекеттік ғылыми стипендияларды алу конкурсы туралы хабарландыру жарияланған күннен бастап күнтізбелік 30 (отыз) күн.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының өтінімге қол қойған күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімді қайтарып алуды көрсетілетін қызметті алушы ҰИЖБТ-де өзінің жеке кабинеті арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы арқылы өтінішке қол қойылғаннан кейін өтініш көрсетілетін қызметті берушінің автоматтандырылған жұмыс орнына (бұдан әрі – АЖО) көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі қызметкерінің қарауына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік корпорацияның қызметкері ұсынылған құжаттарды қабылдайды және көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат береді не көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған кезде, көрсетілетін қызметті алушыға құжаттарды қабылдаудан бас тартады және осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      6. Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері (бұдан әрі – көрсетілетін қызметті беруші қызметкері) АЖО арқылы 2 (екі) жұмыс күні ішінде өтінімді қабылдауды растайды, содан кейін ҰИЖБТ арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушыға мемлекеттік қызмет көрсету нәтижесі (бұдан әрі – мемлекеттік қызмет көрсету нәтижесі) ретінде растауды жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      7. Негізгі талаптар тізбесінің 9-тармағында көзделген мемлекеттік қызмет көрсетуден бас тартуға негіздер болған кезде көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ алдын ала шешім бойынша өз ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты, орны және тәсілі туралы хабарлайды. Хабарлама (ескертпе) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мәтіндік хабарламамен көрсетілетін қызметті алушының жеке кабинеті арқылы ҰИЖБТ-ға және көрсетілетін қызметті алушының электрондық мекенжайына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Алматы қаласы бойынша Мемлекеттік корпорациясына жүгінген жағдайда Мемлекеттік корпорация қызметкері 1 (бір) жұмыс күні ішінде құжаттар топтамасын көрсетілетін қызметті берушіге курьер арқылы жолдайды.</w:t>
+      Алдын ала шешім бойынша көрсетілетін қызметті алушының қарсылығы көрсетілетін қызметті берушімен ол жіберілген күннен бастап 2 (екі) жұмыс күні ішінде (жіберілген күнді қоса алғанда) қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басқа өңірлердің Мемлекеттік корпорациясына жүгінген жағдайда Мемлекеттік корпорация қызметкері 7 (жеті) жұмыс күні ішінде құжаттар топтамасын пошталық байланыс арқылы көрсетілетін қызметті берушіге жеткізеді.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде (тыңдау өткізілген күнді қоса алғанда) мемлекеттік қызметті көрсету туралы шешім қабылдайды не Негізгі талаптар тізбесінің 9-тармағында көзделген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер болған кезде дәлелді бас тартуды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік корпорацияның барлық өңірлерде құжаттарды қабылдау кезеңі – республикалық бұқаралық ақпарат құралдарында ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алу конкурсы туралы хабарландыру жарияланған күнінен бастап күнтізбелік 30 (отыз) күн.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы Мемлекеттік корпорацияға жүгінген күн мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
-[...151 lines deleted...]
-      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші мемлекеттік қызмет көрсету туралы шешім қабылдайды не дәлелді бас тартуды дайындайды.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету нәтижесін басқа өңірлердің не Алматы қаласының Мемлекеттік корпорациясына мемлекеттік қызметтерді көрсету мерзімі аяқталғанға дейін кемінде бір тәулік бұрын жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z42" w:id="20"/>
     <w:p>
       <w:pPr>
@@ -1744,262 +2190,1066 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ғылым саласындағы </w:t>
+              <w:t>"Ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сыйлықтарды, мемлекеттік </w:t>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ғылыми стипендияларды</w:t>
+              <w:t>ғылыми стипендияларға үміткер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алуға ұсынылған жұмыстарды </w:t>
+              <w:t>жұмыстарды қабылдау"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қабылдау" мемлекеттік қызметін </w:t>
+              <w:t>мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Президенті жанындағы "Қазақстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының Ұлттық ғылым академиясы" коммерциялық емес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>акционерлік қоғамы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол болған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда): _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі (ЖСН):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________  Көрсетілетін қызметті алушының </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы:_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушының телефон нөмірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптар тізбесі</w:t>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен, _______________ (тегі, аты, әкесінің аты (ол болған жағдайда)), ғылым саласындағы сыйлықақыны / мемлекеттік ғылыми стипендияны алу конкурсына қатысу үшін құжаттар топтамасын қабылдауды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініш берілген күні: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                             ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен заңмен қорғалатын құпия мәліметтерді пайдалануға, менің дербес деректерімді жинауға, өңдеуге, сондай-ақ оларды Қазақстан Республикасы Президентінің жанындағы "Қазақстан Республикасының Ұлттық ғылым академиясы" коммерциялық емес акционерлік қоғамына (БСН 230440024058) "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызметін көрсету аясында "Ұлттық инновациялық жүйенің Бірыңғай терезесі" (astanahub.com) ақпараттық жүйесі арқылы ұсынуға келісімімді беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дербес деректерді шетелге трансшекаралық беру фактісі жоқ екенін, сондай-ақ дербес деректердің жалпыға қолжетімді көздерде таратылмағанын хабарлаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жиналатын деректер тізбесі: Тегі, аты, әкесінің аты (ол болған жағдайда); жеке сәйкестендіру нөмірі (ЖСН); банктік реквизиттер; электрондық пошта; телефон нөмірі; білімі, академиялық немесе ғылыми дәрежесі туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынған ақпараттың дұрыстығын растаймын және Қазақстан Республикасының заңнамасына сәйкес жалған мәліметтер мен қолдан жасалған құжаттар ұсынғаным үшін жауапкершілік туралы хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми стипендияларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер жұмыстарды қабылдау"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ғылым саласындағы сыйлықақы алуға ұсынылған жұмыстың сауалнамалық деректері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...84 lines deleted...]
-2) Мемлекеттік ғылыми стипендиялар алуға жұмыстарды қабылдау.</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тармақтың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ізденуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2032,88 +3282,84 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
-[...36 lines deleted...]
-            </w:r>
+Сыйлықақының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2145,88 +3391,84 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету тәсілдері</w:t>
-[...36 lines deleted...]
-            </w:r>
+Жұмыстың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2257,161 +3499,85 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...109 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">
+Ұсынушы ұйымның толық атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2443,1368 +3609,2591 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
-[...36 lines deleted...]
-            </w:r>
+Авторлар туралы ақпарат:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...112 lines deleted...]
-            </w:r>
+4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке сәйкестендіру нөмірі (ЖСН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...72 lines deleted...]
-            </w:r>
+4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...182 lines deleted...]
-            </w:r>
+4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...378 lines deleted...]
-            </w:r>
+4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...182 lines deleted...]
-            </w:r>
+4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрондық поштаның мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+негізгі жұмыс орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+негізгі жұмыс орнындағы лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасында танылған ғылыми дәреже</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+уәкілетті орган тағайындаған ғылыми атақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ResearcherID (РесҰрчерАйДи) идентификаторы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Scopus AuthorID (Скопус АвторАйДи) идентификаторы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ORCID (ОРКИД) идентификаторы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыстың қысқаша сипаттамасы (5000 таңбадан аспауы тиіс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыстың ғылыми жаңалығы және алынған нәтижелердің ғылым үшін маңызы (5000 таңбадан аспауы тиіс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алынған нәтижелердің практикалық маңыздылығы (жұмыстың экономикаға, қоғамға, денсаулық сақтау саласына, мәдениетке, саясатқа, мемлекеттік басқаруға, мемлекеттік қызметтерге, өндіріске, білім беруге, қоршаған ортаға әсері, 5000 таңбадан аспауы тиіс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс өткізілетін жылға дейінгі бес жылдық кезеңде (жас ғалымдар үшін-соңғы үш жылда) жұмыстың нәтижелері бойынша жарияланған бестен аспайтын негізгі ғылыми басылымдарының (монографиялар, монография бөлімдері, мақалалар, шолулар, қорғау құжаттары) деректері (түрі, атауы, DOI (ДОЙ), Web of Science Accession Number (Веб оф Сайенс Аксешн Намбер), Scopus EID (Скопус ЕАйДи), ISBN (АйЭсБиЭн), баспа, URL (ЮРЛ), авторлар арасындағы авторлар саны (m), жалпы авторлар саны (n), авторлық түрі, нөмірі (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+екінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үшінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төртінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бесінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өндіріске, мемлекеттік басқаруға, ғылыми кадрларды даярлауға, оқу процесіне, жедел және қызметтік-жауынгерлік қызметке енгізу актісі туралы деректер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
-[...72 lines deleted...]
-            </w:r>
+Ғылым саласындағы авторларға бұрын берілген атаулы сыйлықақылар туралы ақпарат (сыйлықақының атауын, жұмыстың атауын және берілген жылын көрсету арқылы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3842,129 +6231,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ғылым саласындағы </w:t>
+              <w:t>"Ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сыйлықтарды, мемлекеттік </w:t>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ғылыми стипендияларды</w:t>
+              <w:t>ғылыми стипендияларға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алуға ұсынылған жұмыстарды </w:t>
+              <w:t>үміткер жұмыстарды қабылдау"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қабылдау" мемлекеттік қызметін</w:t>
+              <w:t>мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3995,370 +6384,4030 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік ғылыми стипендияны алуға үміткердің сауалнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...87 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 20-бабының </w:t>
-[...219 lines deleted...]
-    </w:p>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тармақтың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ізденуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>толтырады)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ғылыми стипендияның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми бағыттың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұсынушы ұйымның толық атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ізденуші туралы ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке сәйкестендіру нөмірі (ЖСН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрондық пошта мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+негізгі жұмыс (оқу) орны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+негізгі жұмыс (оқу) орнындағы лауазымы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылыми және (немесе) ғылыми-педагогикалық жұмыс өтілі немесе оқу жылы (докторанттар үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ResearcherID (РесҰрчерАйДи) идентификаторы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Scopus AuthorID (Скопус АвторАйДи) идентификаторы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ORCID (ОРКИД) идентификаторы (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасында танылған ғылыми дәреже</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылыми дәреже берілген жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+уәкілетті орган тағайындаған ғылыми атақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғылыми атақ берілген жыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соңғы бес жылдағы (екі жобадан және/немесе бағдарламадан аспайтын) ғылыми жобалар мен бағдарламаларға басшылық жасау туралы мәліметтер: жеке сәйкестендіру нөмірі (ЖСН), тақырыбы, іске асыру жылдары, қаржыландырушы ұйым) (талантты жас ғалымдарға мемлекеттік стипендия ізденушілер үшін талап етілмейді)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірінші жоба (немесе бағдарлама)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+екінші жоба (немесе бағдарлама) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соңғы бес жылдық кезеңде Қазақстан Республикасында философия докторы (PhD) немесе бейіні бойынша доктор дәрежесі берілген мамандарды даярлау туралы мәліметтер (дәреже иегерінің тегі, аты, әкесінің аты (ол болған жағдайда), отандық ғылыми кеңесшілер саны, диссертация тақырыбы, қорғау орны және күні (талантты жас ғалымдарға арналған мемлекеттік стипендия ізденушілеріне талап етілмейді.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конкурс өткізілетін жылға дейінгі бес жылдық кезеңде жұмыстың нәтижелері бойынша жарияланған бестен аспайтын негізгі ғылыми басылымдарының (монографиялар, монография бөлімдері, мақалалар, шолулар, қорғау құжаттары) деректері (түрі, атауы, DOI (ДОЙ), Web of Science Accession Number (Веб оф Сайенс Аксешн Намбер), Scopus EID (Скопус ЕАйДи), ISBN (АйЭсБиЭн), баспа, URL (ЮРЛ), авторлар арасындағы авторлар саны (m), жалпы авторлар саны (n), авторлық түрі, нөмірі (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+екінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+үшінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+төртінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бесінші ғылыми жарияланым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соңғы бес жылдағы өнеркәсіпке, мемлекеттік басқаруға, ғылыми кадрларды даярлауға, оқу процесіне, жедел, қызметтік-жауынгерлік қызметке енгізу актісі туралы деректер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күтілетін нәтижелерді, олардың ғылыми және қолданбалы маңыздылығын (5000 таңбадан аспауы тиіс) көрсете отырып, ғылыми қызмет бағдарламасы (тек талантты жас ғалымдарға мемлекеттік стипендия ізденушілер үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық ынтымақтастық туралы мәліметтер (шарттармен, келісімдермен, бірлескен жарияланымдармен расталған халықаралық әріптестермен ынтымақтастық) (талантты жас ғалымдарға мемлекеттік стипендия ізденушілер үшін ғана 5000 таңбадан аспауы тиіс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экономикаға, қоғамға, денсаулық сақтауға, мәдениетке, саясатқа, мемлекеттік басқаруға, мемлекеттік қызметтерге, өндіріске, білім беруге және қоршаған ортаға әсері (конкурс өткізілетін жылға дейінгі бес жылдық кезең ішінде) (5000 таңбадан аспауы тиіс, талантты жас ғалымдарға арналған мемлекеттік стипендия ізденушілеріне талап етілмейді)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ізденушіге бұрын тағайындалған мемлекеттік ғылыми стипендиялар туралы ақпарат (тағайындалған жылын көрсете отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4392,129 +10441,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ғылым саласындағы </w:t>
+              <w:t>"Ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сыйлықтарды, мемлекеттік </w:t>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ғылыми стипендияларды</w:t>
+              <w:t>ғылыми стипендияларға үміткер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алуға ұсынылған жұмыстарды </w:t>
+              <w:t>жұмыстарды қабылдау"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қабылдау" мемлекеттік қызметін</w:t>
+              <w:t>мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
-            </w:r>
-[...11 lines deleted...]
-              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4535,294 +10571,2371 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Ғылым саласындағы сыйлықақыларға, мемлекеттік ғылыми стипендияларға үміткер жұмыстарды қабылдау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 4-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтің атауы: "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік көрсетілетін қызметтің кіші түрлерінің атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ғылым саласындағы сыйлықақылар алуға жұмыстарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Мемлекеттік ғылыми стипендиялар алуға жұмыстарды қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берушінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Президентінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жанындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академиясы"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коммерциялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акционерлік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қоғамы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аграрлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыйлықақылардан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бұдан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...66 lines deleted...]
-              <w:t xml:space="preserve"> 20___ ж. "__"________</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижесін беру ұлттық инновациялық жүйенің "Бірыңғай терезе" (astanahub.com) ақпараттандыру объектісі арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (үш) жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы Қағидаларға 7-қосымшаға сәйкес нысан бойынша құжаттарды қабылдау туралы хабарлама немесе осы Қағидаларға 8-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан алдын ала бас тарту туралы хабарлама Тізбенің 9-тармағында көзделген негіздер бойынша көрсетілетін қызметті алушыны тыңдау рәсімін өткізе отырып жолданады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңнамасында көзделген жағдайларда, мемлекеттік қызмет көрсетілгені үшін көрсетілетін қызметті алушыдан алынатын ақы мөлшері және оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тегін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің және ақпараттық жүйенің жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1)көрсетілетін қызметті беруші – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 8.00-ден 17.30-ға дейін, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен жұмыс істейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2)ақпараттық жүйе – өтініштерді қабылдау және дайын нәтижелерді беру ұлттық инновациялық жүйенің "Бірыңғай терезесі" ақпараттық жүйесі арқылы жүзеге асырылады (astanahub.com), өтінімдерді өңдеу Қазақстан Республикасының Еңбек кодексіне сәйкес мереке және демалыс күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 9.00-ден 18.00-ға дейін сағат жүргізіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылым саласындағы сыйлықақыларды алуға үміткерлер үшін құжаттар тізбесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) монографиялар, монографиялардағы тараулар, мақалалар, шолулар, патенттер, авторлық куәліктер түріндегі ғылыми жұмыс (бестен аспауы тиіс);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жұмыстың мазмұны, зерттеулердің өзектілігі мен жаңалығы, негізгі ғылыми нәтижелері, олардың маңыздылығы мен одан әрі пайдалану мүмкіндігі баяндалатын жұмыстың сипаттамасы (баспа бетінің жартысынан аспайтын);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жұмысты ұсынған ұйымның консультативтік-кеңесші органы отырысының хаттамасынан үзінді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) сыйлықақы алуға кандидаттың негізгі жұмыс орнынан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) сыйлықақы алуға кандидаттың шығармашылық үлесін көрсете отырып, оның ғылыми қызметінің қысқаша сипаттамасы (ұжымдық жұмыстар үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) конкурсқа ұсынылған жұмыстың бұрын республикалық бюджет қаражатынан төленетін сыйлықақыларға ие болмағанын куәландыратын жұмысты ұсынған ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) енгізу актісінің көшірмесі (ол болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) қолданыстағы жиырма таңбалы карталық шот туралы хабарлама.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы тармақтың 4), 5) және 6) тармақшаларында көрсетілген құжаттар сыйлықақы алуға кандидат жұмыстан босатылған кезде оның соңғы жұмыс орнынан ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ғылыми стипендияларды алуға ізденушілер үшін құжаттар тізбесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұйымның консультативтік-кеңесші органының дәлелді өтінішхаты (ұсынымы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мемлекеттік ғылыми стипендия алуға кандидаттың негізгі жұмыс орнынан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) мемлекеттік ғылыми стипендия алуға кандидаттың соңғы бес жылдағы ғылыми жарияланымдарының тізімі, сондай-ақ олардың ең маңыздыларының (бестен аспайтын) баспа-таңбасы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) енгізу актісінің көшірмесі (ол болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) ғылыми жобалар мен бағдарламаларға басшылықты растайтын құжаттар (ол болған жағдайда, талантты жас ғалымдарға мемлекеттік стипендия ізденушілер үшін талап етілмейді)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Қазақстан Республикасында философия докторы (PhD) немесе бейіні бойынша доктор (ол болған жағдайда, талантты жас ғалымдарға мемлекеттік стипендия ізденушілер үшін талап етілмейді);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) халықаралық ынтымақтастықты растайтын құжаттар (ол болған жағдайда, талантты жас ғалымдарға мемлекеттік ғылыми стипендия ізденушілер үшін ғана);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8) қолданыстағы жиырма сандық карталық шоты туралы хабарлама. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отандық баспа шығарған монография бойынша баспа мәтінінің екі бетіне дейінгі көлемде аннотация, титулдық парақтың көшірмесі, Шығыс деректері және кемінде екі рецензия ұсынылады. Шетелдік баспа шығарған монография бойынша баспа мәтінінің екі бетіне дейінгі көлемде аннотация, титулдық парақтың көшірмесі және шығыс деректері ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Монографияларда, монография бөлімдерінде, мақалалар мен шолуларда авторлар аффилиация ретінде Қазақстан ұйымын немесе Қазақстан Республикасын көрсетуі тиіс. Монографияның (оның ішінде бөлім жарияланған монографияның да) қысқаша сипаттамасы мен мазмұны ресми веб-сайтта орналастырылып, оны қайдан сатып алуға немесе оқуға болатыны туралы ақпарат қолжетімді болуы қажет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның жеке басын куәландыратын құжат туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мемлекеттік қызметті көрсету үшін талап етілетін келісу туралы сұрау салуға уәкілетті мемлекеттік органның теріс жауабы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) бар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімі бар, оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқығынан айырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты көрсетілетін қызметті берушінің анықтамалық қызметтері арқылы қашықтан қол жеткізу режимінде алу мүмкіндігі бар. Конкурстың ақпараттық жүйесіне қолдау көрсету қызметі – 1818.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...158 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4856,50 +12969,2249 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми стипендияларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер жұмыстарды қабылдау"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ғылым саласындағы сыйлықақыларды алуға құжаттарды ресімдеуге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 5-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жұмыстың сипаттамасында оның мазмұны, зерттеулердің өзектілігі мен жаңалығы, негiзгi ғылыми нәтижелерi, олардың маңыздылығы мен болашақта пайдалану мүмкіндігі баяндалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сипаттама титулдық беттен тұрады, онда жұмысты ұсынған ұйымның атауы, жұмыстың атауы, ізденушінің тегі мен инициалдары көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сипаттаманың көлемі 0,5 баспа бетінен аспауы тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ұсынушы ұйымның консультативтік-кеңесші органы отырысының хаттамасынан үзінді көшірмесінде авторлар ұжымының құрамы көрсетіле отырып, сыйлықақыға жұмысты ұсыну туралы шешім көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үзіндіге орган төрағасы мен хатшысы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Үміткердің негізгі жұмыс орнынан анықтамада келесі мәліметтер көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған жұмыстың атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ізденушінің тегі, аты, әкесінің аты (ол болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) туған жылы, айы, күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми дәрежесі мен атағы, мамандығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) атқаратын қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ізденушінің қызметтік және үй мекенжайлары мен телефон нөмірлері, электрондық пошта мекенжайы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анықтамаға ізденуші қол қояды және негізгі жұмыс (оқу) орны бойынша кадр бөлімі қызметкерінің қолымен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сыйлықақыға кандидаттың ғылыми қызметіне қысқаша сипаттама жұмысты ұсынған ұйымның басшысы тарапынан қол қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұжымдық жұмыстар үшін кандидаттың шығармашылық үлесі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жұмысты ұсынған ұйымнан анықтама, онда ұсынылған жұмыс бұрын республикалық бюджет қаражатынан төленетін сыйлықақыларға ие болмағаны расталуы керек, анықтамаға ұйым басшысы қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми стипендияларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер жұмыстарды қабылдау"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік ғылыми стипендияларды алуға конкурс материалдарын ресімдеуге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 6-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Консультативтік-кеңесші органның дәлелді өтінішхаты (ұсынымы) ізденушінің ғылымға қосқан үлесі, жетістіктері мен әзірлемелері, олардың жоғары бағаланғаны және практикаға енгізілгені туралы ақпаратты, сондай-ақ ізденушінің ұсынылу сәтіндегі күтілетін нәтижелер мен олардың ғылыми және қолданбалы маңыздылығын көрсете отырып, ғылыми қызметінің бағдарламасы туралы мәліметтерді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәлелді өтінішхаттың көлемі 5 (бес) баспа беттен аспауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Ізденушінің негізгі жұмыс орнынан анықтамада келесі мәліметтер көрсетіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тегі, аты, әкесінің аты (ол болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) туған жылы, айы, күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) негізгі жұмыс (оқу) орны және атқаратын лауазымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми және педагогикалық жұмыс өтілі немесе оқу жылы (докторанттар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ғылыми дәрежесі және оны алған уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) үй және қызметтік мекенжайы, телефон нөмірлері, электрондық пошта мекенжайы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Анықтамаға ізденуші қол қояды және толтыру күнін көрсете отырып, негізгі жұмыс (оқу) орны бойынша кадр бөлімі қызметкерінің қолымен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми стипендияларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер жұмыстарды абылдау"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік қызмет көрсету </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" ______ 20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              Құжаттарды қабылдау туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 7-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғылым саласындағы сыйлықақыға (мемлекеттік ғылыми стипендия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарды қабылдауды растаймыз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол болған жағдайда): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі (ЖСН): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушының электрондық поштасы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жұмыс атауы (ғылым саласындағы сыйлықақылар үшін):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қызметкерінің тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыйлықақыларға, мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми стипендияларға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үміткер жұмыстарды қабылдау"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" ______ 20___ ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (Тегі, аты, әкесінің аты (ол болған жағдайда), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (көрсетілетін қызметті алушының электрондық пошта мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Құжаттарды қабылдаудан бас тарту туралы алдын ала шешім туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 8-қосымшамен толықтырылды - ҚР Ғылым және жоғары білім министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-1-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Президенті жанындағы "Қазақстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республикасының Ұлттық ғылым академиясы" коммерциялық емес акционерлік қоғамы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Ғылым саласындағы сыйлықақыларға, мемлекеттік ғылыми стипендияларға үміткер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыстарды қабылдау" мемлекеттік қызметін көрсету үшін құжаттарды қабылдаудан бас </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тартады, себебі "Ғылым саласындағы сыйлықақыларға, мемлекеттік ғылыми стипендияларға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үміткер жұмыстарды қабылдау" мемлекеттік көрсетілетін қызметті көрсетуге қойылатын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі талаптар тізбесінің 9-тармағында көрсетілген келесі бас тарту негіздері бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. ______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. ______________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Материалдарды тыңдау рәсімін өткізу уақыты: _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Материалдарды тыңдау рәсімін өткізу орны: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Материалдарды тыңдау рәсімін өткізу тәсілі: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сілтеме (бейнебайланыс платформасы арқылы материалдарды тыңдау):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             қызметкерінің тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -4948,171 +15260,171 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрлігінің күші жойылған кейбір бұйрықтарының тізімі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 15 сәуірдегі № 206 </w:t>
+      1. "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 15 сәуірдегі № 206 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 21 мамырда № 11107 болып тіркелген, 2015 жылғы 12 маусымда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 9 маусымдағы № 370 </w:t>
+      2. "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 9 маусымдағы № 370 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 10 шілдеде № 11627 болып тіркелген, 2015 жылғы 16 шілдеде "Әділет" құқықтық-акпараттық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызмет стандартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 15 сәуірдегі № 206 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 13 ақпандағы № 62 </w:t>
+      3. "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік қызмет стандартын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 15 сәуірдегі № 206 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 13 ақпандағы № 62 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 28 наурызда № 14950 болып тіркелген);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. "Ғылым саласындағы сыйлықтарды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 9 маусымдағы № 370 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 17 мамырдағы № 223 </w:t>
+      4. "Ғылым саласындағы сыйлықақыларды, мемлекеттік ғылыми стипендияларды алуға ұсынылған жұмыстарды қабылдау" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 9 маусымдағы № 370 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 17 мамырдағы № 223 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 20 маусымда № 15236 болып тіркелген).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
@@ -5141,55 +15453,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>