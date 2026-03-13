--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="efb35de" w14:textId="efb35de">
+    <w:p w14:paraId="bbb4566" w14:textId="bbb4566">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7918,51 +7918,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 525</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8001,88 +8021,50 @@
               </w:rPr>
               <w:t xml:space="preserve">
 Жеке сот орындаушысы қызметімен айналысуға лицензия беру" мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптардың </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тізбесі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (бұдан әрі – Тізбе)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...36 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -8684,180 +8666,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметтің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ қойылған электрондық құжат нысанында жолданады және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...128 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -8901,122 +8753,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет кезінде алынатын төлем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z12" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Жеке сот орындаушысы қызметімен айналысуға лицензия беру және қайта ресімдеу үшін қызметтің жекелеген түрлерімен айналысу құқығы үшін лицензиялық алым "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің </w:t>
-[...9 lines deleted...]
-              <w:t>554 бабына</w:t>
+Жеке сот орындаушысы қызметімен айналысуға лицензия беру және қайта ресімдеу үшін қызметтің жекелеген түрлерімен айналысу құқығы үшін лицензиялық алым 2025 жылғы 18 шiлдедегi Қазақстан Республикасы Салық кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес алынады:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензия беру-6 айлық есептік көрсеткіш;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) лицензия беру – 6 айлық есептік көрсеткіш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицензияны қайта ресімдеу-лицензия беру кезіндегі мөлшерлеменің 10%.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) лицензияны қайта ресімдеу – лицензия беру кезіндегі мөлшерлеменің 10%.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет үшін ақы төлеу қолма-қол және (немесе) төлемнің мөлшері мен күнін растайтын құжат (түбіртек) беретін екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, не ЭҮТШ арқылы қолма-қол ақшасыз есеп айырысу бойынша жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10607,68 +10481,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="69"/>
+    <w:bookmarkStart w:name="z148" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензияны қайта ресімдеуге арналған жеке тұлғаның өтiнiші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Әділет министрінің 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11217,68 +11091,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="70"/>
+    <w:bookmarkStart w:name="z150" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 5-қосымшамен толықтырылды - ҚР Әділет министрінің 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11778,246 +11652,246 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 69 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="71"/>
+    <w:bookmarkStart w:name="z97" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Өндіріп алушының өтініші бойынша атқарушылық құжаттың негізінде атқарушылық іс жүргізуді қозғау" мемлекеттік көрсетілетін қызметтің қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z98" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z98" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z99" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z99" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Өндіріп алушының өтініші бойынша атқарушылық құжаттың негізінде атқарушылық іс жүргізуді қозғау" мемлекеттік көрсетілетін қызметтің қағидалары (бұдан әрі - Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және "Өндіріп алушының өтініші бойынша атқарушылық құжат негізінде атқарушылық іс жүргізуді қозғау" мемлекеттік көрсетілетін қызмет (бұдан әрі-мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z100" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z101" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Бірыңғай байланыс орталығы - Қазақстан Республикасының Үкіметі анықтайтын, көрсетілетін қызметті алушыларға мемлекеттік және өзге де қызметтер көрсету мәселелері бойынша ақпаратты, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпаратты беру жөніндегі ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z102" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) мемлекеттік көрсетілетін қызмет-көрсетілетін қызметті алушылардың өтініші бойынша немесе өтінішінсіз жеке тәртіппен жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z103" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Осы қағидаларға 1-қосымшаға сәйкес Тізбеде мемлекеттік көрсетілетін қызметтің атауын, көрсетілетін қызметті берушінің атауын, мемлекеттік қызмет көрсету тәсілдерін, мемлекеттік қызмет көрсету мерзімін, мемлекеттік қызмет көрсету нысанын, мемлекеттік қызмет көрсету нәтижесін, мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдерін, көрсетілетін қызметті берушінің жұмыс графигін, мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесін, мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздерді қамтитын, мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі бар қосымшаны, сондай-ақ мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптардың тізбесі келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "электрондық үкіметтің" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі-портал) - нормативтік құқықтық базаны қоса алғанда, барлық шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесін білдіретін ақпараттық жүйе.;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z105" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z105" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) электрондық цифрлық қолтаңба (бұдан әрі - ЭЦҚ) - электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар терімі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12036,168 +11910,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="80"/>
+    <w:bookmarkStart w:name="z106" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z107" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік қызметті атқарушылық іс - әрекеттердің жасалу орны бойынша аумақтық әділет органдары (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z108" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z108" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жеке немесе заңды тұлға (бұдан әрі - көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында белгіленген өтініш пен құжаттарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z151" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z151" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызмет берушіге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z152" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z152" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - мемлекеттік корпорация);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z153" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z153" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)портал арқылы жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12216,250 +12090,250 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="86"/>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көрсетілетін қызметті беруші арқылы мемлекеттік қызмет көрсету тәртібінің сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z113" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы көрсетілетін қызметті берушіге құжаттарды жолдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z114" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды Атқарушылық іс жүргізу органдарының автоматтандырылған ақпараттық жүйесінде (бұдан әрі - АІЖ ОААЖ) тіркеуді жүзеге асырады және мемлекеттік сот орындаушысына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z115" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік сот орындаушысы құжаттар келіп түскен сәттен бастап 3 (үш) жұмыс күні ішінде атқарушылық іс жүргізуді қозғау немесе қозғаудан бас тарту туралы қаулы шығарады, ол көрсетілетін қызметті алушыға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z116" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсету тәртібінің сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z117" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z117" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы Мемлекеттік корпорацияға құжаттарды тапсырады, олар барынша қысқа мерзім ішінде көрсетілетін қызметті берушіге беріледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z118" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z118" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды АІЖ ОААЖ-да тіркеуді жүзеге асырады және мемлекеттік сот орындаушысына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z119" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік сот орындаушы құжаттар келіп түскен сәттен бастап 3 (үш) жұмыс күні ішінде атқарушылық іс жүргізуді қозғау немесе қозғаудан бас тарту туралы қаулы шығарады, ол Мемлекеттік корпорацияға және көрсетілетін қызметті алушыға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z120" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z120" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Портал арқылы мемлекеттік қызмет көрсету тәртібінің сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z121" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы құжаттарды көрсетілетін қызметті берушіге жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, 2015 жылғы 23 қарашадағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12474,150 +12348,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті алуға өтінішті тіркеу келесі жұмыс күні жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="96"/>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды АІЖ ОААЖ-да тіркеуді жүзеге асырады және мемлекеттік сот орындаушысына береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z123" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z123" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік сот орындаушы құжаттар келіп түскен сәттен бастап 3 (үш) жұмыс күні ішінде атқарушылық іс жүргізуді қозғау немесе қозғаудан бас тарту туралы қаулы шығарады, ол көрсетілетін қызметті алушыға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z124" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z124" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда, Мемлекеттік корпорация немесе көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады және бұл туралы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z125" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z125" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидаларға өзгерістер немесе (және) толықтырулар енгізу кезінде, Әділет министрлігі "электрондық үкімет" ақпараттық-коммуникацялық инфрақұрылымының операторына, "Бірыңғай байланыс орталығына", көрсетілетін қызметті берушіге тиісті нормативтік құқықтық акт әділет органдарында мемлекеттік тіркелгеннен кейін 3 (үш) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -12654,166 +12528,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z126" w:id="100"/>
+    <w:bookmarkStart w:name="z126" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші уәкілетті органды және/немесе "Ұлттық ақпараттық технологиялар" акционерлік қоғамын хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z127" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z127" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік көрсетілетін қызмет мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z128" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z128" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану кезінде шағым көрсетілетін қызметті берушінің басшысы атына, Қазақстан Республикасының Әділет министрлігіне немесе Қазақстан Республикасының заңнамасына сәйкес мемлекеттік көрсетілетін қызметтердің сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z129" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z129" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Көрсетілетін қызметті берушінің атына немесе Әділет министрлігіне келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік көрсетілетін қызметтер сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="104"/>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік көрсетілетін қызметтің нәтижелері бойынша қабылданған шешіммен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16553,442 +16427,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 69 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="105"/>
+    <w:bookmarkStart w:name="z139" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z140" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z140" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Өндіріп алушының өтініші бойынша атқарушылық құжаттың негізінде атқарушылық іс жүргізуді қозғау" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы Қазақстан Республикасы Әділет министрінің 2015 жылғы 20 сәуірдегі № 221 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 10963 тіркелген, 2015 жылғы 13 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z141" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z141" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Өндіріп алушының өтініші бойынша атқарушылық құжаттың негізінде атқарушылық іс жүргізуді қозғау" мемлекеттiк көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2015 жылғы 29 мамырдағы № 307 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 11287 тіркелген, 2015 жылғы 12 маусымда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z142" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z142" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Тағылымдамадан өткен және жеке сот орындаушысы қызметімен айналысуға үміткер адамдарды тестілеудің және аттестаттаудың кейбір мәселелері туралы Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 қарашадағы № 605 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 12588 тіркелген, 2016 жылғы 13 қантарда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z143" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z143" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Тағылымдамадан өткен және жеке сот орындаушысы қызметімен айналысу құқығына үміткер адамдарды аттестаттаудан өткізу" және "Жеке сот орындаушысы қызметімен айналысуға лицензия беру" мемлекеттік көрсетілетін қызметтер стандарттарын бекіту" Қазақстан Республикасы Әділет министрінің 2018 жылғы 11 қаңтардағы № 61 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 16309 тіркелген, 2018 жылғы 15 ақпанда Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z144" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z144" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Тағылымдамадан өткен және жеке сот орындаушысы қызметімен айналысуға үміткер адамдарды тестілеудің және аттестаттаудың кейбір мәселелері туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 қарашадағы № 605 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 1 ақпандағы № 170 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 16372 тіркелген, 2018 жылғы 26 ақпанда Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z145" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z145" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Тағылымдамадан өткен және жеке сот орындаушысы қызметімен айналысу құқығына үміткер адамдарды аттестаттаудан өткізу" және "Жеке сот орындаушысы қызметімен айналысуға лицензия беру" мемлекеттік көрсетілетін қызметтер стандарттарын бекіту" Қазақстан Республикасы Әділет министрінің 2018 жылғы 20 наурыздағы № 446 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 16976 тіркелген, 2018 жылғы 8 маусымда Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z146" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z146" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Өндіріп алушының өтініші бойынша атқарушылық құжаттың негізінде атқарушылық іс жүргізуді қозғау" мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасының Әділет министрінің 2015 жылғы 20 сәуірдегі № 221 бұйрығына өзгеріс енгізу туралы Қазақстан Республикасы Әділет министрінің 2019 жылғы 17 сәуірдегі № 211 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 18571 тіркелген, 2019 жылғы 3 мамырда Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z147" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z147" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Өндіріп алушының өтініші бойынша атқарушылық құжаттың негізінде атқарушылық іс жүргізуді қозғау" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2015 жылғы 29 мамырдағы № 307 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Әділет министрінің 2019 жылғы 9 шілдедегі № 385 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 19053 тіркелген, 2019 жылғы 29 шілдеде Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>