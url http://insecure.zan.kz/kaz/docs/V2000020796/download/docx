--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6a02940" w14:textId="6a02940">
+    <w:p w14:paraId="10d9fd9" w14:textId="10d9fd9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 28 мамырдағы № 319 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 1 маусымда № 20796 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Темір жол көлігі туралы" 2001 жылғы 8 желтоқсандағы Қазақстан Республикасы Заңының 14-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 19-1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      Қазақстан Республикасының "Теміржол көлігі туралы" Заңының 14-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Көлік министрінің м.а. 02.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық жолдардың және өзге де объектілердің тізбесінен магистральдық, станциялық жолдарды және магистральдық теміржол желісінің өзге де объектілерін енгізу және алып тастау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -713,74 +795,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық жолдардың және өзге де объектілердің тізбесінен магистральдық, станциялық жолдарды және магистральдық теміржол желісінің өзге де объектілерін енгізу және алып тастау қағидалары (бұдан әрі-Қағидалар) "Темір жол көлігі туралы" 2001 жылғы 8 желтоқсандағы Қазақстан Республикасы Заңының 14-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 19-1) тармақшасына сәйкес әзірленді және магистральдық, станциялық жолдар мен магистральдық темір жол желісінің жұмыс істеуі үшін технологиялық қажетті өзге де объектілер тізбесінен магистральдық, станциялық жолдар мен магистральдық теміржол желісінің өзге де объектілерін енгізу және алып тастау тәртібін айқындайды.</w:t>
+      1. Осы Магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық тұрғыдан қажетті магистральдық, станциялық жолдарды және өзге де объектілерді магистральдық теміржол желісінің тізбесіне енгізу және тізбеден шығару қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының "Теміржол көлігі туралы" Заңының 14-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және осы объектілерді тізбеге енгізу мен тізбеден шығару тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 02.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -837,375 +981,359 @@
         <w:t>
       3) объектілер - электрмен жабдықтау, сигнализация, байланыс объектілерін, құрылғыларды, жабдықтарды, ғимараттарды, құрылыстарды және магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті өзге де объектілерді қоса алғанда, жеке және заңды тұлғалардың қаражаты есебінен салынған, теміржолдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) станциялық жолдар - станция шекарасындағы магистральдық жолдарды қоспағанда, сұрыптау, тиеу-түсіру, сору, деполық, қосу, арнайы темір жолдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уәкілетті орган - теміржол көлігі саласындағы басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шекте салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ұлттық теміржол компаниясы - Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, акцияларының бақылау пакеті Ұлттық басқарушы холдингке тиесілі, дамудың жалпы бағыттарын айқындайтын және Ұлттық инфрақұрылым операторы, Ұлттық тасымалдаушылар және теміржол көлігі саласындағы қызметті жүзеге асыратын өзге де аффилирленген заңды тұлғалар қызметінің бағыттарын үйлестіруді қамтамасыз ететін акционерлік қоғам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық жолдар мен өзге де объектілер тізбесінен магистральдық, станциялық жолдарды және магистральдық теміржол желісінің өзге де объектілерін енгізу және алып тастау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Магистральдық, станциялық жолдарды және магистральдық теміржол желісінің өзге де объектілерін Ұлттық инфрақұрылым операторының мүліктік кешеніне кіретін магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық жолдар мен өзге де объектілер тізбесінен енгізу және алып тастау үшін Ұлттық теміржол компаниясы осы Қағидаларға қосымшаға сәйкес нысан бойынша тиісті ұсынысты қоса бере отырып, жазбаша нысанда уәкілетті органға жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсыныс мүліктің функционалдық мақсатын ескере отырып, мынадай шарттарға сүйене отырып дайындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тасымалдау процесінің, поездар қозғалысының және станцияларда маневрлік жұмыстарды жүргізудің қауіпсіздігін қамтамасыз ету қажеттілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) магистральдық теміржол желісінің бөлек пункттерінің өткізу және қайта өңдеу қабілетін ұлғайтуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жанасу станциясын дамытуды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кірме жолдарға беру-жинауды, жолаушылар мен жүк поездарын басып озу және шағылыстыру жөніндегі операцияларды жүзеге асыру үшін объектілерді (теміржолдарды) пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) объектілерді техникалық жарамды күйде ұстауды және уақытылы ағымдағы және күрделі жөндеу жүргізуді қамтамасыз ету қажеттілігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...189 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 16.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 362</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Объектілерді магистральдық жолдар тізбесіне енгізу Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 30 қаңтардағы № 82 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Объектілерді жеке және заңды тұлғалардың қаражаты есебінен салынған объектілерді магистральдық темір жол желісінің құрамына беру қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11198 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Станциялық жолдарды және магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті өзге де объектілерді станциялық жолдардың және магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті өзге де объектілердің тізбесіне енгізу және алып тастау үшін жеке және заңды тұлғалар Ұлттық теміржол компаниясының мекенжайына жазбаша нысанда жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ұлттық теміржол компаниясы өтінішті алған сәттен бастап жеті жұмыс күні ішінде станциялық жолдар мен объектілердің Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 26 наурыздағы № 334 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1220,325 +1348,371 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11602 болып тіркелген) Теміржол көлігіндегі қауіпсіздік қағидаларының және Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 30 сәуірдегі № 544 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11897 болып тіркелген), Теміржол көлігін техникалық пайдалану қағидаларының талаптарына сәйкестігіне тексеру және сынау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Объектілердің станциялық жолдарын қарау нәтижелері бойынша ұлттық темір жол компаниясы үш жұмыс күні ішінде осы Қағидаларға қосымшаға сәйкес нысан бойынша станциялық жолдарды және өзге де объектілерді станциялық жолдардың және магистральдық темір жол желісінің жұмыс істеуі үшін технологиялық қажетті өзге де объектілердің тізбесіне беру туралы ұсыныс дайындайды және уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсыныс мүліктің функционалдық мақсатын ескере отырып, мынадай шарттарға сүйене отырып дайындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тасымалдау процесінің, поездар қозғалысының және станцияларда маневрлік жұмыстар жүргізудің қауіпсіздігін қамтамасыз ету қажеттілігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) магистральдық теміржол желісінің бөлек пункттерінің өткізу және қайта өңдеу қабілетін ұлғайтуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жанасу станциясын дамытуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кірме жолдарға беру-жинауды, жолаушылар мен жүк поездарын басып озу және шағылыстыру жөніндегі операцияларды жүзеге асыру үшін объектілерді (темір жолдарды) пайдалану; объектілерді техникалық жарамды күйде ұстауды және уақтылы ағымдағы және күрделі жөндеуді жүргізуді қамтамасыз ету қажеттілігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жылжымайтын мүлік объектілеріне құқық белгілейтін және сәйкестендіру құжаттардың болуы (жер учаскесіне сәйкестендіру құжаты, кадастрлық паспорт, "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" Коммерциялық емес акционерлік қоғамында мемлекеттік тіркеуден өткені туралы мәлімет).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Көлік министрінің м.а. 02.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Объектілерді магистральдық, станциялық жолдар және өзге де технологиялық қажеттілік объектілерінің тізбелерінен алып тастау қанағаттанғысыз жай-күйдегі және қалпына келтіруге және жөндеуге жатпайтын объектілер есептен шығарылған жағдайда, сондай-ақ магистральдық, станциялық жолдардың және магистральдық темір жол желісінің жұмыс істеуі үшін өзге де объектілердің технологиялық қажеттілігі болмаған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контрагаент үшін бәсекелес темір жол болмаған жағдайда, магистральдық темір жол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық жолдар және өзге де объектілер тізбесінен объектілерді алып тастауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ұлттық темір жол компаниясының ұсынысын қарау үшін уәкілетті орган комиссия құрады. Комиссияның құрамы уәкілетті органның бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Комиссия Ұлттық темір жол компаниясының ұсынысын алған сәттен бастап жеті жұмыс күні ішінде қарайды және магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық және өзге де объектілер тізбесінен магистральдық темір жол желісінің магистральдық, станциялық және өзге де объектілерін енгізу және алып тастау жөнінде ұсынымдар шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Комиссияның оң ұсынымы негізінде уәкілетті орган табиғи монополиялар саласындағы басшылықты жүзеге асыратын мемлекеттік органның ведомствосымен бірлесіп, "Табиғи монополиялар туралы" 2018 жылғы 27 желтоқсандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес магистральдық темір жол желісінің магистральдық, станциялық жолдарын және өзге де объектілерін станциялық жолдар және магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті өзге де объектілер тізбесіне енгізу және алып тастау жөнінде шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1721,68 +1895,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тастау қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Магистральдық теміржол желісінің жұмыс істеуі үшін технологиялық қажетті магистральдық, станциялық жолдар объектілерінің және өзге де объектілердің тізбесіне объектілерді объектілердің құрамына енгізу немесе олардың құрамынан шығару қажеттілігі туралы ұсыныс</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2165,55 +2339,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>