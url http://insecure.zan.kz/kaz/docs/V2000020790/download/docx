--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a4a6390" w14:textId="a4a6390">
+    <w:p w14:paraId="3835579" w14:textId="3835579">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1070,108 +1070,148 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      2) архивтік көшірме – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 </w:t>
-[...37 lines deleted...]
-      3) архивтік үзінді – архивтің хат бланкісінде жасалған, архивтік құжат мәтінінің белгілі бір фактіге, оқиғаға, адамға қатысты бөлігін сөзбе-сөз көрсететін сақтау бірліктерінің архивтік шифрі мен парақтар саны көрсетілген құжат;</w:t>
+      1) архивтік анықтама – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу мен пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген, ұйымның хат бланкісінде жасалған, архивтік шифрлары және оны жасауға негізі болған архивтік құжаттарды сақтау бірліктері парақтарының нөмірлері көрсетілген, жеке және заңды тұлғаларға қажетті ақпаратты қамтитын, заңдық (төлнұсқа) күші бар құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) архивтік көшірме – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу және пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген, архивтік құжат мәтінін сөзбе-сөз дәл беретін сақтау бірлігінің архивтік шифрі мен парақтар нөмірлері көрсетілген құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) архивтік үзінді – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу және пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген, ұйымның хат бланкісінде жасалған, архивтік құжат мәтінінің белгілі бір фактіге, оқиғаға, тұлғаға қатысты бөлігін сөзбе-сөз беретін, сақтау бірліктерінің архивтік шифрі мен парақтар саны көрсетілген құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік архив – Ұлттық архив қорының құжаттарын жинау, сатып алу, жинақтау, ретке келтіру, тұрақты сақтау, мемлекеттік есепке алу мен пайдалану құқығы берілген мемлекеттік мекеме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1240,50 +1280,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 312</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1898,105 +1958,87 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы не портал арқылы түскен өтінішті кеңсе қызметкері 1 (бір) жұмыс күні ішінде жауапты орындаушыға береді (сағат 18.00-ден кейін түскен жағдайда, өтініш келесі жұмыс күні тіркеледі).</w:t>
+      8. Көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы не портал арқылы түскен өтінішті кеңсе қызметкері 1 (бір) жұмыс күні ішінде тіркейді және жауапты орындаушыны белгілеу үшін басшыға жолдайды (сағат 17.30-дан кейін түскен жағдайда, өтініш келесі жұмыс күні тіркеледі). Басшы 1 (бір) жұмыс күні ішінде өтінішті орындау үшін жауапты орындаушыға жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті берушінің жауапты орындаушысы құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын және тізбенің 8-тармағында көзделген талаптарға сәйкестігін тексереді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған кезде көрсетілетін қызметті берушінің жауапты орындаушысы 2 (екі) жұмыс күні ішінде құжаттарды қоса бере отырып, өз басшысының атына қорытынды кіргізеді, оның негізінде 1 (бір) жұмыс күні ішінде мемлекеттік қызмет көрсету туралы шешім қабылданады.</w:t>
-[...16 lines deleted...]
-        <w:t>
       Көрсетілетін қызметті алушы тізбенің 8-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті берушінің жауапты орындаушысы көрсетілетін қызметті алушыға өтінішті қабылдаудан бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарламада көрсетілген құжаттарды сәйкес келтіру мерзімі 2 (екі) жұмыс күнін құрайды, егер көрсетілетін қызметті алушы хабарламаны алған күннен бастап 2 (екі) жұмыс күні ішінде оларды талаптарға сәйкес келтірмесе, онда көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2163,71 +2205,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің м.а. 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z94" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4427,108 +4489,108 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>үзінді көшірмелерді беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>мемлекеттік қызметті көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275-НҚ</w:t>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4554,51 +4616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Архивтік анықтамалар, архивтік құжаттардың көшірмелерін немесе архивтік үзінділерді беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+"Архивтік анықтамалар, архивтік құжаттардың көшірмелерін немесе архивтік үзінділерді беру" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4667,51 +4729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Қазақстан Республикасының Ұлттық архиві" республикалық мемлекеттік мекемесі, Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің орталық мемлекеттік архивтері, жергілікті атқару органдардың Астана, Алматы және Шымкент қалаларының, облыстардың, қалалардың, аудандардың мемлекеттік архивтері (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің "Қазақстан Республикасының Ұлттық архиві" республикалық мемлекеттік мекемесі, Қазақстан Республикасы Мәдениет және ақпарат министрлігі Архив, құжаттама және кітап ісі комитетінің орталық мемлекеттік архивтері, жергілікті атқарушы органдардың, Астана, Алматы және Шымкент қалаларының, облыстардың, қалалардың, аудандардың мемлекеттік архивтері (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4780,51 +4842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің кеңсесі, "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация), "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал).</w:t>
+Көрсетілетін қызметті берушінің кеңсесі, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация), www.egov.kz "электрондық үкіметтің" веб-порталы (бұдан әрі – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4857,87 +4919,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметі көрсету мерзімі</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 (он бір) жұмыс күні ішінде</w:t>
+11 (он бір) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5006,51 +5068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (ішінара автоматтандырылған) /қағаз түрінде</w:t>
+Электронды (ішінара автоматтандырылған) /қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5119,51 +5181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әлеуметтік-құқықтық сипаттағы мәліметтерді растау жөніндегі архивтік анықтама, архивтік құжаттың көшірмесі немесе архивтік үзінді, сондай-ақ көрсетілетін қызметті берушіде сұратылған құжаттардың (мәліметтердің) мемлекеттік сақтауда жоқтығы, сұрау салуды тиесілігі бойынша басқа мемлекеттік немесе ведомстволық архивке жіберу туралы жауаптар не қағаз/электрондық түрдегі мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Әлеуметтік-құқықтық сипаттағы мәліметтерді растау жөніндегі архивтік анықтама, архивтік құжаттың көшірмесі немесе архивтік үзінді, сондай-ақ құжаттар архивте мемлекеттік сақтауда бар, бірақ сұратылған мәліметтер оларда болмаған кезде берілетін теріс жауап, көрсетілетін қызметті берушіде сұратылған құжаттардың (мәліметтердің) мемлекеттік сақтауда жоқтығы туралы, сұрау салуды тиесілігі бойынша басқа мемлекеттік немесе ведомстволық архивке жіберілгендігі туралы жауаптар не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5196,87 +5258,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+Тегін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5365,71 +5427,87 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көрсетілетін қызметті беруші Қазақстан Республикасының Еңбек </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес дүйсенбіден жұманы қоса алғанда, сағат 9.00-ден 18.00-ге дейін, түскі үзіліс сағат 13.00-ден 14.00-ге дейін, Астана қаласының мемлекеттік архиві сағат 8.30-дан 18.00-ге дейін жүзеге асырады, түскі үзіліс сағат 13.00-ден 14.30-ға дейін. Өтініштерді қабылдау және мемлекеттік көрсетілетін қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы Қазақстан Республикасының Еңбек </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады. Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+              <w:t xml:space="preserve"> сәйкес дүйсенбіден жұманы қоса алғанда, сағат 9.00-ден 18.00-ге дейін, түскі үзіліс сағат 13.00-ден 14.00-ге дейін, Астана қаласының мемлекеттік архиві сағат 8.30-дан 18.00-ге дейін жүзеге асырады, түскі үзіліс сағат 13.00-ден 14.30-ға дейін. Өтініштерді қабылдау және мемлекеттік көрсетілетін қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы Қазақстан Республикасының Еңбек кодексіне сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы не портал арқылы түскен өтінішті кеңсе қызметкері 1 (бір) жұмыс күні ішінде тіркейді және жауапты орындаушыны белгілеу үшін басшыға жолдайды (сағат 17.30-дан кейін түскен жағдайда, өтініш келесі жұмыс күні тіркеледі). Басшы 1 (бір) жұмыс күні ішінде өтінішті орындау үшін жауапты орындаушыға жолдайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5498,141 +5576,271 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің кеңсесіне:</w:t>
+Көрсетілетін қызметті берушінің кеңсесі арқылы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) осы Қағидаларға 1-қосымшаға сәйкес нысандағы өтініш. Болған жағдайда өтінішке сұратылған мәліметтерді растайтын құжаттар немесе олардың көшірмелері қоса беріледі;</w:t>
+              <w:t xml:space="preserve">
+1) осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысандағы өтініш. Болған жағдайда өтінішке сұратылған мәліметтерді растайтын құжаттар немесе олардың көшірмелері қоса беріледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) көрсетілетін қызметті алушының мүдделерін үшінші тұлға білдірген кезде көрсетілетін қызметті алушының жеке басын куәландыратын құжат, немесе цифрлық құжаттар сервисінен цифрлық құжат, өкілеттігін растайтын құжат не нотариалды куәландырылған сенімхат (жеке басын сәйкестендіру үшін ұсынылады, көрсетілетін қызметті берушінің орындаушысы сәйкестендіру үшін жеке куәліктің көшірмесін жасайды, содан кейін оның түпнұсқасын көрсетілетін қызметті алушыға қайтарады); Көрсетілетін қызметті алушы пошта арқылы жүгінгенде: жеке тұлға немесе заңды тұлғаның өкілі қол қойған, өтініш білдіруші туралы мәліметтер (жеке тұлға үшін – тегi, аты, әкесiнiң аты (ол болған жағдайда), тұрғылықты жері, байланыс телефондары, заңды тұлға үшін – оның атауы, заңды мекенжайы) көрсетiлген және сұрау салынған мәліметтерді іздестіруге қажетті ақпарат бар еркін нұсқада жазылған өтініш. Болған жағдайда сұрау салынған мәліметтерді растайтын құжаттар немесе олардың көшірмелері өтінішке қоса беріледі; Мемлекеттік корпорацияға:</w:t>
+              <w:t xml:space="preserve">
+2) көрсетілетін қызметті алушының мүдделерін үшінші тұлға білдірген кезде көрсетілетін қызметті алушының жеке басын куәландыратын құжат, немесе цифрлық құжаттар сервисінен цифрлық құжат, өкілеттігін растайтын құжат не нотариалды куәландырылған сенімхат (жеке басын сәйкестендіру үшін ұсынылады, көрсетілетін қызметті берушінің орындаушысы сәйкестендіру үшін жеке куәліктің көшірмесін жасайды, содан кейін оның түпнұсқасын көрсетілетін қызметті алушыға қайтарады); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) осы қағидаларға 1-қосымшаға сәйкес нысандағы өтініш. Болған жағдайда өтінішке сұратылған мәліметтерді растайтын құжаттар немесе олардың көшірмелері қоса беріледі;</w:t>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті алушы пошта арқылы жүгінгенде: </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) жеке басын куәландыратын құжат, немесе цифрлық құжаттар сервисінен цифрлық құжат (сәйкестендіру үшін) және заңды тұлға үшін – өкілеттігін растайтын құжат не жеке тұлға үшін – нотариалды куәландырылған сенімхат (уәкілетті өкіл жүгінген кезде);</w:t>
+жеке тұлға немесе заңды тұлғаның өкілі қол қойған, өтініш білдіруші туралы мәліметтер (жеке тұлға үшін – тегi, аты, әкесiнiң аты (ол болған жағдайда), тұрғылықты жері, байланыс телефондары, заңды тұлға үшін – оның атауы, заңды мекенжайы) көрсетiлген және сұрау салынған мәліметтерді іздестіруге қажетті ақпарат бар еркін нұсқада жазылған өтініш. Болған жағдайда сұрау салынған мәліметтерді растайтын құжаттар немесе олардың көшірмелері өтінішке қоса беріледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы мәліметтерді Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады"; портал арқылы: көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы сұрау салу. Болған жағдайда өтінішке сұрау салынған мәліметтерді растайтын құжаттардың электрондық көшірмелері қоса беріледі.</w:t>
+Мемлекеттік корпорация арқылы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) осы қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысандағы өтініш. Болған жағдайда өтінішке сұратылған мәліметтерді растайтын құжаттар немесе олардың көшірмелері қоса беріледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат, немесе цифрлық құжаттар сервисінен цифрлық құжат (сәйкестендіру үшін) және заңды тұлға үшін – өкілеттігін растайтын құжат не жеке тұлға үшін – нотариалды куәландырылған сенімхат (уәкілетті өкіл жүгінген кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы мәліметтерді Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Портал арқылы: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы сұрау салу. Болған жағдайда өтінішке сұрау салынған мәліметтерді растайтын құжаттардың электрондық көшірмелері қоса беріледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5665,51 +5873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тарту үшін, Қазақстан Республикасының заңнамасында белгіленген негіздер</w:t>
+Мемлекеттік қызметті көрсетуден бас тарту үшін, Қазақстан Республикасының заңнамасында белгіленген негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5739,51 +5947,69 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19-1 бабында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеуі.</w:t>
+              <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес көрсетілетін қызметті тұтынушының мемлекеттік қызметті көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5816,87 +6042,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы және электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар.</w:t>
+Мемлекеттік қызметті көрсетудің, оның ішінде Мемлекеттік корпорация арқылы және электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады. Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін ЭЦҚ-ны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өту және қажетті құжатты таңдау қажет. Көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары интернет-ресурста Көрсетілген www.gov.kz. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады. Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін ЭЦҚ-ны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өту және қажетті құжатты таңдау қажет. Көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметті көрсету сатысы туралы Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді. Мемлекеттік қызметті көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары көрсетілетін қызметті берушінің интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6512,51 +6738,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекеттік корпорацияға көрсетілетін қызметті алушымен құжаттардың толық емес топтамасы және (немесе) қолдану мерзімі аяқталған құжаттар ұсынылған жағдайда, Мемлекеттік корпорацияның жұмыскері өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Көрсетілетін қызметті алушы Мемлекеттік корпорацияға құжаттардың толық топтамасын ұсынған жағдайда, сондай-ақ порталға жүгінген кезде мемлекеттік қызметті көрсету нәтижесі күнтізбелік 30 (отыз) күн ішінде беріледі.</w:t>
+      6. Көрсетілетін қызметті алушы Мемлекеттік корпорацияға құжаттардың толық топтамасын ұсынған жағдайда, сондай-ақ порталға жүгінген кезде мемлекеттік қызметті көрсету нәтижесі күнтізбелік 15 (он бес) жұмыс күні ішінде беріледі. Мемлекеттік қызметті көрсету нәтижесі 6 (алты) айдан аспайтын мерзімге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Көрсетілетін қызметті берушінің жауапты орындаушысы ұсынылған құжаттардың толықтығын және Тізбенің 8-тармағында көзделген талаптарға сәйкестігін алған сәттен бастап 2 (екі) жұмыс күні ішінде тексереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6675,51 +6901,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауапты орындаушы хабарлама жіберілгеннен кейін 1 (бір) жұмыс күні ішінде құжаттарды Орталық сараптау-тексеру комиссиясының (бұдан әрі – ОСТК) қарауына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ОСТК құжаттарды алған сәттен бастап 15 (он бес) күнтізбелік күн ішінде сұратылған құжаттардың ғылыми және тәжірибелік құндылығына сараптама жасай отырып, рұқсат беру немесе рұқсат беруден бас тарту туралы сараптамалық қорытынды жасап, шешім қабылдайды.</w:t>
+      ОСТК құжаттарды алған сәттен бастап 10 (он) жұмыс күні ішінде сұратылған құжаттардың ғылыми және тәжірибелік құндылығына сараптама жасай отырып, рұқсат беру немесе рұқсат беруден бас тарту туралы сараптамалық қорытынды жасап, шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жауапты орындаушы сараптамалық қорытындыны алған сәттен бастап 1 (бір) жұмыс күні ішінде, сараптамалық қорытынды негізінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -6907,71 +7133,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің м.а. 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z96" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8840,61 +9086,61 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда –ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275-НҚ</w:t>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -9033,51 +9279,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Архив, құжаттама және кітап ісі комитеті</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Архив, құжаттама және кітап ісі комитеті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9146,51 +9392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация), "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал)</w:t>
+"Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация), www.egov.kz "электрондық үкіметтің" веб-порталы (бұдан әрі – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9259,51 +9505,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 (отыз) жұмыс күні</w:t>
+15 (он бес) жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9485,51 +9731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұлттық архив қорының мемлекеттік меншіктегі құжаттарын Қазақстан Республикасынан тысқары жерлерге уақытша әкету құқығына рұқсат (бұдан әрі – рұқсат) не мемлекеттік көрсетілетін қызметті беруден бас тарту туралы дәлелді жауап</w:t>
+Ұлттық архив қорының мемлекеттік меншіктегі құжаттарын Қазақстан Республикасынан тысқары жерлерге уақытша әкету құқығына рұқсат (бұдан әрі – рұқсат) не мемлекеттік көрсетілетін қызметті беруден бас тарту туралы дәлелді жауап. Мемлекеттік қызметті көрсету нәтижесі 6 (алты) айдан аспайтын мерзімге беріледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9562,87 +9808,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+Тегін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9711,71 +9957,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Өтініштерді қабылдау және мемлекеттік көрсетілетін қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы Қазақстан Республикасының Еңбек </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады. Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады)</w:t>
+Өтініштерді қабылдау және мемлекеттік көрсетілетін қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы Қазақстан Республикасының Еңбек кодексіне сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы не портал арқылы түскен өтінішті кеңсе қызметкері 1 (бір) жұмыс күні ішінде тіркейді және жауапты орындаушыны белгілеу үшін басшыға жолдайды (сағат 17.30-дан кейін түскен жағдайда, өтініш келесі жұмыс күні тіркеледі). Басшы 1 (бір) жұмыс күні ішінде өтінішті орындау үшін жауапты орындаушыға жолдайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9844,51 +10106,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік корпорацияға:</w:t>
+Мемлекеттік корпорация арқылы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9915,108 +10177,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша уақытша әкетуге рұқсат сұралатын мемлекеттік меншіктегі Қазақстан Республикасы Ұлттық архив қоры құжаттарының тізбесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес нысан бойынша сұратылған құжаттардың сақтандыру көшірмелерінің болуы туралы мемлекеттік архивтің анықтамасы.</w:t>
+              <w:t>
+4) Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес нысан бойынша сұратылған құжаттардың сақтандыру көшірмелерінің болуы туралы мемлекеттік архивтің анықтамасы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады";</w:t>
+Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-портал арқылы:</w:t>
+Портал арқылы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы немесе бір рет қолданылатын парольді енгізу арқылы сұрау салу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10025,72 +10267,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) құжаттың электрондық көшірмесі түріндегі осы Қағиданың 3-қосымшасына сәйкес нысан бойынша Ұлттық архив қорының мемлекеттік меншіктегі құжаттарын Қазақстан Республикасынан тыс жерлерге уақытша әкету құқығына рұқсат сұратылған құжаттардың тізбесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес сұратылған құжаттардың сақтандыру көшірмелерінің бар болуы туралы мемлекеттік архивтің электрондық анықтамасы.</w:t>
+              <w:t>
+3) Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес сұратылған құжаттардың сақтандыру көшірмелерінің бар болуы туралы мемлекеттік архивтің электрондық анықтамасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10123,51 +10345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тарту үшін, Қазақстан Республикасының заңнамасында белгіленген негіздер</w:t>
+Мемлекеттік қызметті көрсетуден бас тарту үшін, Қазақстан Республикасының заңнамасында белгіленген негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10176,72 +10398,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> белгіленген талаптарға сәйкес келмеуі.</w:t>
+              <w:t>
+2) мемлекеттік қызметті көрсету үшін қажетті ұсынылған деректер мен мәліметтердің "Мемлекеттік құпиялар туралы" Қазақстан Республикасының Заңында белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес көрсетілетін қызметті тұтынушының мемлекеттік қызметті көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10274,51 +10494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы және электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар.</w:t>
+Мемлекеттік қызметті көрсетудің, оның ішінде Мемлекеттік корпорация арқылы және электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10328,87 +10548,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін ЭЦҚ-ны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өту және қажетті құжатты таңдау қажет.</w:t>
+Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін ЭЦҚ-ны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өту және қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www.gov.kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы 1414, 8 800 080 7777.</w:t>
+Мемлекеттік қызметті көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Мәдениет және ақпарат министрлігінің www.gov.kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10447,51 +10667,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Ұлттық архив қорының</w:t>
+              <w:t>"Ұлттық архив қорының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">мемлекеттік меншіктегі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12299,108 +12519,148 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      2) архивтік көшірме – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 </w:t>
-[...37 lines deleted...]
-      3) архивтік үзінді – архивтің хат бланкісінде жасалған, архивтік құжат мәтінінің белгілі бір фактіге, оқиғаға, адамға қатысты бөлігін сөзбе-сөз көрсететін сақтау бірліктерінің архивтік шифрі мен парақтар саны көрсетілген құжат;</w:t>
+      1) архивтік анықтама – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу және пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген, ұйымның хат бланкісінде жасалған, архивтік шифрлары және оны жасауға негізі болған архивтік құжаттарды сақтау бірліктері парақтарының нөмірлері көрсетілген, жеке және заңды тұлғаларға қажетті ақпаратты қамтитын, заңдық (төлнұсқа) күші бар құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) архивтік көшірме – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу және пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген, архивтік құжат мәтінін сөзбе-сөз дәл беретін сақтау бірлігінің архивтік шифрі мен парақтар нөмірлері көрсетілген құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) архивтік үзінді – Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтердің жинақтау, сақтау, есепке алу және пайдалану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген, ұйымның хат бланкісінде жасалған, архивтік құжат мәтінінің белгілі бір фактіге, оқиғаға, тұлғаға қатысты бөлігін сөзбе-сөз беретін, сақтау бірліктерінің архивтік шифрі мен парақтар саны көрсетілген құжат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік архив – Ұлттық архив қорының құжаттарын жинау, сатып алу, жинақтау, ретке келтіру, тұрақты сақтау, мемлекеттік есепке алу мен пайдалану құқығы берілген мемлекеттік мекеме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12440,51 +12700,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 561-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14601,183 +14881,170 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шығатын және шетелге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жіберілетін архивтік </w:t>
+              <w:t>жіберілетін архивтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>анықтамаларға,</w:t>
+              <w:t>анықтамаларға, архивтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">архивтік құжаттардың </w:t>
+              <w:t>құжаттардың көшірмелеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">көшірмелеріне немесе архивтік </w:t>
+              <w:t>немесе архивтік үзінділерге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">үзінділерге апостиль қою" </w:t>
+              <w:t>апостиль қою" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік қызмет көрсету </w:t>
-[...12 lines deleted...]
-              <w:t>қағидаларына</w:t>
+              <w:t>қызметті көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда –ҚР Мәдениет және ақпарат министрінің 28.06.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 275-НҚ</w:t>
+        <w:t>№ 561-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14793,51 +15060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қазақстан Республикасының мемлекеттік архивтерінен шығатын және шетелге жіберілетін архивтік анықтамаларға, архивтік құжаттардың көшірмелеріне немесе архивтік үзінділерге апостиль қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+"Қазақстан Республикасының мемлекеттік архивтерінен шығатын және шетелге жіберілетін архивтік анықтамаларға, архивтік құжаттардың көшірмелеріне немесе архивтік үзінділерге апостиль қою" мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14906,51 +15173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Архив, құжаттама және кітап ісі комитеті</w:t>
+Қазақстан Республикасы Мәдениет және ақпарат министрлігінің Архив, құжаттама және кітап ісі комитеті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15019,51 +15286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация), "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал)</w:t>
+"Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация), www.egov.kz "электрондық үкіметтің" веб-порталы (бұдан әрі – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15117,102 +15384,114 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z80" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін мемлекеттік қызметті беруші және Астана қаласының Мемлекеттік корпорация бөлімшелері – 3 (үш) жұмыс күні;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) басқа өңірлердің Мемлекеттік корпорация бөлімшелері үшін – пошталық жөнелтілімдерді ескере отырып 10 (он) жұмыс күні (құжаттарды қабылдау күні мемлекеттік қызметті көрсету мерзіміне кірмейді);</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) басқа өңірлердің Мемлекеттік корпорация бөлімшелері үшін – пошталық жөнелтілімдерді ескере отырып 10 (он) жұмыс күні (құжаттарды қабылдау күні мемлекеттік қызметті көрсету мерзіміне кірмейді);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) порталда – 3 (үш) жұмыс күні. Көрсетілетін қызметті алушыны құжаттардың сәйкес еместігі туралы хабардар еткен және оларды сәйкес келтірген жағдайда мемлекеттік қызмет көрсету мерзімі 2 (екі) жұмыс күніне ұзартылады</w:t>
+3) порталда – 3 (үш) жұмыс күні. Көрсетілетін қызметті алушыны құжаттардың сәйкес еместігі туралы хабардар еткен және оларды сәйкес келтірген жағдайда мемлекеттік қызмет көрсету мерзімі 2 (екі) жұмыс күніне ұзартылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15471,147 +15750,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z82" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының дипломатиялық өкілдіктері мен консулдық мекемелері арқылы апостильдеуге түсетін құжаттарға апостиль қойған кезде мемлекеттік баж төлеуден босатылады.</w:t>
+              <w:t>
+Мемлекеттік қызметті көрсету үшін Қазақстан Республикасының Салық кодексінің (бұдан әрі – Салық кодексі) 664-бабы 1-тармағының 12) тармақшасына және 667-бабының 3-тармағының 6) тармақшасына сәйкес әр құжат үшін мемлекеттік бажды төлеу күніне белгіленген айлық есептік көрсеткіштің 0,5 құрайтын мемлекеттік баж алынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салық кодексінің 671-бабына сәйкес Қазақстан Республикасының дипломатиялық өкілдіктері мен консулдық мекемелері арқылы апостильдеуге түсетін құжаттарға апостиль қойған кезде мемлекеттік баж төлеуден босатылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15665,104 +15904,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z83" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...22 lines deleted...]
-          </w:p>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік көрсетілетін қызметтердің дайын нәтижелерін беру Мемлекеттік корпорация арқылы Қазақстан Республикасының Еңбек кодексіне сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15816,250 +16037,310 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін мәліметтер және құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z84" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік корпорацияға:</w:t>
-[...1 lines deleted...]
-          </w:p>
+Мемлекеттік корпорация арқылы:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) стандартқа 1-қосымшаға сәйкес нысан бойынша толтырылған өтініш;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша апостиль қоюға өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) жеке басын куәландыратын құжат, немесе цифрлық құжаттар сервисінен цифрлық құжат, өкілеттігін растайтын құжат не көрсетілетін қызметті алушының мүдделерін үшінші тұлға білдірген кезде нотариалды куәландырылған сенімхат (жеке басын сәйкестендіру үшін ұсынылады, көрсетілетін қызметті берушінің орындаушысы сәйкестендіру үшін жеке куәліктің көшірмесін жасайды, одан кейін оның түпнұсқасын көрсетілетін қызметті алушыға қайтарады);</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат, немесе цифрлық құжаттар сервисінен цифрлық құжат, өкілеттігін растайтын құжат не көрсетілетін қызметті алушының мүдделерін үшінші тұлға білдірген кезде нотариалды куәландырылған сенімхат (жеке басын сәйкестендіру үшін ұсынылады, көрсетілетін қызметті берушінің орындаушысы сәйкестендіру үшін жеке куәліктің көшірмесін жасайды, одан кейін оның түпнұсқасын көрсетілетін қызметті алушыға қайтарады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес нысандағы мемлекеттік архивпен берілген архивтік анықтама, немесе архивтік құжаттың көшірмесі немесе 77-қосымшаға сәйкес нысан бойынша архивтік үзінді;</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) апостиль мөртабаны қойылатын Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес нысандағы мемлекеттік архивпен берілген архивтік анықтама, немесе архивтік құжаттың көшірмесі немесе 77-қосымшаға сәйкес нысан бойынша архивтік үзінді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) мемлекеттік баждың бюджетке төленгенін растайтын құжат.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) мемлекеттік баждың бюджетке төленгенін растайтын құжат.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады"; порталда:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы немесе бір рет қолданылатын парольді енгізу арқылы сұрау салу;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Портал арқылы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес мемлекеттік архивтен берілген электрондық архивтік анықтама немесе архивтік анықтамалықтың электрондық көшірмесі немесе 77-қосымшаға сәйкес архивтік үзіндінің электрондық көшірмесі; </w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы немесе бір рет қолданылатын парольді енгізу арқылы сұрау салу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) мемлекеттік баждың бюджетке төленгенін растайтын құжаттың электрондық көшірмесі (ЭҮТШ арқылы төленген жағдайларды қоспағанда).</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 9 тамыздағы № 215 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33290 болып тіркелген) Ұлттық архив қорының құжаттарын және басқа да архивтік құжаттарды мемлекеттік және арнаулы мемлекеттік архивтермен жинақтау, сақтау, есепке алу және пайдалану қағидаларына 76-қосымшаға сәйкес мемлекеттік архивтен берілген электрондық архивтік анықтама немесе архивтік анықтамалықтың электрондық көшірмесі немесе 77-қосымшаға сәйкес архивтік үзіндінің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) мемлекеттік баждың бюджетке төленгенін растайтын құжаттың электрондық көшірмесі ("электрондық үкіметтің" төлем шлюзі арқылы төленген жағдайларды қоспағанда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16092,105 +16373,135 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тарту үшін, Қазақстан Республикасының заңнамасында белгіленген негіздер</w:t>
+Мемлекеттік қызметті көрсетуден бас тарту үшін, Қазақстан Республикасының заңнамасында белгіленген негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z93" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) мемлекеттік қызметті көрсету үшін қажетті ұсынылған деректер мен мәліметтер мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағының 1) және 2) тармақшаларында белгіленген талаптарға сәйкес келмеген жағдайларда жүзеге асырылады.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) мемлекеттік қызметті көрсету үшін қажетті ұсынылған деректер мен мәліметтер мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағының 1) және 2) тармақшаларында белгіленген талаптарға сәйкес келмеген жағдайларда жүзеге асырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес көрсетілетін қызметті тұтынушының мемлекеттік қызметті көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге ұсынылатын келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16223,87 +16534,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы және электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар.</w:t>
+Мемлекеттік қызметті көрсетудің, оның ішінде Мемлекеттік корпорация арқылы және электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады. Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін ЭЦҚ-ны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өту және қажетті құжатты таңдау қажет. Көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары www.gov.kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады. Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін ЭЦҚ-ны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өту және қажетті құжатты таңдау қажет. Көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді. Мемлекеттік қызметті көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Мәдениет және ақпарат министрлігінің www.gov.kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16413,522 +16724,522 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 159 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Мәдениет және спорт министрлігінің күші жойылған кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Архив ісі саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 17 сәуірдегі № 138 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11086 болып тіркелген, 2015 жылғы 29 мамырда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Архив ісі саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 15 мамырдағы № 184 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 11444 болып тіркелген, 2015 жылғы 10 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мұрағат ісі саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 17 сәуірдегі № 138 бұйрығына өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13360 болып тіркелген, 2016 жылғы 15 наурызда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Мұрағат ісі саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 15 мамырдағы № 184 бұйрығына өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13534 болып тіркелген, 2016 жылғы 5 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Мұрағат ісі саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 17 сәуірдегі № 138 бұйрығына өзгерістер мен толықтырулар енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15123 болып тіркелген, 2017 жылғы 24 мамырда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Мұрағат ісі саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы"Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 15 мамырдағы № 184 бұйрығына өзгерістер мен толықтырулар енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15388 болып тіркелген, 2017 жылғы 7 тамызда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Архив ісі саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 17 сәуірдегі № 138 бұйрығына өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16581 болып тіркелген, 2018 жылғы 20 наурызда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Архив ісі саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 15 мамырдағы № 184 бұйрығына өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16907 болып тіркелген, 2018 жылғы 24 мамырда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Архив ісі саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 17 сәуірдегі № 138 бұйрығына өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18653 болып тіркелген, 2019 жылғы 14 мамырда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Архив ісі саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 15 мамырдағы № 184 бұйрығына өзгерістер енгізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18987 болып тіркелген, 2019 жылғы 10 шілдеде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17254,31 +17565,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>