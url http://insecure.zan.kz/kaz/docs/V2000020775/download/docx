--- v0 (2025-11-13)
+++ v1 (2026-03-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5ee82d9" w14:textId="5ee82d9">
+    <w:p w14:paraId="d739474" w14:textId="d739474">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,268 +103,246 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрінің м.а. 2020 жылғы 28 мамырдағы № 62 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 29 мамырда № 20775 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-бабының 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызметтің қағидалары осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызметтің қағидалары осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -437,150 +415,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарының күші жойылды деп осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес танылсын</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Әділет министрлігінің Тіркеу қызметі және заң қызметін ұйымдастыру департаменті заңнамада белгіленген тәртіппен осы бұйрықты мемлекеттік тіркеуді қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Әділет вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -963,882 +941,732 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 62 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызметтің қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызметтің осы қағидаларын (бұдан әрі – Қағидалар) Қазақстан Республикасының Әділет министрлігі (бұдан әрі – Министрлік) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірледі және "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызметтің тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Жеке практикамен айналысатын нотариустан немесе мемлекеттік нотариустан тағылымдамадан сәтті өткен нотариаттық қызметпен айналысу құқығына үміткер (бұдан әрі – көрсетілетін қызметті алушы) облыстардың, республикалық маңызы бар қалалар мен әділет департаменттері жанында құрылатын Нотариаттық қызметпен айналысуға үміткер тұлғаларға аттестаттау жөніндегі комиссияға (бұдан әрі – Комиссия) www.egov.kz, www.elіcense.kz "электрондық үкімет" веб-порталы арқылы электрондық цифрлық қолтаңбасы (бұдан әрі - ЭЦҚ) қойылған электрондық құжат нысанында осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызмет тізбесінің (бұдан әрі - Тізбе) 8-тармағында көрсетілген құжаттарды тұрғылықты жері бойынша жолдайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) облыстардың, республикалық маңызы бар қалалар мен астананың әділет департаменттері (бұдан әрі – көрсетілетін қызметтерді беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік көрсетілетін қызметтің атауын, көрсетілетін қызметті берушінің атауын, мемлекеттік қызмет көрсету тәсілдерін, мемлекеттік қызмет көрсету мерзімін, мемлекеттік қызмет көрсету нысанын, мемлекеттік қызмет көрсету нәтижесін, мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдерін, көрсетілетін қызметті берушінің жұмыс графигін, мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтерді тізбесін және мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздерді қамтитын, мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі, сондай-ақ мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптардың тізбесінде келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжаты, лицензиясы, соттылығының бар не жоқ екендігі және наркологта және психиатрда диспансерлік есепте тұрғандығы/тұрмағандығы туралы мәліметтерді көрсетілетін қызметті беруші тиісті ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші құжаттар түскен күні оларды қабылдауды және тіркеуді жүзеге асырады. Көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке өтініштің қабылданғаны туралы мәртебе портал арқылы жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, еңбек заңнамасына сәйкес өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР Әділет министрінің 19.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 515</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...250 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көрсетілетін қызметті беруші құжаттар түскен күннен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді, ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда дәлелді бас тартуды дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған жағдайда көрсетілетін қызметті беруші құжаттардың Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2015 жылғы 20 қаңтардағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10270 болып тіркелген) бекітілген біліктілік талаптарына сәйкестігін тексереді және Комиссияның қарауына береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Көрсетілетін қызметті алушының аттестаттауға жіберу туралы құжаттарын Комиссия 11 (он бір) жұмыс күні ішінде қарайды. Қарау қорытындысы бойынша Комиссия Тізбенің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген негіздер бойынша үміткерді аттестаттауға жіберу немесе жіберуден бас тарту туралы дәлелді шешім шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нотариаттық қызметпен айналысу құқығына үміткер тұлға өтініш берген кезде аттестаттау өткізілетін тілді (қазақ немесе орыс) айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Егер, көрсетілетін қызметті алушы "Нотариат туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 6-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес келмесе, аттестаттауға жіберуден бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметті көрсетуден бас тарту үшін көрсетілетін қызметті беруші көрсетілетін қызметті алушыны мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алдын ала шешім бойынша көрсетілетін қызметті алушының қарсылығын көрсетілетін қызметті беруші оны алған күннен бастап 2 жұмыс күні ішінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша комиссия үміткерді аттестаттауға жіберу не жіберуден бас тарту туралы дәлелді шешім шығарады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...214 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті беруші аттестаттауға жіберуден бас тарту туралы шешімді өтініш келіп түскен күннен бастап 15 (он бес) жұмыс күнінен кешіктірмей жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Аттестаттауға жіберілген көрсетілетін қызметті алушыны көрсетілетін қызметті беруші аттестаттаудың өтетін орны, күні, уақыты, тәртібі туралы ұялы телефонға смс-хабарлама беру арқылы немесе "электрондық үкімет" веб-порталы арқылы көрсетілетін қызметті алушының "жеке кабинетіне" оны өткізгенге дейін күнтізбелік 10 (он) күннен кешіктірмей хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестаттау қажеттілігіне қарай, бірақ тоқсанына бір реттен кем емес өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1849,70 +1677,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестаттаудан өткізу мерзімін өтініш пен аттестаттаудан өту күні негізінде ұсынылған құжаттарды есепке ала отырып, "Е-лицензиялау" ақпараттық жүйесінің мемлекеттік деректер базасы автоматты түрде анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы мемлекеттік қызметті көрсетуден бас тарту себептерін жойған жағдайда, көрсетілетін қызметті алушы осы Қағидаларда көзделген тәртіппен мемлекеттік көрсетілетін қызметті алу үшін қайта жүгіне алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Комиссияның жұмыс органы аумақтық әділет органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия жеті мүшеден – нотариаттық палатаның төрағасын қоса алғанда екі нотариустан, әділет органдарының екі өкілінен, құқықтанушы- ғалым және мәслихаттың екі депутатынан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2051,110 +1879,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссия құрамы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тармағында көзделген негіздер бойынша тұлға аттестаттаудан өтуден босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Аттестаттауға жіберілген үміткерлердің тізімі оны өткізгенге дейін күнтізбелік 10 (он) күннен кешіктірмей көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия отырысына келген кезде үміткердің өзімен бірге жеке басын куәландыратын құжаты не цифрлық құжаттар сервисінен (сәйкестендіру үшін) цифрлық жеке куәлігі болуы қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2191,129 +2019,129 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Аттестаттау екі кезеңнен тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасын білуге компьютерлік тест тапсыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) емтихан билеттері бойынша ауызша тапсырманы орындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үміткер өзінің тілді таңдауын аттестаттау басталғанға дейін жазбаша растайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Тестілер мен емтихан билеттеріне енгізілуге жататын сұрақтардың тізбесін Қазақстан Республикасы Әділет министрлігінің Тіркеу қызметі және заңгерлік қызметтер көрсетуді ұйымдастыру комитеті қалыптастырады және бекітеді. Үміткерлер үшін Қазақстан Республикасының заңнама нормаларын білуге арналған сұрақтар (Қазақстан Республикасының Азаматтық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2448,51 +2276,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Нотариат туралы"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының заңдары) кемінде үш нұсқасы бар біреуі дұрыс болатын жауапты құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2511,222 +2339,222 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аттестаттаудан өту кезінде үміткердің анықтамалық, арнайы және өзге де әдебиетті, байланыс құралдарын, сондай-ақ қандай да бір электрондық тасығыштағы жазбаларды пайдалануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген талаптар бұзылған жағдайда үміткер Комиссия шешімінің негізінде аттестаттаудан шеттетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестаттаудан шеттетілген үміткер, осы Қағидалардың 6 және 9-тармақтарында көзделген тәртіппен шешім шығарылған күннен бастап үш ай өткен соң аттестаттауға жіберу туралы қайтадан өтініш беруге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Комиссия отырысында еркін нысандағы хаттама (бұдан әрі - хаттама) жүргізіледі, онда отырысты өткізу күні, уақыты және орны, аттестатталушының тегі, аты, әкесінің аты (ол болған жағдайда), тестілеу нәтижесі, емтихан билетінің нөмірі мен мазмұны, аттестатталушының жауаптары, комиссия мүшелері қойған баллдар және емтихан билетінің сұрақтары бойынша жалпы орташа балл, сондай-ақ Комиссияның шешімі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тестілеудің дұрыс жауаптарын есептеу қолданылатын компьютерлік бағдарламаның көмегімен автоматты түрде жүргізіледі. Тестілеу нәтижелері принтерде екі данада басып шығарылады және аяқталғаннан кейін бірден жеке қол қою арқылы үміткерге танысу үшін ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тестілеу нәтижелері бар парақтың бір данасы үміткерге тапсырылады, екіншісі Комиссияға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Аттестаттаудан өту үшін ұсынылған сұрақтардың жалпы саны 100 (жүз) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер дұрыс жауаптар саны ұсынылған сұрақтардың жалпы санынан 70 (жетпіс) және одан жоғары болса, үміткер тестілеуден өтті деп саналады және екінші кезеңге жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Емтихан билеттерінің сұрақтарына жауап дайындауға 10 (он) минут беріледі. Үміткердің емтихан билеттерінің сұрақтарына ауызша жауаптарының дұрыстығын комиссия мүшелері бес балдық жүйе бойынша бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссияның әрбір мүшесі аттестатталушының әрбір сұрағы бойынша жауаптарды басқаларына қарамастан бес балдық жүйе бойынша бағалайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2755,51 +2583,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия мүшелерінің бағалары, сондай-ақ аттестатталушының емтихан билетінің сұрақтары бойынша жинаған жалпы орташа балы Комиссияның хаттамасында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер жалпы орташа балл 4 (төрт) және одан жоғары балл болса, үміткер аттестаттаудан өтті деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2814,51 +2642,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттау туралы дәлелді шешім не </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттамау туралы шешім мемлекеттік көрсетілетін қызметтің нәтижесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссияның аттестаттау не аттестаттамау туралы шешімі аттестаттау өткізілген күні шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2951,70 +2779,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Дәлелді себеппен аттестаттауға келмеген көрсетілетін қызметті алушы (денсаулық жағдайы бойынша, іссапарда болу себебі бойынша, еңсерілмейтін күш салдарынан қатысудың мүмкін еместігі туралы растайтын құжаттарды ұсынған кезде) осы Қағидалардың 9-тармағында көзделген тәртіппен Комиссияның келесі отырысына шақырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үмiткер қайта келмеген немесе дәлелсіз себептермен аттестаттауға келмеген жағдайда, оның өтiнiшi қараусыз қалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3069,88 +2897,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаның шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Шағым көрсетілетін қызметті берушінің басшысының атына www.adilet.gov.kz.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымдар пошта бойынша жазбаша нысанда, "электрондық үкіметтің" веб-порталы не көрсетiлетiн қызметтi берушiнiң немесе Министрлiктiң кеңсесi арқылы қолма-қол қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3243,128 +3071,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Әділет министрінің 24.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 827</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -3427,144 +3177,144 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Нотариаттық қызметпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">айналысу құқығына үміткер </w:t>
+              <w:t>айналысу құқығына үміткер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тұлғаларға аттестаттау жүргізу" </w:t>
+              <w:t>тұлғаларға аттестаттау жүргізу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік көрсетілетін </w:t>
+              <w:t>мемлекеттік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметтің қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Әділет министрінің 24.09.2021 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 827</w:t>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3580,69 +3330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу"</w:t>
-[...17 lines deleted...]
-мемлекеттік көрсетілетін қызмет стандарты</w:t>
+"Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау өткізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3711,51 +3443,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облыстардың, республикалық маңызы бар қалалардың және астананың әділет департаменттері (бұдан әрі - көрсетілетін қызметті беруші)</w:t>
+Облыстардың, республикалық маңызы бар қалалардың және астананың әділет департаменттері (бұдан әрі-көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3788,1256 +3520,1251 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электрондық үкімет" веб-порталы www. egov. kz, www. elі cens e. kz (бұдан әрі – портал)</w:t>
+www.egov.kz, www.elicense.kz "электрондық үкiмет" веб-порталы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 (он бес) жұмыс күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Мемлекеттік қызмет көрсетудің нысаны:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 (он бес) жұмыс күні</w:t>
+Электрондық (толық автоматтандырылған)/ "бір өтініш" қағидаты бойынша көрсетілетін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нысаны:</w:t>
+Мемлекеттік көрсетілетін қызметтің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Электрондық (толық автоматтандырылған)/ "бір өтініш" қағидаты бойынша көрсетілетін</w:t>
+              <w:t xml:space="preserve">
+Қазақстан Республикасы Әділет министрінің м.а. 2020 жылғы 28 мамырдағы № 61 бұйрығымен бекітілген (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 20774 болып тіркелген) Адвокаттық қызметпен айналысуға үміткер адамдарды аттестаттаудан өткізу қағидаларының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-қосымшаларына сәйкес нысан бойынша аттестаттау туралы шешім не аттестаттамау туралы шешім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің нәтижесі</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аттестаттау туралы шешім не аттестаттамау туралы шешім</w:t>
+Мемлекеттік көрсетілетін қызмет тегін көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Көрсетілетін қызметті берушінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет тегін көрсетіледі</w:t>
+1) көрсетiлетiн қызметтi берушi - демалыс және мереке күндерiн қоспағанда, дүйсенбі-жұма аралығында, сағат 12.00-ден 13.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталда - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1)1) көрсетілетін қызметті беруші – демалыс және мереке күндерін қоспағанда, дүйсенбі-жұма аралығында, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+- өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2)2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+- нотариаттық қызметпен айналысу құқығына аттестаттаудан өту үшін мәліметтер нысаны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- Қазақстан Республикасы Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес заң мамандығы бойынша кемінде екі жыл жұмыс өтілін растайтын құжаттың электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет үшін қажетті құжаттар тізбесі</w:t>
+Қазақстан Республикасының заңдарымен белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- өтініш;</w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталғанда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- нотариаттық қызметпен айналысу құқығына аттестаттаудан өту үшін мәліметтер нысаны;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-- Қазақстан Республикасы Еңбек кодексінің </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес заң мамандығы бойынша кемінде екі жыл жұмыс өтілін растайтын құжаттың электрондық көшірмесі.</w:t>
+3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты, оның негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алуға байланысты арнайы құқықтан айырылған заңды күшіне енген сот шешімі бар болған жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Мемлекеттік көрсетілетін қызметтің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталғанда;</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі; 3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда; 4) көрсетілетін қызметті алушыға қатысты, оның негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алуға байланысты арнайы құқықтан айырылған заңды күшіне енген сот шешімі бар болған жағдайда.</w:t>
-[...24 lines deleted...]
-          </w:tcPr>
+1) Министрліктің интернет-ресурсында: - www.adilet.gov.kz;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+2) порталда орналастырылған.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
-[...107 lines deleted...]
-Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік көрсетілетін қызмет "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызмет жиынтығында "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты порталда "жеке кабинеті" арқылы қашықтықтан қол жеткізу режимінде, сондай-ақ мемлекеттік көрсетілетін қызметтер мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар. Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік көрсетілетін қызмет "Адвокаттық қызметпен айналысуға лицензия беру" мемлекеттік көрсетілетін қызмет жиынтығында "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5251,68 +4978,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(ол болған жағдайда), </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жеке сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттауға жіберу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нотариаттық қызметпен айналысу құқығына аттестаттаудан өтуге мені жіберуді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5442,68 +5169,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нотариаттық қызметпен айналысу құқығына  аттестаттаудан өтуге арналған деректер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6089,68 +5816,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттау туралы шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________ қаласы                              20__ ж. "___" __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6572,68 +6299,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестаттамау туралы шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________ қаласы                              20____ ж. "____" __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6990,324 +6717,302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 62 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Нотариатық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрселетін қызметтің қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызметтің осы қағидаларын (бұдан әрі - Қағидалар) Қазақстан Республикасы Әділет министрлігі (бұдан әрі - Министрлік) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасының Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармақшасына сәйкес әзірледі және "Нотариатық қызметпен айналысу құқығына лицензия беру" мемлекеттік қызмет көрсету тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...85 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нотариаттық қызметпен айналысу құқығына үміткер тұлға (бұдан әрі - көрсетілетін қызметті алушы) лицензияны алуға немесе қайта ресімдеуге www.adіlet.gov.kz www.elіcense.kz "электрондық үкімет" веб-порталы арқылы электрондық цифрлық қолтаңбасы (бұдан әрі - ЭЦҚ) қойылған электрондық құжат нысанында осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі - Стандарт) 8-тармағында көрсетілген құжаттарды жолдайды.</w:t>
-[...17 lines deleted...]
-      Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік көрсетілетін қызмет "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызмет жиынтығында "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызмет тізбесінің (бұдан әрі - Тізбе) 8-тармағында көрсетілген құжаттарды жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік көрсетілетін қызмет "Нотариаттық қызметпен айналысу құқығына үміткер тұлғаларға аттестаттау жүргізу" мемлекеттік көрсетілетін қызмет жиынтығында "бір өтініш"қағидаты бойынша көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензияны қайта ресімдеу көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол болған жағдайда) өзгерген жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Әділет министрлігінің Тіркеу қызметі және заңгерлік қызметтер көрсетуді ұйымдастыру комитеті (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7325,325 +7030,311 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен көрсетілу нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын негізгі талаптардың тізбесінде келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жеке басын куәландыратын құжаты, лицензиясы, соттылығының бар не жоқ екендігі және наркологта және психиатрда диспансерлік есепте тұрғандығы/тұрмағандығы туралы мәліметтерді көрсетілетін қызметті беруші тиісті ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көрсетілетін қызметті берушінің кеңсесі лицензияны алуға құжаттар келіп түскен күні оларды тіркейді және жауапты орындаушыға орындауға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - ҚР Әділет министрінің 19.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Әділет министрінің 06.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 515</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...117 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Көрсетілетін қызметті берушінің жауапты орындаушысы мемлекеттік көрсетілетін қызметті алу үшін құжаттарды қабылдаған сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті алу үшін ұсынылған құжаттар толық болмаған жағдайда, көрсетілетін қызметті беруші көрсетілген мерзімде негіздеме мен себептерін көрсете отырып, өтінішті қабылдаудан дәлелді бас тарту береді және көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Лицензияны алуға ұсынылған құжаттар толық болған жағдайда, көрсетілетін қызметті беруші 11 (он бір) жұмыс күні ішінде көрсетілетін қызметті алушының Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2015 жылғы 20 қаңтардағы № 20 бұйрығымен бекітілген </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>біліктілік талаптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10270 болып тіркелген) сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының ұсынған құжаттары біліктілік талаптарына сәйкес келген кезде мемлекеттік қызмет 1 (бір) жұмыс күні ішінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7754,70 +7445,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Лицензияны қайта ресімдеуге арналған жеке тұлғаның өтініші "электрондық үкімет" веб-порталы арқылы ЭЦҚ қойылған электрондық құжат нысанында осы Қағидаларға 1-қосымшаға сәйкес көрсетілетін қызметті алушының жеке басын куәландыратын құжат ауыстырылған сәттен бастап күнтізбелік 30 (отыз) күн ішінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші тегін, атын, әкесінің атын (бар болса) ауыстыру туралы мәліметтерді "электрондық үкімет" шлюзі арқылы "Жеке тұлғалар" мемлекеттік деректер базасынан алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7908,88 +7599,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды тұлғалардың шешімдеріне, әрекеттіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Шағым көрсетілетін қызметті берушінің басшысының атына www.adilet.gov.kz.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымдар пошта бойынша жазбаша нысанда, "электрондық үкіметтің" веб-порталы не көрсетiлетiн қызметтi берушiнiң немесе Министрлiктiң кеңсесi арқылы қолма-қол қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8082,128 +7773,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Әділет министрінің 24.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 827</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -8253,144 +7866,157 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Нотариаттық қызметпен</w:t>
-[...42 lines deleted...]
-            </w:r>
+              <w:t>"Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызметтің қағидаларына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 06.12.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1007</w:t>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8406,61 +8032,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>"Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
+"Нотариаттық қызметпен айналысу құқығына лицензия беру және қайта ресiмдеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Нотариаттық қызметпен айналысу құқығына лицензия беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Нотариаттық қызметпен айналысу құқығына лицензия қайта ресiмдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8642,51 +8312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-www.egov.kz, www.elіcense.kz "электрондық үкімет" веб-порталы арқылы</w:t>
+www.egov.kz, www.elicense.kz "электрондық үкiмет" веб-порталы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8754,70 +8424,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-лицензия беру кезінде – 15 (он бес) жұмыс күні;</w:t>
+              <w:t xml:space="preserve">
+1) лицензия беру кезiнде - 15 (он бес) жұмыс күнi; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лицензияны қайта ресімдеу кезінде – 20 (жиырма) минут</w:t>
+2) лицензияны қайта ресiмдеу кезiнде - 20 (жиырма) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8886,51 +8556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған)/"бір өтініш" қағидаты бойынша көрсетілетін</w:t>
+Электрондық (толық автоматтандырылған)/ "бір өтініш" қағидаты бойынша көрсетілетін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9111,52 +8781,90 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
- Нотариаттық қызметпен айналысу құқығына лицензия беру, қайта ресімдеу үшін жекелеген қызмет түрлерімен айналасу құқығы үшін лицензиялық алым "Салық және бюджетке төленетін өзге де міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) 554-бабына сәйкес мыналарды құрайды:</w:t>
+              <w:t xml:space="preserve">
+Нотариаттық қызметпен айналысу құқығына лицензия беру, қайта ресімдеу үшін жекелеген қызмет түрлерімен айналасу құқығы үшін лицензиялық алым </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының Салық Кодексiнiң </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес мыналарды құрайды:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) лицензия беру кезінде 6 айлық есептік көрсеткішті;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9260,52 +8968,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті беруші – демалыс және мереке күндерін қоспағанда, дүйсенбі-жұма аралығында, </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) көрсетілетін қызметті беруші – демалыс және мереке күндерін қоспағанда, дүйсенбі-жұма аралығында, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+сағат 12.00-ден 13.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталда - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9392,591 +9118,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тағылымдамадан және аттестаттаудан өткен адамдар үшін:</w:t>
+- өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) өтініш;</w:t>
+- нотариаттық қызметпен айналысу құқығына аттестаттаудан өту үшін мәліметтер нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...504 lines deleted...]
-2) жекелеген қызмет түрлерiмен айналысу құқығы үшiн лицензиялық алымның төленгенiн растайтын және лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін негіз болған өзгерістер туралы мәліметтер мемлекеттік ақпараттық жүйелерінен алынады</w:t>
+              <w:t xml:space="preserve">
+- Қазақстан Республикасы Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес заң мамандығы бойынша кемінде екі жыл жұмыс өтілін растайтын құжаттың электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10062,88 +9304,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталғанда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+              <w:t xml:space="preserve">
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік көрсетілетін қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты, оның негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алуға байланысты арнайы құқықтан айырылған заңды күшіне енген сот шешімі бар болған жағдайда.</w:t>
+4) көрсетілетін қызметті алушыға қатысты, оның негізінде көрсетілетін қызметті алушы мемлекеттік қызметті алуға байланысты арнайы құқықтан айырылған заңды күшіне енген сот шешімі бар болған жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10212,87 +9492,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсететін мекенжайлары көрсетілетін қызметті берушінің интернет-ресурсында:-www.adіlet.gov. kz, порталда орналастырылған.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты порталда "жеке кабинеті" арқылы қашықтықтан қол жеткізу режимінде, сондай-ақ мемлекеттік көрсетілетін қызметтер мәселелері жөніндегі 1414, 8 800 080 7777 бірыңғай контакт-орталығынан алу мүмкіндігі бар</w:t>
+1) Министрліктің интернет-ресурсында: - www. adіlet. gov. kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік көрсетілетін қызмет "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызмет жиынтығында "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+2) порталда орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты порталда "жеке кабинеті" арқылы қашықтықтан қол жеткізу режимінде, сондай-ақ мемлекеттік көрсетілетін қызметтер мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар. Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік көрсетілетін қызмет "Нотариаттық қызметпен айналысу құқығына лицензия беру" мемлекеттік көрсетілетін қызмет жиынтығында "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10467,68 +9765,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="47"/>
+    <w:bookmarkStart w:name="z96" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның лицензия алуға өтiнiшi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10914,68 +10212,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="48"/>
+    <w:bookmarkStart w:name="z98" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нотариаттық қызметті жүзеге асыру мәліметтерінің нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11901,68 +11199,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="49"/>
+    <w:bookmarkStart w:name="z100" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензияны қайта ресімдеуге арналған жеке тұлғаның өтiнiші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12459,68 +11757,68 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20____ жылғы "___" ___________ №_____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13075,68 +12373,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 62 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Нотариустардың өтініштерін қабылдау, мөрлерін тіркеу және беру" мемлекеттік көрсетілетін қызметтің қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша алып тасталды - ҚР Әділет министрінің 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13279,464 +12577,464 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 62 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="52"/>
+    <w:bookmarkStart w:name="z86" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Нотариаттық қызмет мәселелері бойынша мемлекеттік көрсетілетін қызметтердің стандарттарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 24 сәуірдегі № 232 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 20 мамырда № 11095 тіркелді.);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z87" w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z87" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 10 қаңтардағы № 54 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 26 қаңтарда № 16285 болып тіркелді.);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z88" w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z88" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 18 қарашадағы № 1056 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылғы 22 желтоқсанда № 14550 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z89" w:id="55"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z89" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер және толықтыру енгізу туралы" Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2019 жылғы 8 қарашадағы № 540 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 13 қарашада № 19588 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z90" w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z90" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Нотариаттық қызмет мәселелері бойынша мемлекеттік көрсетілетін қызметтердің регламенттерін бекіту туралы" Қазақстан Республикасы Әділет министрінің міндетін атқарушының 2015 жылғы 26 мамырдағы № 297 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 13 шілдеде № 11647 тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z91" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z91" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 20 наурыздағы № 442 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 17 сәуірде № 16766 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z92" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z92" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Тағылымдамадан өткен нотариаттық қызметпен айналысу құқығына үміткер адамдарды аттестаттаудан өткізу қағидаларын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 27 қаңтардағы № 56 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 17 ақпанда № 10269 тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z93" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z93" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Тағылымдамадан өткен және адвокаттық қызметпен айналысуға және нотариаттық қызметпен айналысу құқығына үміткер адамдарды аттестаттаудан өткізу қағидаларын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 27 қаңтардағы № 56 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 18 қарашадағы № 1055 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылғы 28 қарашада № 14466 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z94" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z94" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Тағылымдамадан өткен нотариаттық қызметпен айналысу құқығына үміткер адамдарды аттестаттаудан өткізу қағидаларын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 27 қаңтардағы № 56 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Әділет министрінің 2019 жылғы 25 ақпандағы № 84 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 28 ақпанда № 18352 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>