--- v0 (2025-11-08)
+++ v1 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="959b79f" w14:textId="959b79f">
+    <w:p w14:paraId="6648353" w14:textId="6648353">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3203,128 +3203,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -3359,144 +3281,144 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адвокаттық қызметпен</w:t>
+              <w:t>"Адвокаттық қызметпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>айналысуға үміткер адамдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестаттаудан өткізу</w:t>
+              <w:t>аттестаттаудан өткізу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-            Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 06.12.2024 </w:t>
+            Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1007</w:t>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3512,51 +3434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- "Адвокаттық қызметпен айналысуға үміткер адамдарды аттестаттаудан өткізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
+"Адвокаттық қызметпен айналысуға үміткер адамдарды аттестаттаудан өткізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3702,87 +3624,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электрондық үкіметтің" веб-порталы www.egov.kz; www.elicense.kz (бұдан әрі - портал)</w:t>
+www.egov.kz, www.elicense.kz "электрондық үкiмет" веб-порталы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3851,69 +3773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лицензияны беру кезінде - 15 (он бес) күнтізбелік күн</w:t>
-[...17 lines deleted...]
-лицензияны қайта ресімдеу кезінде - 20 (жиырма) минут</w:t>
+15 (он бес) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4059,51 +3963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Мемлекеттік көрсетілетін қызметтің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4135,51 +4039,51 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымшаларына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттау туралы шешім не аттестаттамау туралы шешім </w:t>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттау туралы шешім не аттестаттамау туралы шешім</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4361,69 +4265,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көрсетілетін қызметті беруші - демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+1) көрсетiлетiн қызметтi берушi - демалыс және мереке күндерiн қоспағанда, дүйсенбі-жұма аралығында, сағат 12.00-ден 13.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-портал - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижелері келесі жұмыс күні жүзеге асырылады)</w:t>
+2) порталда - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4491,70 +4395,110 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) осы Тізбеге 1-қосымшаға сәйкес нысан бойынша аттестаттауға жіберу туралы өтініш;</w:t>
+              <w:t xml:space="preserve">
+1) осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттауға жіберу туралы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) осы Тізбеге 2-қосымшаға сәйкес адвокаттық қызметпен айналысуға ааттестаттаудан өтуге арналған деректер нысаны.</w:t>
+              <w:t xml:space="preserve">
+2) осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес адвокаттық қызметпен айналысуға ааттестаттаудан өтуге арналған деректер нысаны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4792,51 +4736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+Мемлекеттік көрсетілетін қызметтің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8261,128 +8205,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
@@ -8490,71 +8356,71 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 06.12.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1007</w:t>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8570,51 +8436,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Адвокаттық қызметпен айналысуға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
+"Адвокаттық қызметпен айналысуға лицензия беру және қайта ресiмдеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Адвокаттық қызметпен айналысуға лицензия беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Адвокаттық қызметпен айналысуға лицензия қайта ресiмдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8796,51 +8716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-www.egov.kz, www.elicense.kz "электрондық үкiмет" веб-порталы арқылы</w:t>
+www.egov.kz, www.elicense.kz "электрондық үкiмет" веб-порталы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8909,51 +8829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лицензия беру кезiнде - 15 (он бес) жұмыс күнi; лицензияны қайта ресiмдеу кезiнде - 20 (жиырма) минут</w:t>
+15 (он бес) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9247,52 +9167,72 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-адвокаттық қызметпен айналысуға лицензия беру, қайта ресiмдеу үшiн жекелеген қызмет түрлерімен айналасу құқығы үшін лицензиялық алым "Салық және бюджетке төленетiн өзге де мiндеттi төлемдер туралы" Қазақстан Республикасы Кодексiнiң (Салық кодексi) 554-бабына сәйкес мыналарды құрайды:</w:t>
+              <w:t xml:space="preserve">
+адвокаттық қызметпен айналысуға лицензия беру, қайта ресiмдеу үшiн жекелеген қызмет түрлерімен айналасу құқығы үшін лицензиялық алым Қазақстан Республикасының Салық Кодексiнiң </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес мыналарды құрайды:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) лицензия беру кезiнде 6 айлық есептiк көрсеткiштi;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9397,51 +9337,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетiлетiн қызметтi берушi - демалыс және мереке күндерiн қоспағанда, дүйсенбі-жұма аралығында, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+1) көрсетiлетiн қызметтi берушi - демалыс және мереке күндерiн қоспағанда, дүйсенбі-жұма аралығында, сағат 12.00-ден 13.30-ға дейінгі түскі үзіліспен сағат 8.00-ден 17.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталда - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9545,70 +9485,110 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адвокаттық қызметпен айналысуға лицензия алу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) осы Тізбеге 1-қосымшаға сәйкес нысан бойынша жеке тұлғаның лицензия алуға өтiнiшi;</w:t>
+              <w:t xml:space="preserve">
+1) осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша жеке тұлғаның лицензия алуға өтiнiшi;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) осы Тізбенің 2-қосымшасындағы нысанға сәйкес адвокаттық қызметті жүзеге асыру мәліметтерінің нысаны;</w:t>
+              <w:t xml:space="preserve">
+2) осы Тізбенің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшасындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нысанға сәйкес адвокаттық қызметті жүзеге асыру мәліметтерінің нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) ЭҮТШ арқылы төлеу жағдайларын қоспағанда, қызметтің жекелеген түрлерiмен айналысу құқығына лицензиялық алымның бюджетке төленгенiн растайтын құжаттың электрондық көшiрмесi.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9617,52 +9597,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адвокаттық қызметпен айналысуға лицензияны қайта ресімдеу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) "Адвокаттық қызметпен айналысуға лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесіне 3-қосымша сәйкес нысандағы өтініш;</w:t>
+              <w:t xml:space="preserve">
+1) "Адвокаттық қызметпен айналысуға лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесіне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысандағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) жекелеген қызмет түрлерiмен айналысу құқығы үшiн лицензиялық алымның төленгенiн растайтын және лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін негіз болған өзгерістер туралы мәліметтер мемлекеттік ақпараттық жүйелерінен алынады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9820,52 +9820,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13349,55 +13369,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>