--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b70446" w14:textId="5b70446">
+    <w:p w14:paraId="482bbac" w14:textId="482bbac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Арнаулы әлеуметтік қызметтерді көрсету саласындағы мемлекеттік қызметтер көрсету қағидаларын бекіту туралы</w:t>
+        <w:t>Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 28 мамырдағы № 197 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 28 мамырда № 20756 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -223,317 +261,257 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Мыналар:</w:t>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттiк қызмет көрсету қағидалары;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Әлеуметтік қызметтер саясатын дамыту департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Үйде күтім көрсету жағдайында арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттiк қызмет көрсету қағидалары бекітілсін.</w:t>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...77 lines deleted...]
-      2. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Әлеуметтік қызметтер саясатын дамыту департаменті заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      2) осы бұйрық ресми жарияланғаннан кейін Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау вице-министрі Е. М. Әукеновке жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -862,1638 +840,104 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 197 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттік қызмет көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 29.09.2021 </w:t>
+      Ескерту. 1-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 357</w:t>
+        <w:t>№ 411</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...1532 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2529,160 +973,165 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Медициналық-әлеуметтік</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерде (ұйымдарда)</w:t>
+              <w:t>Еңбек және халықты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арнаулы әлеуметтік қызмет</w:t>
+              <w:t>әлеуметтік қорғау министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуге құжаттар ресімдеу"</w:t>
+              <w:t>2020 жылғы 28 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>№ 197 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z44" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Үйде күтім көрсету жағдайында арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттiк қызмет көрсету қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
+      Ескерту. 2-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 290</w:t>
+        <w:t>№ 411</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -2728,918 +1177,1058 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Жергілікті атқарушы органның </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">немесе жергілікті атқарушы </w:t>
+              <w:t>Еңбек және халықты әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орган уәкілеттік берген </w:t>
+              <w:t>қорғау министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік ұйымның басшысы</w:t>
+              <w:t>2020 жылғы 28 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...116 lines deleted...]
-              <w:t>___________________________</w:t>
+              <w:t>№ 197 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...136 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkStart w:name="z46" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңды өкілдерінің болуы </w:t>
-[...91 lines deleted...]
-    </w:p>
+      Ескерту. Бұйрық қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 411</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ӨТІНІШ </w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z48" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
-[...145 lines deleted...]
-    </w:p>
+      1. Осы "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және жергілікті атқарушы органдардың шешімі бойынша құрылған және стационар, жартылай стационар жағдайларында және үйде арнаулы әлеуметтік көрсетілетін қызметтерді ұсынатын арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу (бұдан әрі – мемлекеттік көрсетілетін қызмет) тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z49" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларға сәйкес жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметті беруші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) www.egov.kz "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Стационар, жартылай стационар жағдайларында және үйде "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z51" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Стационарлық үлгідегі ұйымдарда арнаулы әлеуметтік қызметтер көрсетуге құжаттарды ресімдеу үшін қажетті менің қолжетімділігі шектеулі дербес деректерімді жинауға және өңдеуге "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...111 lines deleted...]
-    </w:p>
+      3. Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы (немесе оның заңды өкілі) тұрғылықты жері бойынша көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға немесе портал арқылы осы Қағидаларға 4-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіндегі мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесінде көрсетілген құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандары бойынша өтініш беру жолымен жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z52" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Құжаттарды қараудың және мемлекеттік қызметті көрсету нәтижелерін берудің жалпы мерзімі көрсетілетін қызметті беруші құжаттар топтамасын тіркеген күннен бастап 15 (он бес) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорацияның құжаттарды қабылдау күні мемлекеттік қызметті көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік көрсетілетін қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көзделген құжаттардың толық топтамасын берген кезде көрсетілетін қызметті алушыға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мемлекеттік корпорацияда – көрсетілетін қызметті алушыдан қабылданған құжаттардың тізбесі, өтінішті қабылдаған маманның тегі, аты және әкесінің аты (ол болған жағдайда), өтініштің берілген күні мен уақыты, сондай-ақ дайын құжаттарды беру күні көрсетілетін тиісті құжаттардың қабылданғаны туралы электрондық қолхат беріледі, көрсетілетін қызметті алушының өтініші бойынша қолхат қағаз түрінде беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметті берушіде – тіркелген және мемлекеттік көрсетілетін қызметті алатын күні, құжаттарды қабылдаған тұлғаның тегі мен аты-жөні көрсетілген талон беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порталда – көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік корпорацияда көрсетілетін қызметті алушының дайын құжаттарын беру жеке басын куәландыратын құжатты (немесе нотариус немесе нотариаттық іс-әрекеттер жасайтын лауазымды адам нотариаттық куәландырған сенімхат бойынша оның өкілі) көрсеткен кезде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің (өкілдің) жүгінбеуіне байланысты мерзімінде берілмеген құжаттар 1 (бір) ай ішінде Мемлекеттік корпорацияда сақталады, аталған мерзім аяқталған соң сұранымсыз құжат ретінде көрсетілетін қызметті берушіге қайтарылады. Көрсетілетін қызметті алушы 1 (бір) ай өткеннен кейін жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның маманы өтінішті қабылдаудан бас тартады және осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы портал арқылы жүгінген жағдайда көрсетілетін қызметті беруші құжаттар топтамасы белгіленген талаптарға сәйкес келмейді деп танылған негіздерді көрсете отырып, "жеке кабинетке" өтінішті қараудан бас тарту туралы хабарламаны жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
-[...19 lines deleted...]
-    </w:p>
+      8. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көрсетілген құжаттар топтамасы сәйкес келген кезде көрсетілетін қызметті берушінің маманы "Е-Собес" автоматтандырылған ақпараттық жүйесіне (бұдан әрі – "Е-Собес" ААЖ) арнаулы әлеуметтік көрсетілетін қызметтерге мұқтаж адамның (отбасының) өтінішіндегі деректерді енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы Мемлекеттік корпорация, портал арқылы жүгінген кезде өтініштегі деректер автоматты түрде "Е-Собес" ААЖ-ға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құжаттарды қабылдады ________________________________________ </w:t>
-[...35 lines deleted...]
-      20___ жылғы "___" ___________</w:t>
+      9. Мемлекеттік қызметті көрсету сатысы туралы мәліметтер "Е-Собес" ААЖ-ден мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне автоматтандырылған режимде түседі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z58" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызметті көрсету мерзіміне енгізілмейді, бұл ретте мемлекеттік қызметті көрсету нәтижесін көрсетілетін қызметті беруші Мемлекеттік корпорацияға мемлекеттік қызметті көрсетудің белгіленген мерзімі өткенге дейін бір жұмыс күні бұрын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z59" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көзделген өтініш пен құжаттар қабылданғаннан кейін көрсетілетін қызметті берушінің тапсырмасы бойынша әлеуметтік жұмыскер 10 (он) жұмыс күні ішінде арнаулы әлеуметтік көрсетілетін қызметтерге қажеттілікті бағалауды және айқындауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Арнаулы әлеуметтік көрсетілетін қызметтерге қажеттілікті бағалау және айқындау кезінде әлеуметтік жұмыскер "Арнаулы әлеуметтік көрсетілетін қызметтерге мұқтаждықты бағалау мен айқындау қағидалары туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 2 маусымдағы № 200 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32697 болып тіркелген) бекітілген талаптарға сәйкес әрекет етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Үйде арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу кезінде көрсетілетін қызметті берушінің маманы 5 (бес) жұмыс күні ішінде мүгедектігі бар адамның, қарт адамның тұрғылықты жеріне барады және тексеру жүргізген күннен бастап 3 (үш) жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тұрғын үй және материалдық-тұрмыстық жағдайларын тексеру актісін жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Көрсетілетін қызметті беруші әлеуметтік жұмыскердің арнаулы әлеуметтік көрсетілетін қызметтерге қажеттілікті бағалау және айқындау жөніндегі қорытындысын алған күннен бастап 3 (үш) жұмыс күні ішінде арнаулы әлеуметтік көрсетілетін қызметтерді ұсыну туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z61" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Арнаулы әлеуметтік көрсетілетін қызметтерді ұсыну туралы шешім мерзімінде шығарылғаннан кейін көрсетілетін қызметті алушының тұрғылықты жері бойынша 2 (екі) жұмыс күні ішінде әлеуметтік көрсетілетін қызметтер порталында құжаттарды ресімдеу туралы және авторизациялау және стационар, жартылай стационар жағдайларында және үйде ұйымды таңдау қажеттігі туралы хабарлама жібереді (http://aleumet.egov.kz).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z62" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мемлекеттік қызметті көрсету нәтижесі стационар, жартылай стационар жағдайларында және үйде арнаулы әлеуметтік көрсетілетін қызмет мерзімін көрсете отырып, еркін нысандағы құжаттарды ресімдеу туралы хабарлама немесе осы Қағидалардың 15-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z63" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсетуге қойылатын негізгі талаптар тізбесінің 9-тармағында көзделген негіздер болған кезде, көрсетілетін қызметті беруші Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 73-бабына сәйкес көрсетілетін қызметті алушыны мемлекеттік қызметті көрсетуден бас тарту туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы алдын ала хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама алдын ала, бірақ мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмей жіберіледі. Тыңдау хабарлама алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасы қойылған электрондық құжат нысанында құжаттарды ресімдеу туралы хабарлама не мемлекеттік қызметті көрсетуден дәлелді бас тарту жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация көрсетілетін қызметті алушыны мемлекеттік қызметті көрсету нәтижелері туралы көрсетілетін қызметті алушының абоненттік құрылғысына смс-хабарлама жіберу арқылы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың мамандарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z65" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағымды жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Занының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағының 2) тармақшасына сәйкес оны тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының шағымды қарайтын органның атына келіп түскен шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3675,170 +2264,1031 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Медициналық-әлеуметтік</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерде (ұйымдарда)</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арнаулы әлеуметтік қызмет</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуге құжаттар ресімдеу"</w:t>
+              <w:t>қызметтерге құжаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жергілікті атқарушы органның</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе жергілікті атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган уәкілеттік берген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік ұйымның басшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жергілікті атқарушы орган</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе жергілікті атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган уәкілеттік берген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік ұйым басшысының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тегі, аты, әкесінің аты (ол болған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-сәйкестендіру нөмірі:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z67" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӨТІНІШ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжат 20___ жылғы "___" ________ № ___ берілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тіркелген жері ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғылықты жері _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жері ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      Туған күні _____ жылғы "___" _________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәрдемақы түрі мен мөлшері _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүгедектік тобы (мүгедектігі бар болса) ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды өкілдерінің болуы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тегі, аты, әкесінің аты (ол болған жағдайда), жеке сәйкестендіру нөмірі, туыстық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қатынастар, жасы, әлеуметтік мәртебесі, тұратын мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Туыстарының болуы (еңбекке қабілетті кәмелетке толған балалары, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұбайы/зайыбы)_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тегі, аты, әкесінің аты (ол болған жағдайда), жеке сәйкестендіру нөмірі, туыстық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қатынастар, жасы, әлеуметтік мәртебесі, тұратын мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      стационарлық үлгідегі ұйымда тәулік бойы тұрақты/уақытша (керегін сызу) тұру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жағдайында арнаулы әлеуметтік көрсетілетін қызметтер көрсетуді сұраймын, өйткені </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      стационар жағдайында арнаулы әлеуметтік көрсетілетін қызметтер көрсетуге </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұқтажбын (мұқтаж).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мынадай құжаттарды қоса беремін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _______________________ 2) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) _______________________ 4) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) _______________________ 6) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) _______________________ 8) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) _______________________ 10) ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес стационарлық үлгідегі ұйымдарда арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу үшін қажетті менің қолжетімділігі шектеулі дербес деректерімді жинауға және өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы келісім қол қойылған күнінен бастап "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету аяқталған күнге дейін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен арнаулы әлеуметтік көрсетілетін қызметтер көрсету, мемлекеттік органдардың ақпараттық жүйелеріндегі тиісті ақпаратты тексеру, сәйкестікке келтіру және жаңарту құқығын айқындау үшін еңбекке қабілетті кәмелетке толған балалары, жұбайы (зайыбы) туралы ақпаратты пайдалануға, сондай-ақ мен көрсеткен, ақпараттық жүйелерден алынған мәліметтер мен мәліметтерді пайдалануға (беруге), менің мәртебем, менің мүддемде арнаулы әлеуметтік көрсетілетін қызметтерді алушы ретінде, оның ішінде арнаулы әлеуметтік көрсетілетін қызметтердің кепілдік берілген көлемін ұсыну үшін келісім білдіремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалған ақпарат пен дәйексіз (жасанды) құжаттар бергенім үшін жауапкершілік туралы ескертілдім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стационарлық үлгідегі ұйымды қабылдау, онда ұстау, одан ауыстыру және шығару шарттарымен таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "___" ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өтініш берушінің тегі, аты, әкесінің аты (ол болған жағдайда) және қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құжаттарды қабылдады ________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өтініш берушінің тегі, аты, әкесінің аты (ол болған жағдайда) және қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "___" ___________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3874,396 +3324,471 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету орталықтарында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтерге құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-          </w:p>
-[...63 lines deleted...]
-            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">немесе жергілікті атқарушы </w:t>
+              <w:t>Жергілікті атқарушы органның</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орган уәкілеттік берген </w:t>
+              <w:t>немесе жергілікті атқарушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>орган уәкілеттік берген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>мемлекеттік ұйымның басшысы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(жергілікті атқарушы орган </w:t>
+              <w:t>(жергілікті атқарушы орган</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">немесе жергілікті атқарушы </w:t>
+              <w:t>немесе жергілікті атқарушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орган уәкілеттік берген </w:t>
+              <w:t>орган уәкілеттік берген</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік ұйым басшысының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тегі, аты, әкесінің аты </w:t>
+              <w:t>тегі, аты, әкесінің аты (ол болған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бар болса)</w:t>
+              <w:t>жағдайда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бизнес-сәйкестендiру нөмiрi:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="32"/>
+    <w:bookmarkStart w:name="z69" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...87 lines deleted...]
-      жартылай стационарлық үлгідегі ұйымға күндізгі болу жағдайында арнаулы әлеуметтік қызметтер көрсетуді сұраймын, өйткені жартылай стационарлық жағдайда арнаулы әлеуметтік қызметтер көрсетуге мұқтажбын (мұқтаж).</w:t>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол болған жағдайда) ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жылы "__" ________ туған,  _________________ мекенжайы бойынша тұратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жартылай стационарлық үлгідегі ұйымға күндізгі болу жағдайында арнаулы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      әлеуметтік көрсетілетін қызметтер көрсетуді сұраймын, өйткені жартылай </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      стационарлық жағдайда арнаулы әлеуметтік көрсетілетін қызметтер көрсетуге </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мұқтажбын (мұқтаж).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мынадай құжаттарды қоса беремін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4345,89 +3870,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) _______________________ 10) ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жартылай стационарлық үлгідегі ұйымда арнаулы әлеуметтік қызметтер көрсетуге құжаттарды ресімдеу үшін қажетті менің қолжетімділігі шектеулі дербес деректерімді жинауға және өңдеуге "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес келісім беремін.</w:t>
-[...17 lines deleted...]
-      Осы келісім қол қойылған күнінен бастап "Медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттік қызмет көрсету аяқталған күнге дейін қолданылады.</w:t>
+        <w:t xml:space="preserve"> сәйкес жартылай стационарлық үлгідегі ұйымда арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу үшін қажетті менің қолжетімділігі шектеулі дербес деректерімді жинауға және өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы келісім қол қойылған күнінен бастап "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету аяқталған күнге дейін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жартылай стационарлық үлгідегі ұйымға қабылдау, онда ұстау, одан ауыстыру шарттарымен таныстым.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4436,106 +3961,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы "___" __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...54 lines deleted...]
-      (өтініш берушінің тегі, аты, әкесінің аты (бар болса) және қолы)</w:t>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өтініш берушінің тегі, аты, әкесінің аты (ол болған жағдайда) және қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қабылдады ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (өтініш берушінің тегі, аты, әкесінің аты (ол болған жағдайда) және қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___ жылғы "___" ___________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -4589,172 +4114,1053 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Медициналық-әлеуметтік</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерде (ұйымдарда)</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арнаулы әлеуметтік қызмет</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуге құжаттар ресімдеу"</w:t>
+              <w:t>қызметтерге құжаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жергілікті атқарушы органның</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе жергілікті атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган уәкілеттік берген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік ұйымның басшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жергілікті атқарушы орган</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе жергілікті атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган уәкілеттік берген</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік ұйым басшысының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тегі, аты, әкесінің аты (ол болған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бизнес-сәйкестендiру нөмiрi:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z71" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ӨТІНІШ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (көрсетілетін қызметті алушының тегін, атын, әкесінің атын (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      көрсету) үйде арнаулы әлеуметтік көрсетілетін қызметтер көрсету үшін есепке алуды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған күні _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғылықты мекенжайы ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон номері (үй, ұялы) _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүгедектік санаты (болған жағдайда) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бірге тұратын отбасы мүшелері (тегі, аты, әкесінің аты (ол болған жағдайда), жеке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі, туыстығын көрсету): ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу үшін қажетті менің қолжетімділігі шектеулі дербес деректерімді жинауға және өңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы келісім қол қойылған күнінен бастап "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсету аяқталған күнге дейін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен арнаулы әлеуметтік көрсетілетін қызметтер көрсету, мемлекеттік органдардың ақпараттық жүйелеріндегі тиісті ақпаратты тексеру, сәйкестікке келтіру және жаңарту құқығын айқындау үшін еңбекке қабілетті кәмелетке толған балалары, жұбайы (зайыбы) туралы ақпаратты пайдалануға, сондай-ақ мен көрсеткен, ақпараттық жүйелерден алынған мәліметтер мен мәліметтерді пайдалануға (беруге), менің мәртебем, менің мүддемде арнаулы әлеуметтік көрсетілетін қызметтерді алушы ретінде, оның ішінде арнаулы әлеуметтік көрсетілетін қызметтердің кепілдік берілген көлемін ұсыну үшін келісім білдіремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалған ақпарат пен дәйексіз (жасанды) құжаттар бергенім үшін жауапкершілік туралы ескертілдім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үйде арнаулы әлеуметтік көрсетілетін қызмет көрсету тәртібі мен шарттарымен таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мынадай құжаттарды қоса беремін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тегі, аты, әкесінің аты (ол болған жағдайда) және қолы _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні 20__ жылғы "___" ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішті қабылдады _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегін, атын, әкесінің атын (ол болған жағдайда) және лауазымын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы _________ күні 20__жылғы "___" __________.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету орталықтарында</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтерге құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4768,51 +5174,173 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметтің кіші түрлері:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Стационар жағдайында арнаулы әлеуметтік қызметтер көрсетуге құжаттарды ресімдеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Жартылай стационар жағдайында арнаулы әлеуметтік қызметтер көрсетуге құжаттарды ресімдеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) Үйде арнаулы әлеуметтік қызметтер көрсетуге құжаттарды ресімдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4881,51 +5409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4994,105 +5522,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+Өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
+1) Мемлекеттік корпорация;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) көрсетілетін қызметті беруші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) www. egov. kz "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+3) портал арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5161,51 +5689,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттар топтамасын тіркеген сәттен бастап – 17 (он жеті) жұмыс күні.</w:t>
+Құжаттар топтамасын тіркеген сәттен бастап – 15 (он бес) жұмыс күні.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызметті көрсету мерзіміне кірмейді, бұл ретте мемлекеттік қызметті көрсету нәтижесін көрсетілетін қызметті беруші Мемлекеттік корпорацияға мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін бір күн бұрын ұсынады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5328,51 +5856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтындырылған)/ қағаз түрінде.</w:t>
+Электрондық (ішінара автоматтандырылған)/қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5441,69 +5969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі көрсетілген еркін нысандағы құжаттарды ресімдеу туралы хабарлама немесе осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 9-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
-[...17 lines deleted...]
-Порталға жүгінген кезде мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің лауазымды адамының электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжат нысанында жіберіледі.</w:t>
+Мемлекеттік қызметті көрсету нәтижесі стационар, жартылай стационар жағдайларында және үйдегі ұйымдарда арнаулы әлеуметтік көрсетілетін қызмет көрсету мерзімін көрсете отырып, еркін нысандағы құжаттарды ресімдеу туралы хабарлама немесе осы Қағидалардың 15-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5684,162 +6194,144 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) Мемлекеттік корпорацияда – жексенбі және мереке күндерінен басқа, белгіленген жұмыс графигіне сәйкес дүйсенбіден бастап сенбіні қоса алғанда, түскі асқа үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+              <w:t xml:space="preserve">
+1) Мемлекеттік корпорация бөлімшелерінде – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес мереке және демалыс күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның кезекші халыққа қызмет көрсету бөлімдері дүйсенбіден бастап жұманы қоса алғанда, сағат 9.00-ден 20.00-ге дейін және сенбі сағат 9.00-ден 13.00-ге дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылдау көрсетілетін қызметті алушының тұрғылықты жері бойынша электрондық кезек тәртібінде, жеделдетіп қызмет көрсетусіз жүзеге асырылады, www. egov. kz "электрондық үкімет" веб-порталы арқылы электрондық кезекті броньдауға болады;</w:t>
+Қабылдау жеделдетіп қызмет көрсетусіз электрондық кезек тәртібімен жүзеге асырылады, электрондық кезекті портал арқылы броньдауға болады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті берушіде – сағат 13.00-ден 14.00, 14.30, 15.00-ге дейінгі түскі үзіліспен сағат 9.00-ден 18.00, 18.30, 19.00-ге дейін.</w:t>
+2) көрсетілетін қызметті берушіде – қызмет көрсету түскі үзілісті қоспағанда, қызмет көрсетушінің бекітілген жұмыс кестесіне сәйкес жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейін түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек тәртібінде көрсетіледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек тәртібінде көрсетіледі;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+3) порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Қазақстан Республикасының Еңбек кодексіне сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5908,181 +6400,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы (немесе оның заңды өкілі) мемлекеттік қызметті көрсету үшін жүгінген кезде көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға немесе портал арқалы мынадай құжаттарды ұсынады:</w:t>
+1) "Арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсетудің осы қағидаларына (бұдан әрі – Қағидалар) 1, 2 және 3-қосымшаларға сәйкес нысандары бойынша өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "Медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттік қызмет көрсету қағидаларына (бұдан әрі – Қағидалар) 1 және 2-қосымшаларға сәйкес нысан бойынша өтініш;</w:t>
+2) көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН) бар (сәйкестендіру үшін) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН) бар (сәйкестендіру үшін) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат;</w:t>
+3) амбулаториялық картадан немесе сырқатнамадан үзінді көшірмесімен Қағидаларға 7, 8 және 9-қосымшаларға сәйкес нысан бойынша медициналық карта.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3) амбулаториялық картадан немесе сырқатнамадан үзінді көшірмесімен Қағидаларға 5 және 6-қосымшаларға сәйкес нысан бойынша медициналық карта.</w:t>
+              <w:t xml:space="preserve">
+Жеке басты куәландыратын құжат туралы, мүгедектікті белгілеу туралы (мүгедектік болған кезде қарттар үшін), мүгедектігі бар адамға абилитациялау мен оңалтудың жеке бағдарламасы (бұдан әрі – ОЖБ) әзірлеген шаралар туралы (қарттар үшін ОЖБ болған кезде), психоневрологиялық аурулары бар 18 жастан асқан адамды сот шешімі бойынша әрекетке қабілетсіз деп тану туралы (болған жағдайда), зейнеткерлік жас, Ұлы Отан соғысының ардагері, басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагері, сондай-ақ жеңiлдiктер бойынша Ұлы Отан соғысының ардагері, "Ардагерлер туралы" Қазақстан Республикасының Заңы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) тармақшасында санамаланған қаза тапқан әскери қызметшілердің отбасы мәртебесінің болуы туралы (Ұлы Отан соғысының ардагерлері, басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлері, сондай-ақ жеңiлдiктер бойынша Ұлы Отан соғысының ардагерлері, "Ардагерлер туралы" Қазақстан Республикасының Заңы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) тармақшасында санамаланған қаза тапқан әскери қызметшілердің отбасылар үшін) мәліметтер көрсетілетін қызметті беруші немесе Мемлекеттік корпорация тиісті мемлекеттік ақпараттық жүйелерден уәкілетті лауазымды адамдардың электрондық цифрлық қолтаңбасымен куәландырылған электрондық құжаттар нысанында алады. Ақпараттық жүйелерде мәліметтер болмаған кезде өтінішке он сегіз жастан асқан адамдар үшін – адамды әрекетке қабілетсіз деп тану туралы сот шешімінің көшірмесі (бар болса) қоса беріледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...56 lines deleted...]
-              </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+Көрсетілетін қызметті берушілер цифрлық құжаттарды порталда тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі (болған жағдайда), іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бірреттік парольді беру арқылы немесе порталдың хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6115,51 +6589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6169,163 +6643,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік қызметтерді алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігін белгілеу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушы қолданылу мерзімі өткен құжаттарды және (немесе) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көзделген тізбеге сәйкес құжаттардың толық емес топтамасын ұсынған жағдайда;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік-құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы</w:t>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тарту;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17467 болып тіркелген) бекітілген Арнаулы әлеуметтік қызметтер көрсететін ұйымдар қызметінің қағидаларында белгіленген талаптарға сәйкес келмеуі;</w:t>
+              <w:t>
+4) мемлекеттік қызмет көрсету үшін қажетті келісімді беру туралы сұрауға уәкілетті мемлекеттік органның теріс жауабы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тарту.</w:t>
+5) сараптама, зерттеу немесе тексеру қорытындысының теріс болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6393,106 +6829,178 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мүгедектігі бар адамдарға медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызмет көрсетуге арналған құжаттарды ресімдеу әлеуметтік қызметкердің жәрдемдесуімен жүзеге асырылады. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+              <w:t xml:space="preserve">
+Мүгедектігі бар адамдарға арнаулы әлеуметтік көрсетілетін қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтерге құжаттарды ресімдеу әлеуметтік қызметкердің жәрдемдесуімен жүзеге асырылады. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің www. enbek. gov. kz интернет-ресурсында, "Мемлекеттік көрсетілетін қызметтер" бөлімінде; 2) Мемлекеттік корпорацияның – www. gov4c. kz;</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) www. egov. kz порталы интернет-ресурсында орналастырылған. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен статусы туралы ақпаратты көрсетілетін қызметті берушінің анықтамалық қызметтері, "1414", Бірыңғай байланыс орталығы, 8-800-080-7777 арқылы алу мүмкіндігі бар.</w:t>
+1) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің www.enbek.gov.kz интернет-ресурсында, "Мемлекеттік көрсетілетін қызметтер" бөлімінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+2) Мемлекеттік корпорацияның – www.gov4c.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) порталда орналастырылған. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен статусы туралы ақпаратты көрсетілетін қызметті берушінің анықтамалық қызметтері, "1414", Бірыңғай байланыс орталығы, 8-800-080-7777 арқылы алу мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6531,743 +7039,693 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Медициналық-әлеуметтік</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерде (ұйымдарда)</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арнаулы әлеуметтік қызмет</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуге құжаттар ресімдеу"</w:t>
+              <w:t>қызметтерге құжаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
-[...64 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z74" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Арнаулы әлеуметтік көрсетілетін қызметке үміткер адамның тұрғын үй және тұрмыстық жағдайын зерттеудің № _______ АКТІСІ*</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Туған күні ______ жылғы "___" ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тұрғылықты мекенжайы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Телефон нөмері _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      5. Алатын төлемдердің түрі мен мөлшері (зейнетақы, жәрдемақы, өзге де әлеуметтік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлемдер)__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Отбасылық жағдайы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Соңғы жұмыс орны _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
-[...473 lines deleted...]
-      20___ жылғы "___" ____________.</w:t>
+      8. Балалар мен жақын туыстары туралы мәліметтер (тегі, аты, әкесінің аты (ол болған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жағдайда), тұратын жері, жұмыс орны, байланыс телефондары):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тұру шарттары: ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жайлы / қолайсыз тұрғын үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (пәтер, жеке үй, жатақхана және басқалар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қабатты, бөлмелер санын, сантораптың болуы, орталық жылыту, лифт</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      және тағы басқаларды көрсетіңіз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (басқа шарттар)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Үй жанындағы учаскенің болуы___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актіні жасаған адам ___________ ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Қолы) (тегі, аты, әкесінің аты (ол болған жағдайда), лауазымы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні 20___ жылғы "___" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру жүргізілді, алушымен келісілді: иә / жоқ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Ескерту: мүгедектігі бар адамдар мен қарттар үшін толтырылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7303,129 +7761,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Медициналық-әлеуметтік</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерде (ұйымдарда)</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арнаулы әлеуметтік қызмет</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуге құжаттар ресімдеу"</w:t>
+              <w:t>қызметтерге құжаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7446,1242 +7904,711 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z76" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стационарлық үлгідегі медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызметтер алу үшін  МЕДИЦИНАЛЫҚ КАРТА</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> ҚҰЖАТТАРДЫ ҚАБЫЛДАУДАН БАС ТАРТУ ТУРАЛЫ ҚОЛХАТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
-[...1153 lines deleted...]
-      20___ жылғы "___" ___________</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-1-баптарын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағын басшылыққа ала отырып,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бар қалалардың жергілікті атқарушы органдары; "Азаматтарға арналған үкімет" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы) Сіз </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      құжаттардың толық емес топтамасын және (немесе) қолданылу мерзімі өткен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /дәйексіз құжаттарды, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ___________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынуыңызға / көрсетілетін қызметті алушының және (немесе) мемлекеттік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қызметтерді көрсету үшін ұсынылған қажетті материалдардың, объектілердің, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      деректер мен мәлеметтердің сәйкес келмеуіне (керегін сызу) байланысты "Арнаулы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қызметтерге құжаттарды ресімдеу" мемлекеттік қызмет көрсетуге құжаттарды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы қолхат әрбір тарап үшін бір-бірден 2 (екі) данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы:_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бар қалалардың жергілікті атқарушы органының және "Азаматтарға арналған үкімет" </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы маманының </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алдым: _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Көрсетілетін қызметті алушының немесе заңды өкілінің тегі, аты, әкесінің аты (ол </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "___" ____________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8717,129 +8644,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Медициналық-әлеуметтік</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекемелерде (ұйымдарда)</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арнаулы әлеуметтік қызмет</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетуге құжаттар ресімдеу"</w:t>
+              <w:t>қызметтерге құжаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсету</w:t>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6-қосымша</w:t>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8866,1182 +8793,1236 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z78" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жартылай стационарлық үлгідегі медициналық-әлеуметтік мекемелерде (ұйымдарда) арнаулы әлеуметтік қызметтер алу үшін  МЕДИЦИНАЛЫҚ КАРТА</w:t>
-[...13 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Стационарлық үлгідегі арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтер алу үшін МЕДИЦИНАЛЫҚ КАРТА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (медициналық ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған күні 20 ___ жылғы "____" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үйінің мекенжайы ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      Қысқаша анамнез (бастан өткерген аурулар; дәрілік препараттарды, азық-түлікті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көтере алмаушылық және тағы басқа туралы мәліметтер):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық тексеру (негізгі және ілеспелі диагнозды, асқынудың орын алғандығын, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын болған аурулар туралы мәліметтерді көрсету қажет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      невропатолог _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психиатр ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерматовенеролог _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фтизиатр (флюрография мәліметтерінің болуы міндетті) ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терапевт/педиатр__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпидемиологиялық ортасы туралы қорытынды _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілімдер бойынша (диспансерлік есепке алу кезінде):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эндокринолог ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кардиолог _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ортопед _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарколог ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      онколог __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гинеколог (уролог) _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хирург___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      окулист___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отоларинголог_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зертханалық зерттеулердің нәтижелері: қанның жалпы анализі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АИТВ инфекциясына қанның анализі _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сифилиске қанның анализі __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зәрдің жалпы анализі _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нәжіс жұғындарын гельминттер жұмыртқасына паразитологиялық зерттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нәжіс жұғындарын ішек таяқшасына бактериологиялық зерттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (мерзімі, нәтижесі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      менингококк инфекциясына зертханалық зерттеу___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психоневрологиялық аурулары бар 18 жастан асқан адамдар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әйелдердің қынап жағындысы _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ерлердің уретральды жағындысы ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәрігерлік-консультациялық комиссия төрағасының қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (стационарлық үлгідегі ұйымда болуға медициналық қарсы көрсетілімдер бар ма)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық ұйымның басшысы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (медициналық ұйымның атауы)</w:t>
-[...1043 lines deleted...]
-      20___ жылғы "___" __________.</w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "___" ___________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10077,1105 +10058,1331 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Еңбек және халықты</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әлеуметтік қорғау министрінің</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 28 мамырдағы</w:t>
+              <w:t>қызметтерге құжаттарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 197 бұйрығына</w:t>
+              <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkStart w:name="z80" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Үйде күтім көрсету жағдайында арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттiк қызмет көрсету қағидалары</w:t>
-[...32 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Жартылай стационарлық үлгідегі арнаулы әлеуметтік қызметтер көрсету орталықтарында арнаулы әлеуметтік көрсетілетін қызметтер алу үшін МЕДИЦИНАЛЫҚ КАРТА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (медициналық ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 03.08.2022 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="35"/>
+      Тегі, аты, әкесінің аты (ол болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған күні 20 ___ жылғы "____" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үйінің мекенжайы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Үйде күтім көрсету жағдайында арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу" мемлекеттiк қызметті көрсету қағидалары (бұдан әрі - Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
-[...133 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="38"/>
+      Қысқаша анамнез (бастан өткерген аурулар; дәрілік препараттарды, азық-түлікті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көтере алмаушылық және тағы басқа туралы мәліметтер):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Мемлекеттік қызметті алу үшін жеке тұлға (немесе оның заңды өкілі) тұрғылықты жері бойынша көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға немесе портал арқылы осы Қағидаларға </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="39"/>
+      Медициналық тексеру (негізгі және ілеспелі диагнозды, асқынудың орын алғандығын, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрын болған аурулар туралы мәліметтерді көрсету қажет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      невропатолог ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психиатр ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерматовенеролог ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фтизиатр (флюрография мәліметтерінің болуы міндетті) ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терапевт/педиатр__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпидемиологиялық ортасы туралы қорытынды _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілімдер бойынша (диспансерлік есепке алу кезінде):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эндокринолог _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кардиолог _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ортопед _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарколог _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      онколог _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гинеколог (уролог) _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зертханалық зерттеулердің нәтижелері: қанның жалпы анализі ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АИТВ инфекциясына қанның анализі _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сифилиске қанның анализі _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зәрдің жалпы анализі _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нәжіс жұғындарын гельминттер жұмыртқасына паразитологиялық зерттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нәжіс жұғындарын ішектаяқшасына бактериологиялық зерттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      менингококк инфекциясына зертқаналық зерттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психоневрологиялық аурулары бар 18 жастан асқан адамдар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әйелдердің қынап жағындысы ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ерлердің уретральды жағындысы ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мерзімі, нәтижесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәрігерлік-консультациялық комиссия төрағасының қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын талаптар осы Қағидаларға </w:t>
-[...682 lines deleted...]
-      Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      (жартылай стационарлық үлгідегі ұйымда болуға медициналық қарсы көрсетілімдер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бар ма)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орыны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық ұйымның басшысы: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ жылғы "___" __________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11211,156 +11418,133 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Үйде күтім көрсету</w:t>
+              <w:t>"Арнаулы әлеуметтік қызметтер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жағдайында арнаулы әлеуметтік</w:t>
+              <w:t>көрсету орталықтарында</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет көрсетуге құжаттар</w:t>
+              <w:t>арнаулы әлеуметтік көрсетілетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>қызметтерге құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>ресімдеу" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11377,396 +11561,234 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жергілікті атқарушы органның </w:t>
-[...181 lines deleted...]
-              <w:t>___________________________</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z82" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ӨТІНІШ</w:t>
-[...143 lines deleted...]
-      Бірге тұратын отбасы мүшелері (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі, туыстығын көрсету): _______________________________</w:t>
+        <w:t xml:space="preserve"> Үйде арнаулы әлеуметтік көрсетілетін қызметтер алу үшін МЕДИЦИНАЛЫҚ КАРТА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (медициналық ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған күні _____жылғы "____" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үйінің мекенжайы _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қысқаша анамнез (бастан өткерген аурулар; дәрілік препараттарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азық-түлікті көтере алмаушылық және тағы басқа туралы мәліметтер):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11776,4334 +11798,429 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Үйде күтім көрсету жағдайында арнаулы әлеуметтік қызмет көрсетуге құжаттар ресімдеу үшін қажетті менің қолжетімділігі шектеулі дербес деректерімді жинауға және өңдеуге "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасыны Заңның </w:t>
-[...4156 lines deleted...]
-      ____________________________________________________________________</w:t>
+      Медициналық тексеру: (негізгі және ілеспелі диагнозды, асқынудың орындылығын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсету):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      невропатолог _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психиатр _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дерматовенеролог _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фтизиатр (флюорография мәліметтерінің болуы міндетті) ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терапевт/педиатр__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эпидемиологиялық ортасы туралы қорытынды _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зертханалық зерттеулердің нәтижелері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қанның жалпы анализі_________________________________________________</w:t>
+      қанның жалпы анализі______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мерзімі, нәтижесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      зәрдің жалпы анализі ________________________________________________</w:t>
+      зәрдің жалпы анализі ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мерзімі, нәтижесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      нәжіс жұғындарын ішектаяқшасына бактериологиялық зерттеу</w:t>
-[...17 lines deleted...]
-      ____________________________________________________________________</w:t>
+      нәжіс жұғындарын ішек таяқшасына бактериологиялық зерттеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мерзімі, нәтижесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16113,69 +12230,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрігерлік-консультациялық комиссия төрағасының қорытындысы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...17 lines deleted...]
-      ____________________________________________________________________</w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (үйде қызмет көрсету ұйымда болуға медициналық қарсы көрсетілімдер бар ма)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16203,51 +12320,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Медициналық ұйымның басшысы: ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тегі, аты, әкесінің аты (бар болса), қолы)</w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___ жылғы "___" ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -16305,55 +12422,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16679,31 +12796,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>