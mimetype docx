--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73e402b" w14:textId="73e402b">
+    <w:p w14:paraId="3c3e584" w14:textId="3c3e584">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1180,350 +1180,226 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Апостиль қою рәсімінің мақсаты Гаага конвенциясына қатысушы елдердің аумағында әрекет етуге арналған апостиль қойылатын құжаттардың түпнұсқалығы мен тиісті ресімделуіне кепілдік беру болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көрсетілетін қызметті беруші Қазақстан Республикасының әділет органдарынан, азаматтық хал актілерін тіркеу және өзге де мемлекеттік органдардан, сондай-ақ нотариустардан шығатын ресми құжаттарға экстерриториалдық қағидат бойынша апостиль қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстардың, Астана, Алматы және Шымкент қалаларының әділет департаменттері өзінің аумақтық бірлігіне сәйкес құжаттарға қол қою құқығы берілген лауазымды адамдардың қол қою үлгілерін (бұдан әрі - қол қою үлгісі) және құжатты берген органның мөр бедерін (бұдан әрі - мөр бедері) лауазымды адамдардың тағайындалуына және орган мөрінің өзгеруіне қарай "Е-Апостиль" ақпараттық жүйесіне енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әділет министрлігі "Е-Апостиль" ақпараттық жүйесіне мемлекеттік органдардан келіп түсетін қол қоюдың және мөрлер бедерлерінің үлгілерін енгізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 515</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...127 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі мен шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік көрсетілетін қызметтің процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ көрсетілетін ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Қазақстан Республикасының әділет органдарынан, азаматтық хал актілерін тіркеу және өзге де мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде (бұдан әрі - Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі) келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1542,110 +1418,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Жеке және заңды тұлғалар (бұдан әрі - көрсетілетін қызметті алушылар) мемлекеттік көрсетілетін қызметті алу үшін қалауы бойынша "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) қағаз түрінде немесе "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы электрондық түрде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Көрсетілетін қызметті алушы не сенімхат бойынша оның өкілі Мемлекеттік корпорациясына немесе портал арқылы жүгінген кезде мемлекеттік қызметті көрсетілетін қызметтер үшін қажетті құжаттардың тізбесі Мемлекеттік көрсетілетін қызметке қойылатын негізгі талаптар тізбесінің 8-тармағында көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1664,206 +1540,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттары туралы мәліметтерді, көрсетілетін қызметті алушының бюджетке баж сомасын төлегенін растайтын құжатты (ЭҮТШ арқылы төленген жағдайда), сондай-ақ Қазақстан Республикасының аумағында жүргізілген азаматтық хал актілерін мемлекеттік тіркеу туралы мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ақпараттық жүйелерде тиісті мәліметтер болмаған кезде Мемлекеттік корпорацияның немесе көрсетілетін қызметті берушінің қызметкері құжаттардың электрондық/қағаз көшірмелерін жаңғыртады, содан кейін апостиль қоюға жататын құжаттарды қоспағанда, түпнұсқаларды көрсетілетін қызметті алушыға қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынуы мүмкін құжаттар мен мәліметтерді талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Көрсетілетін қызметті алушы, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті беруші мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші ақпараттық-коммуникациялық инфрақұрылымға жауапты қызметкерін дереу хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл жағдайда ақпараттық-коммуникациялық инфрақұрылымға жауапты қызметкер ақпараттық жүйенің істен шығу себептерін анықтау бойынша шаралар қабылдайды және 1 (бір) жұмыс күні ішінде техникалық проблема туралы хаттама (акт) жасайды және оған көрсетілетін қызметті беруші қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті алушы электрондық цифрлық қолтаңбасы (бұдан әрі - ЭЦҚ) болған жағдайда мемлекеттік көрсетілетін қызметті электрондық нысанда портал арқылы алуға мүмкіндігі бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы өтінішті портал арқылы тапсырған кезде "жеке кабинетіне" өтініш түскен сәттен бастап 1 (бір) жұмыс күні ішінде мемлекеттік көрсетілетін қызметке сұрау салуды қабылдау туралы мәртебесі жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2062,70 +1938,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Мемлекеттік корпорация арқылы қағаз жеткізгіште мемлекеттік қызмет көрсету кезінде өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, Қазақстан Республикасының еңбек заңнамасына сәйкес өтініштерді қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2272,70 +2148,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін немесе цифрлық құжаттар сервисінен электрондық құжатын ұсынғанда (не Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжат негізінде әрекет ететін өкілдің тиісті өкілеттіктері көрсетілген өкілі) тиісті құжаттарды қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация 1 (бір) ай көлемінде құжаттардың сақталуын қамтамасыз етеді, кейін оны әрі қарай сақтауға көрсетілетін қызметті берушіге береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2390,88 +2266,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік көрсетілетін қызмет мәселелері бойынша уәкілетті органның және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабы 2) тармағына сәйкес тікелей мемлекеттік көрсетілетін қызметті көрсететін көрсетілетін қызметті берушінің атына келіп түскен өтініш берушінің шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2544,70 +2420,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2898,158 +2774,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">21. Алып тасталды - ҚР Әділет министрінің м.а. 28.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 841</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...106 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -3112,183 +2880,157 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әділет органдарынан, азаматтық</w:t>
-[...81 lines deleted...]
-            </w:r>
+              <w:t>әділет органдарынан, азаматтық азаматтық хал актілерін тіркеу және өзге де мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік қызметін көрсету қағидасына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.05.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 19.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 458</w:t>
+        <w:t>№ 515</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізілетін) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3548,51 +3290,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Мемлекеттік корпорация;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 2) портал арқылы.</w:t>
+2) портал арқылы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4164,71 +3906,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 615-бабының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес Қазақстан Республикасында жасалған әрбір ресми құжатқа апостиль қойғаны үшін - 0,5 АЕК</w:t>
+Қазақстан Республикасы Салық кодексі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>667-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-тармағының 6) тармақшасына сәйкес Қазақстан Республикасында жасалған ресми құжаттарға апостиль қойғаны үшін - 0,5 АЕК </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4297,87 +4039,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті беруші – демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін.</w:t>
+1) көрсетілетін қызметті беруші – демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 8.00-ден 17.30-ға дейін, сағат 12.00-ден 13.30-ға дейін түскі үзіліс</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Мемлекеттік корпорация – Қазақстан Республикасының Еңбек Кодексіне сәйкес, дүйсенбіден бастап жұманы қоса алғанда, үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні мереке және демалыс күндерінен басқа, сағат 9.00-ден 13.00-ге дейін;</w:t>
+2) Мемлекеттік корпорация – Қазақстан Республикасының Еңбек кодексіне сәйкес, дүйсенбіден бастап жұманы қоса алғанда, үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні мереке және демалыс күндерінен басқа, сағат 9.00-ден 13.00-ге дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылдау "электрондық" кезек тәртібімен, апостиль қоюға жататын құжаттар - Мемлекеттік корпорацияның кез келген филиалында экстерриториалдық қағидаты бойынша (құжатты беру орнына қарамастан) жедел қызмет көрсетусіз жүзеге асырылады, электрондық кезекті портал арқылы брондауға болады;</w:t>
+Қабылдау "электрондық" кезек тәртібімен, апостиль қоюға жататын құжаттар - Мемлекеттік корпорацияның кез келген филиалында экстерриториалдық қағидат бойынша (құжатты беру орнына қарамастан) жедел қызмет көрсетусіз жүзеге асырылады, электрондық кезекті портал арқылы брондауға болады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) порталда-жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4482,51 +4224,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік корпорация:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Қағидаларға </w:t>
+ 1) Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша апостиль қоюға өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -4682,87 +4424,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) апостиль қоюға жататын құжат сканерленген көшірме түрінде электрондық сұрау салуға қоса тіркеледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 3) көрсетілетін қызметті алушының өкілі (жеке тұлға) жүгінген жағдайда нотариалды куәландырылған сенімхат);</w:t>
+3) көрсетілетін қызметті алушының өкілі (жеке тұлға) жүгінген жағдайда нотариалды куәландырылған сенімхат);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-заңды тұлға атынан өкілі жүгінген кезде заңды тұлғаның басшысының немесе құрылтай құжаттарымен уәкілетті өзге де тұлғаның қолы қойылған және осы ұйымның мөрімен (бар болса) расталған сенімхат;</w:t>
+заңды тұлға атынан өкілі жүгінген кезде заңды тұлғаның басшысының немесе құрылтай құжаттарымен уәкілетті өзге де тұлғаның қолы қойылған және осы ұйымның мөрімен (бар болса) расталған сенімхат.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет мемлекеттің құзыретті мекемесі не оған арнайы уәкілетті тұлға өз құзыреті шегінде берген немесе куәландырған және белгіленген нысан бойынша шет мемлекеттің елтаңбалы мөрімен бекітілген сенімхаттар арнайы куәлік (заңдастыру не апостильдеу) рәсімінен өткеннен кейін ғана қабылданады (көшірмесімен сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) басқа да мемлекеттік органдар берген құжаттарға қол қоюдың және мөр бедерінің үлгісі. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының сауалнамалық деректері өзгерген жағдайда растайтын құжаттар қоса беріледі (шет мемлекеттің құзыретті мекемесі не оған арнайы уәкілетті тұлға өз құзыреті шегінде және белгіленген нысан бойынша шет мемлекеттің елтаңбалы мөрімен бекітілген немесе куәландырған, арнайы куәлік (заңдастыру не апостильдеу) рәсімінен өткеннен кейін ғана қабылданады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4903,87 +4663,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау; </w:t>
+ 1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+ 3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -7358,68 +7118,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="28"/>
+    <w:bookmarkStart w:name="z52" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7749,402 +7509,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 58 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы әділет министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11685 тіркелді, 2015 жылдың 13 тамызында "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 23 ақпандағы № 93 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13235 тіркелді, 2016 жылдың 1 наурызында "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 2 желтоқсандағы № 1107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14485 тіркелді, 2016 жылдың 14 желтоқсанда Қазақстан Республикасы нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2017 жылғы 7 тамыздағы № 1001 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15466 тіркелді, 2017 жылдың 17 тамызында Қазақстан Республикасы нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Әділет министрінің м.а. 2018 жылғы 13 шілдедегі № 1090 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17203 тіркелді, 2018 жылдың 23 шілдеде Қазақстан Республикасы нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Әділет министрінің 2019 жылғы 17 қаңтардағы № 26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18207 тіркелді, 2019 жылдың 29 қаңтардағы Қазақстан Республикасы нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) "Қазақстан Республикасының әділет органдарынан және өзге мемлекеттік органдарынан, сондай-ақ нотариустардан шығатын ресми құжаттарға апостиль қою" мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 маусымдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Әділет министрінің м.а. 2019 жылғы 20 қыркүйегіндегі № 472 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19403 тіркелді, 2019 жылдың 24 қыркүйегінде Қазақстан Республикасы нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>