--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8544cc0" w14:textId="8544cc0">
+    <w:p w14:paraId="8399631" w14:textId="8399631">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,60 +94,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2020 жылғы 19 мамырдағы № 81 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 25 мамырда № 20709 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2020 жылғы 19 мамырдағы № 81 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 25 мамырда № 20709 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3729,62 +3825,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3797,51 +3894,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3854,51 +3951,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Мемлекеттік қызмет істері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3906,51 +4003,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      агенттігінің төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -4347,699 +4444,720 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="450"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9947"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Мемлекеттiк қызметшiлерді, бос мемлекеттік әкімшілік лауазымға орналасуға үміткерлерді және құқық қорғау қызметіне алғаш рет кіретін азаматтарды тестілеу" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі және оның аумақтық бөлімшелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтініштерді қабылдау:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) www.egov.kz "электрондық үкiмет" веб-порталы және абоненттік ұялы байланыс құралы арқылы жүзеге асырылады.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті көрсету нәтижелерін беруді көрсетілетін қызметті беруші жүзеге асырады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеу өтініш берілген күннен бір күнтізбелік күннен ерте емес және кандидат таңдаған тестілеу күні мен уақытынан кешіктірілмей өткізіледі.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттардың топтамасын тапсыру үшін күтуге рұқсат етілген ең ұзақ уақыт – 15 минут.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидатқа қызмет көрсетуге рұқсат етілген ең ұзақ уақыт – 30 минут..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк көрсетілетін қызметтi көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрондық (жартылай автоматтандырылған) және/немесе қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті көрсетудің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5067,273 +5185,281 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша сертификат, осы Қағидаларға 9-қосымшаға сәйкес "Б" корпусының лауазымына кандидаттың жеке қасиеттерін бағалауға арналған тестілеу нәтижесі бойынша қорытынды немесе осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша тестілеуді өту мәндерінен төмен нәтижелерімен тестілеуден өткені туралы анықтама.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік тілді білуге арналған тестілеуге шекті мән белгіленбейді.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті көрсету нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының заңнамасымен көзделген жағдайларда мемлекеттік көрсетілетін қызметті көрсету кезінде кандидаттан алынатын төлем мөлшері, және оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5361,95 +5487,111 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және 2001 жылғы 13 желтоқсандағы "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметтің нәтижесін беру жұмыс уақытында, алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Мемлекеттік корпорация – 2015 жылғы 23 қарашадағы Қазақстан Республикасының Еңбек кодексіне және 2001 жылғы 13 желтоқсандағы "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының Заңына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі – сенбі аралығында сағат 09.00-ден 20.00-ге дейін, түскі үзіліссіз жүргізіледі.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттарды қабылдау жеделдетілген қызмет көрсетусіз "электронды" кезек тәртібінде жүзеге асырылады. Электронды кезекті портал арқылы брондауға болады.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) портал – техникалық жұмыстарды жүргізуге байланысты үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушының жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтінген жағдайда 2015 жылғы 23 қарашадағы Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5457,560 +5599,612 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және 2001 жылғы 13 желтоқсандағы "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заңына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес өтініштерді қабылдау және мемлекеттік көрсетілетін қызметті көрсету нәтижесін беру келесі жұмыс күні жүргізіледі).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметтерді көрсету орындарының мекенжайлары:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Мемлекеттік корпорацияның: www.gov4c.kz.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) порталда www.egov.kz орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті көрсету үшін қажетті құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Мемлекеттік корпорацияға:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портал арқылы жүгінген кезде:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электрондық құжат нысанындағы сұрау салу.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке басын куәландыратын құжаттар туралы мәліметті көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының заңнамасында белгіленген көрсетілетін қызметті беруден бас тарту негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) кандидаттың соңғы күнтізбелік он бес ішінде шекті мәннен төмен нәтижемен тестілеуден өтуі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) кандидаттың соңғы алты ай ішінде тесттен өткізуді ұйымдастыру қағидаларын бұзғандығы туралы оператор толтырған осы Қағидалардың 10-қосымшасына сәйкес актінің бар болуы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) соңғы бір жыл ішінде тестілеу кезінде жалған адамды анықтау туралы оператор толтырған осы Қағидалардың 10-1-қосымшасына сәйкес актінің бар болуы негіз болып табылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызметті көрсету ерекшеліктері ескеріле отырып көрсетілетін, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін қызметтерге қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заңнамада белгіленген тәртіппен өзіне-өзі қызмет көрсету, өз бетінше қозғалу, бағдар алу қабілетін немесе мүмкіндігін толық не ішінара жоғалтқан кандидаттарға мемлекеттік қызмет көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорацияның қызметкерлері Бірыңғай байланыс орталығы 1414, 8-800-080-7777 жүгіну арқылы тұрғылықты жері бойынша шыға отырып жүргізеді.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидаттың ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидаттың мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", мемлекеттік көрсетілетін қызмет берушінің анықтама қызметі, сондай-ақ мемлекеттік қызмет көрсету мәселелері жөніндегі 1414, 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -7031,657 +7225,606 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тестілеуді өту мәндерінен төмен нәтижелерімен тестілеуден өткені туралы АНЫҚТАМА</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2195"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2227"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______________________________________________________ (үміткердің тегі, аты, әкесінің аты (ол болған жағдайда)) Қазақстан Республикасының мемлекеттік тілі мен заңнамаларын білуге арналған тестілеуден _________________ қаласында "___" __________ 20____ж. _____ бағдарлама бойынша "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға тестілеуді өту мәндерінен төмен нәтижелерімен тестілеуден өткені туралы берілді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2227" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1346200" cy="1676400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1346200" cy="1676400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тест атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4835" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеу сұрақтарының/ тапсырмалардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3043" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тестілеуді өту мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2227" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дұрыс жауаптардың саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4835" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3043" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2227" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2195" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ҚОРЫТЫНДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4835" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3043" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2227" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы үміткер қайта тестілеуді осы тестілеу өткізілген күннен бастап күнтізбелік он бес күннен кем емес мерзімнен кейін өте алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9046,55 +9189,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>