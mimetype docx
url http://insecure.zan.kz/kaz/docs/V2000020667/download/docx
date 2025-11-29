--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="daad6f2" w14:textId="daad6f2">
+    <w:p w14:paraId="0719ad6" w14:textId="0719ad6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3112,146 +3112,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Егер өтініш беруші өндірістік үй-жайдың, технологиялық жабдықтардың меншік иесі болмаған жағдайда, онда жалдау шарты көрсетіледі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3285,51 +3189,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve"> "Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік Туын және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3450,51 +3354,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 19.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 113-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейінгі күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейінгі күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4375,125 +4299,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) порталдың жұмыс кестесі - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған жағдайда өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
+1) Порталдың жұмыс кестесі - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған жағдайда өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
+2) көрсетілетін қызметті беруші – Кодекске және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден жұма күнін қоса алғанда, сағат 9.00-ден 18:30 дейін, түскі үзіліс 13.00-ден 14.30-ға дейін.</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден жұмаға дейін қоса алғанда сағат 12:30-дан 13:30-ға дейін түскі үзіліспен сағат 08:30-ден 16:00-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мекенжайы Министрліктің интернет-ресурсында: www.beta.egov.kz, "Мемлекеттік қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>