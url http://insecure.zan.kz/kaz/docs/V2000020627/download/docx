--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c6359a8" w14:textId="c6359a8">
+    <w:p w14:paraId="f222011" w14:textId="f222011">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2998,50 +2998,88 @@
               </w:rPr>
               <w:t>2 -қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Құжаттарды қабылдау және оларды Қазақстан Республикасының шет елдерде жүрген азаматтарына паспорттар жасауға жіберу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымшаға өзгеріс енгізілді - ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/577</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3607,1148 +3645,1028 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы азаматының паспортын беру немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап. Мемлекеттік қызмет көрсету нәтижесінің нысаны: қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...11 lines deleted...]
-          </w:p>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+Мемлекеттік қызметті көрсету барысында көрсетілетін қызметті алушыдан алынатын төлем мөлшері, және оны Қазақстан Республикасының заңнамасында көзделген жағдайларда алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет жеке тұлғаларға Қазақстан Республикасының Салық кодексіне және "Шет мемлекеттің аумағында консулдық іс-әрекеттер жасағаны үшін консулдық алым мөлшерлемелерін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2019 жылғы 20 мамырдағы № 11-1-4/227 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Консулдық алымды төлеуден босату шарты Қазақстан Республикасының Салық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес реттеледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету барысында көрсетілетін қызметті алушыдан алынатын төлем мөлшері және оны Қазақстан Республикасының заңнамасында белгіленген тәртіппен алу тәсілдері</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік қызмет жеке тұлғаларға "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес консулдық алым мөлшерлемелері бойынша ақылы негізде көрсетіледі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18702 тіркелген).</w:t>
+Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Консулдық алымды төлеу қолма-қол ақшалай немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы жүзеге асырылады.</w:t>
+Көрсетілетін қызметті берушінің өтінішті және құжаттар топтамасын қабылдауы сағат 09:30-дан 12:30-ға дейін, ал мемлекеттік қызмет көрсету нәтижелерін беру сағат 16:00-ден 17:00-ге дейін жүзеге асырылады. Сәрсенбі- қабылдамайтын күн.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (Салық кодексі) сәйкес реттеледі.</w:t>
+              <w:t>
+Климаты ыстық және ылғалды шет мемлекеттерде көрсетілетін мемлекеттік қызметті берушінің жұмыс кестесі жергілікті жағдайларға қатысты белгіленеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік көрсетілетін қызмет алдын ала жазылусыз және жедел қызмет көрсетусіз, кезек күту тәртібімен жүзеге асырылады, көрсетілетін қызметті берушінің интернет-ресурсы арқылы кезекті брондауға болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайлары: Қазақстан Республикасы Сыртқы істер министрлігінің www.gov.kz интернет-ресурсында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін.</w:t>
+              <w:t>
+1) өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің өтінішті және құжаттар топтамасын қабылдауы сағат 09:30-дан 12:30-ға дейін, ал мемлекеттік қызмет көрсету нәтижелерін беру сағат 16:00-ден 17:00-ге дейін жүзеге асырылады. Сәрсенбі- қабылдамайтын күн.</w:t>
+2) туу туралы куәлік (16 жасқа толмаған бала паспорт алған кезде) және баланың азаматтығын растау үшін ата-анасының біреуінің жеке басын куәландыратын құжат. Шетелдіктің ата-анасынан баланың Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттарды алуға нотариалды расталған өтініш-келісімі (бала Қазақстан Республикасынан тыс жерде туған және ата-анасының азаматтығы әртүрлі болған жағдайда, олардың біреуі бала туған кезде Қазақстан Республикасының азаматтығында болған және осы уақытта ата-анасының екеуі де Қазақстан Республикасынан тыс жерде тұрақты тұрғылықты жері болған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Климаты ыстық және ылғалды шет мемлекеттерде көрсетілетін мемлекеттік қызметті берушінің жұмыс кестесі жергілікті жағдайларға қатысты белгіленеді.</w:t>
+3) Қазақстан Республикасы азаматының паспорты (паспортты ауыстырған кезде);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет алдын ала жазылусыз және жедел қызмет көрсетусіз, кезек күту тәртібімен жүзеге асырылады, көрсетілетін қызметті берушінің интернет-ресурсы арқылы кезекті брондауға болады.</w:t>
+4) өлшемі 3,5х4,5 сантиметр төрттүрлі-түсті фотосурет (фотосуреттер құжатты ресімдеу кезіндегі көрсетілетін қызметті алушының жасына сәйкес келуі және қатаң түрде жарық жерде алдынан түсірілген, бейтарап бет-әлпеті көрінісімен және ауызы жабық түскен, бет-әлпеті фотосуреттің жалпы ауданының 75% - ға жуығын алатын болуы тиіс. Фотосуреттер бір негативтен қалың фотоқағазға фото басып шығару әдісімен орындалады. Компьютерлік сканерлеу, модельдеу немесе ксерокөшірме әдісімен дайындалған суреттерді пайдалануға жол берілмейді);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету орындарының мекенжайлары: Қазақстан Республикасы Сыртқы істер министрлігінің www.gov.kz интернет-ресурсында орналастырылған.</w:t>
+5) Қазақстан Республикасының азаматы алғаш рет паспорт алған кезде (Қазақстан Республикасының азаматтығы расталған кезде бұрынғы Кеңестік Социалистік Республикалар Одағы) 1974 жылғы үлгідегі паспорт;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Қазақстан Республикасының азаматы алғаш рет паспорт алған кезде (Қазақстан Республикасының азаматтығы расталған кезде бұрынғы Кеңестік Социалистік Республикалар Одағы) шетелге бару үшін берілген паспорт;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) тұрақты тұру, оқу, шетелде жұмыс істеу фактісін, отбасы жағдайын растайтын, тыныс-тіршілігін шектейтін тұрақты ағза функцияларының ауытқуларымен денсаулығында бұзушылық бар деген құжат (түпнұсқа және көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) егер мұндай анықтаманы алу мүмкіндігі болатын елдің заңнамасында көзделген болса, консулдық орналасқан елдің құзыретті органынан азаматтығы жоқ екендігі туралы анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) консулдық алымның төленгенін растайтын құжат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Мемлекеттік қызметті көрсетуден бас тартудың Қазақстан Республикасының заңдарында белгіленген негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) өтініш;</w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігі анықталғанда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) туу туралы куәлік (16 жасқа толмаған бала паспорт алған кезде) және баланың азаматтығын растау үшін ата-анасының біреуінің жеке басын куәландыратын құжат. Шетелдіктің ата-анасынан баланың Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттарды алуға нотариалды расталған өтініш-келісімі (бала Қазақстан Республикасынан тыс жерде туған және ата-анасының азаматтығы әртүрлі болған жағдайда, олардың біреуі бала туған кезде Қазақстан Республикасының азаматтығында болған және осы уақытта ата-анасының екеуі де Қазақстан Республикасынан тыс жерде тұрақты тұрғылықты жері болған жағдайда);</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған деректер мен мәліметтер "Құжаттарды қабылдау және оларды Қазақстан Республикасының шет елдерде жүрген азаматтарына паспорттар жасауға жіберу" мемлекеттік қызмет көрсету қағидаларының талаптарына сәйкес келмесе.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Қазақстан Республикасы азаматының паспорты (паспортты ауыстырған кезде);</w:t>
+Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбағанда және (немесе) қолданылу мерзімі өткен құжаттарды ұсынғанда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) өлшемі 3,5х4,5 сантиметр төрттүрлі-түсті фотосурет (фотосуреттер құжатты ресімдеу кезіндегі көрсетілетін қызметті алушының жасына сәйкес келуі және қатаң түрде жарық жерде алдынан түсірілген, бейтарап бет-әлпеті көрінісімен және ауызы жабық түскен, бет-әлпеті фотосуреттің жалпы ауданының 75% - ға жуығын алатын болуы тиіс. Фотосуреттер бір негативтен қалың фотоқағазға фото басып шығару әдісімен орындалады. Компьютерлік сканерлеу, модельдеу немесе ксерокөшірме әдісімен дайындалған суреттерді пайдалануға жол берілмейді);</w:t>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-9) консулдық алымның төленгенін растайтын құжат.</w:t>
+              <w:t xml:space="preserve">
+4) "Халықтың көші-қоны туралы" Қазақстан Республикасының Заңның 51 бабы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-тармағының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) тармақшасына сәйкес, осы Қағидалардың 2-тармағының 2), 3), 4), 5), 6) тармақшаларында көрсетілген тұлғалардың Қазақстан Республикасының аумағында тұрғылықты жері және уақытша болатын (тұратын) жері бойынша тіркеуі болмаcа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсетуден бас тартудың Қазақстан Республикасының заңдарында белгіленген негіздері</w:t>
+Мемлекеттік қызмет, оның ішінде электрондық нұсқада және Мемлекеттік корпорация арқылы көрсету ерекшеліктерін ескере отырып, қойылатын өзге талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігі анықталғанда;</w:t>
-[...223 lines deleted...]
-              <w:t>
 Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен оның мәртебесі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Мемлекетік қызметі көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары www.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген, мемлекеттік қызметті көрсету мәселелері жөніндегі Бірыңғай байланыс орталығының нөмірі - 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
@@ -4781,55 +4699,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>