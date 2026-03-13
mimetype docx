--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7d2a631" w14:textId="7d2a631">
+    <w:p w14:paraId="9c38843" w14:textId="9c38843">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,166 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 12 мамырдағы № 196 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 13 мамырда № 20626 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН: </w:t>
+      "Ғылым және технологиялық саясат туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының 112) және 169) тармақшаларына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Оқу-ағарту министрінің 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 63</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызмет көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -728,1161 +820,1375 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызметін көрсету қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда – ҚР Ғылым және жоғары білім министрінің м.а. 16.06.2023 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Оқу-ағарту министрінің 11.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 283</w:t>
+        <w:t>№ 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z61" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызметін көрсету </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+      1. Осы "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызметін көрсету қағидалары (бұдан әрі – Қағидалары) "Ғылым және технологиялық саясат туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң), Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының 112) және 169) тармақшаларына сәйкес әзірленді және "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z62" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мемлекеттік қызметті Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитеті (бұдан әрі – көрсетілетін қызметті беруші) жеке немесе заңды тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) осы Қағидаларға сәйкес көрсетеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+      2. Мемлекеттік қызметті Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитеті (бұдан әрі – көрсетілетін қызметті беруші) жеке және заңды тұлғаларға осы Қағидаларға сәйкес көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z63" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+      3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z64" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аккредиттеу – нәтижесінде ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері өз қызметінің Қазақстан Республикасының заңнамасында белгіленген талаптар мен стандарттарға сәйкестігін ресми тануды иеленетін рәсім;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) аккредиттеу – ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерінің Қазақстан Республикасының заңнамасында белгіленген талаптарға сай келуін ғылым саласындағы уәкілетті органның ресми тану рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z65" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) аккредиттеу туралы куәлік – жеке немесе заңды тұлға жүзеге асыратын ғылыми, ғылыми-техникалық қызметті уәкілетті органның ресми тануын растайтын белгіленген үлгідегі құжат.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+      2) аккредиттеу туралы куәлік – жеке немесе заңды тұлға жүзеге асыратын ғылыми, ғылыми-техникалық қызметті ғылым саласындағы уәкілетті органның ресми тануын растайтын белгіленген үлгідегі құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z66" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылым саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – ғылым және ғылыми-техникалық қызмет саласында салааралық үйлестіруді және басшылықты жүзеге асыратын, соның ішінде ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттейтін мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z67" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Ұлттық инновациялық жүйенің "бірыңғай терезесі" (бұдан әрі – ҰИЖ БТ) – бірыңғай портал арқылы инновациялық қызмет пен инновацияларды дамытуды қолдау шараларына қолжетімділікті қамтамасыз ететін цифрлық объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z68" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) - электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z69" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z70" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушылар осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+      4. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Негізгі талаптардың тізбесі) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z71" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Процестің сипаттамаларын, нысандарын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер негізгі талаптар тізбесінде келтірілген.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+      5. Көрсетілетін қызметті алушылар мемлекеттік қызметті алу үшін ҰИЖ БТ арқылы көрсетілетін қызметті беруші:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z72" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын көрсетілетін қызметті алушы (жеке тұлғалар) – осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағына сәйкес құжаттардың электрондық көшірмелерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z73" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      6. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттар туралы мәліметтерді Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+      2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері болып табылатын көрсетілетін қызметті алушы (заңды тұлғалар) – осы Қағидаларға 2-8-қосымшаларға сәйкес мәліметтерді, оларды растайтын құжаттардың электрондық көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z74" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды Мемлекеттік корпорация арқылы қабылдағанда көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      6. Көрсетілетін қызметті алушы (заңды тұлғалар) мәліметтеріндегі деректердің ең аз санын айқындау өлшемшарттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z75" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы Негізгі талаптар тізбесінде көрсетілген тізімге сәйкес қажетті құжаттарды толық ұсынбаса не құжаттардың мерзімі өтіп кеткен жағдайда Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бастартады және осы Қағидалардың </w:t>
-[...21 lines deleted...]
-    </w:p>
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша барлығы 7 (жеті) ғылыми қызметкерлер, оның ішінде ғылыми дәрежелері бар 3 (үш) ғылыми қызметкер, "магистр" академиялық дәрежесі бар 2 (екі) ғылыми қызметкер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z76" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша жеке зертхана болған жағдайда сертификатталған немесе аттестатталған (аккредиттелген) зертхана куәлігі, зертхананың паспорты. Зертхананы жалға алған кезде – зертхананы жалға алу шарты, сертификатталған немесе аттестатталған (аккредиттелген) зертхананың куәлігі, зертхананың паспорты. Егер зертхана талап етілместен болса жүзеге асырылатын ғылыми қызмет түріне зертхана талап етілмейтіндігі туралы түсіндірме (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z77" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша 1 (бір) жұмыс конструкторлық, технологиялық және техникалық құжаттама (бар болса, технологиялық дайындық деңгейіне байланысты);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z78" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша барлығы 2 (екі) ғылыми, ғылыми-техникалық жоба (бағдарлама), орындалған ғылыми, ғылыми-техникалық жоба (бағдарлама) бойынша 2 (екі) шарт, ғылыми-зерттеу жұмыстары туралы 2 (екі) жоба (бағдарлама) бойынша есеп және (немесе) атқарылған жұмыстардың 2 (екі) актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z79" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша 1 (бір) зияткерлік меншік объекті; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z80" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша барлығы 10 (он) жарияланған ғылыми жұмыс, оның ішінде құпия деген белгісі немесе қызмет бабында пайдалану үшін деген белгісі бар мақалаларды қоспағанда, халықаралық рецензияланған ғылыми журналдарда 1 (бір) мақала, Ресейлік ғылыми дәйексөз индексі индекстелетін ғылыми журналдарда және нөлдік емес импакт-фактормен басқа да халықаралық базаларда 2 (екі) мақала, Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым және жоғары білім беру саласында сапаны қамтамасыз ету комитеті ұсынған ғылыми басылымдарда 4 (төрт) мақала, конференциялардың, форумдардың, съездердің, симпозиум, конгресстер материалдарында 2 (екі) мақала, монографиялар, оқулықтар, бірлік құралдар, әдістемелік құжаттар 1 (бір) дана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z81" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Тізілімнің екі данасы бар қалыптастырылған өтініштер (құжаттар топтамасымен бірге) кестеге сәйкес курьерлік және (немесе) почта байланысы арқылы және (немесе) ақпараттық жүйе арқылы тиісті көрсетілетін қызметті берушіге жіберіледі. Тізілімнің екінші данасы тиісті көрсетілетін қызметті берушінің алғаны туралы белгісі бар Мемлекеттік корпорацияға қайтарылады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      7. ҰИЖ БТ арқылы көрсетілетін қызметті алушының тиісті құжаттары қабылданған кезде "жеке кабинетте" мемлекеттік қызмет көрсетуге өтінішті қабылдау туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қабылданған өтініштерді қоса берілген құжаттармен бірге тиісті көрсетілетін қызметті берушіге және кері жеткізу осы өтініштерді қабылдаған күні кемінде екі рет жүзеге асырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+      Көрсетілетін қызметті беруші көрсетілетін қызметті алушыдан (жеке тұлғадан) өтінішті алған күннен бастап 2 (екі) жұмыс күні ішінде және көрсетілетін қызметті алушыдан (заңды тұлғадан) өтінішті алған күннен бастап 12 (он екі) жұмыс күні ішінде ұсынылған құжаттардың, деректердің (мәліметтердің) Негізгі талаптар тізбесіне сәйкес келуін тексереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттарды келген күні қабылдайды және тіркейді, және оны көрсетілетін қызметті берушінің басшысына жолдайды, ол 1 жұмыс күні ішінде құрылымдық бөлімшенің жауапты орындаушысын анықтайды (бұдан әрі – жауапты орындаушы).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+      Тексеру нәтижелері бойынша мемлекеттік қызмет көрсетуші 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың Негізгі талаптар тізбесіне сәйкестігіне немесе сәйкес еместігіне Сараптама актісін (бұдан әрі - Сараптама актісі) жасайды және оны 1 (бір) жұмыс күні ішінде ішкі келісу және қол қою рәсімінен өткізеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының ұсынылған құжаттары осы Қағидаларға 1-қосымшаның 9-тармағына сәйкес Негізгі талаптар тізбесіне сай болған жағдайда, көрсетілетін қызметті беруші Сараптама актісіне сәйкес ұсынылған құжаттар Негізгі талаптар тізбесіне сәйкес деп танылған күннен бастап 1 (бір) жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 5 (бес) жыл мерзімге аккредиттеу туралы куәлік беру жөніндегі бұйрықты ресімдейді және 1 (бір) жұмыс күні ішінде ішкі келісу және қол қою рәсімінен өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      8. Көрсетілетін қызметті алушы негізгі талаптар тізбесінде көзделген тізбеге сәйкес құжаттар топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды толық ұсынбаған жағдайларда көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      ҰИЖ БТ-де қалыптастырылған аккредиттеу туралы куәлік көрсетілетін қызметті берушінің уәкілетті тұлғасының немесе оны алмастыратын тұлғаның ЭЦҚ-мен куәландырылған электрондық нысандағы құжаты көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі. Бұл ретте 5 (бес) жыл бұрын берілген аккредиттеу туралы куәліктің күші жойылды деп танылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жауапты орындаушы өтініш келіп түскеннен бастап ұсынылған құжаттардың, оның ішіндегі деректердің (мәліметтердің) мемлекеттік көрсетілетін қызмет Негізгі талаптар тізбесіне сәйкестігін тексереді.</w:t>
+      Осы Қағидаларға 1-қосымшаның 9-тармағына сәйкес Негізгі талаптар тізбесіне сай келмейтін құжаттар ұсынылған жағдайда, көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігін беру үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты, күні және орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 73-бабына сәйкес мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын ҰИЖ БТ арқылы жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі. Жауапты орындаушы тыңдау хаттамасын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылған құжаттар Негізгі талаптар тізбесіне сәйкес болмаған жағдайда жауапты орындаушы ғылыми және (немесе) ғылыми-техникалық қызмет субъектісін аккредиттеу бойынша сараптама актісін (еркін нысанда) (бұдан әрі – Сараптама актісі) жасайды және оны жауапты құрылымдық бөлімшенің басшысымен келіседі. </w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші аккредиттеу туралы куәлік немесе мемлекеттік қызметті көрсетуден дәлелді бас тартуды береді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсетуден бас тарту Сараптама актісінің негізінде ұсынылған құжаттардағы нақты кемшіліктерді көрсете отырып, оларды жою және мемлекеттік қызмет көрсетушіге қайта ұсыну үшін ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Сараптама актісі негізінде жауапты орындаушы бас тарту туралы дәлелді жауап дайындайды, ол жауапты бір жұмыс күні ішінде құрылымдық бөлімшенің басшысымен келісіп, көрсетілетін қызметті алушыға жіберу үшін көрсетілетін қызметті берушінің басшысымен не оның орынбасарымен қол қойылады. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+      Мемлекеттік қызмет көрсетуден бас тарту көрсетілетін қызметті берушінің уәкілетті тұлғасының не оны алмастыратын адамның ЭЦҚ-мен куәландырылған электрондық құжат нысанда көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      8. Ғылыми-техникалық қызметі негізгі қызмет түрі болып табылмайтын, құрылымында ғылыми бөлімшелері бар және өздерінің құрылтай құжаттарында бекітілген міндеттерді шешу мақсатында қызметті жүзеге асыратын көрсетілетін қызметті алушылар (заңды тұлғалар) аккредиттеу туралы куәлікті алу мақсатында уәкілетті органда аккредиттеуден өте алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттеуге құжаттарды тапсыру кезінде ғалымдардың ғылыми өлшем деректерін 2 (екі) рет қана беруге болады (жеке тұлға ретінде немесе ғалымның негізгі жұмыс орнынан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Филиалдарды аккредиттеу негізгі ұйымның құрамында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аккредиттеу туралы куәліктер алған аккредиттелген субъектілердің, сондай-ақ аккредиттеу туралы куәлігінің қолданылуы тоқтатылған субъектілердің тізілімі ҰИЖБТ порталында қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z84" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      9. Көрсетілетін қызметті алушының ұсынылған құжаттары негізгі талаптар тізбесіне сәйкес болған жағдайда жауапты орындаушы сараптама актісін (еркін нысанда) жасайды және оны жауапты құрылымдық бөлімшенің басшысымен және (немесе) көрсетілетін қызметті беруші басшысының орынбасарымен келіседі, оған сәйкес бір жұмыс күні ішінде осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      10. Көрсетілетін қызметті алушының (жеке тұлғаның) тегі, аты, әкесінің аты (ол болған жағдайда) және (немесе) көрсетілетін қызметті алушының (заңды тұлғаның) атауы өзгерген жағдайда, аккредиттелген субъектілер уәкілетті органға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес аккредиттеу туралы куәлікті қайта ресімдеу туралы өтініш пен осы Қағидаларға 1-қосымшаның 9-тармағына сәйкес растайтын құжаттарды ұсынады, оның негізінде көрсетілетін қызметті алушыға алдында берілген мерзімге сәйкес жаңа куәлік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z85" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      11. Аккредиттеу туралы куәліктің бұрын қағаз түрінде берілген нұсқасы жоғалған жағдайда, көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ҰИЖБТ арқылы мемлекеттік қызмет көрсетушіге өтініш жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Бұл ретте бұрын берілген аккредиттеу туралы куәліктің күші жойылды деп танылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+      Аккредиттелген субъектілер тізілімінде көрсетілетін қызметті алушы туралы мәліметтер болған кезде, көрсетілетін қызметті беруші бұрын белгіленген қолданылу мерзімін сақтай отырып, 5 (бес) жұмыс күні ішінде аккредиттеу туралы куәліктің телнұсқасын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Мемлекеттік қызмет көрсетуден бас тарту үшін негіздер анықталған кезде жауапты орындаушы өтініш берушіге мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты, күні және орны (тәсілі) туралы хабарлайды.</w:t>
-[...294 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+      12. Аккредиттеу туралы куәліктің мерзімі өткенге дейін оның қолданысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z87" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заңды тұлға қайта ұйымдастырылған (бiрiктiру, қосу, бөлу, бөлiп шығару, қайта құру) немесе таратылған;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z88" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) куәліктің қолданысын тоқтату туралы субъектінің жазбаша өтініші болған;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z89" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) аккредиттеу туралы куәлікті алған жеке тұлға қайтыс болған (белгілі бір салада жұмыспен байланысты субъектінің арнайы құқықтан айырылуына негіз болған соттың әрекетке қабілетсіз деп тану туралы шешімі заңды күшіне енген) жағдайларда тоқтатылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+      3) аккредиттеу туралы куәлікті алған жеке тұлға қайтыс болған (қайтыс болуы туралы куәлік негізінде) жағдайларда тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z90" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="31"/>
+        <w:t>
+      13. "Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушының 2013 жылғы 14 маусымдағы № 452 бұйрығына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің цифрлық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z91" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар қолданысқа енгізілген сәттен бастап 3 (үш) жұмыс күні ішінде ақпарат "Азаматтарға арналған үкімет" Мемлекеттік корпорациясына, сондай-ақ Бірыңғай байланыс орталығына жіберіледі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+      14. Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар қолданысқа енгізілген сәттен бастап 3 (үш) жұмыс күні ішінде "Азаматтарға арналған үкімет" Мемлекеттік корпорациясына, сондай-ақ Бірыңғай байланыс орталығына ақпарат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтерді көрсету мәселелері бойынша лауазымды тұлғаның әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтерді көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) олардың лауазымды тұлғаларының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі - шағымды қарайтын орган) жүргізеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      15. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі - шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z93" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      16. Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Шағым ҚР ӘРПК-нің 98-бабына сәйкес қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
-[...21 lines deleted...]
-    </w:p>
+      17. Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z95" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуы тиіс.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+      18. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z96" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+        <w:t xml:space="preserve">
+      19. ҚР ӘРПК-нің 91-бабының 5-тармағына сәйкес егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1955,100 +2261,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>Қағидасына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z98" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2061,123 +2354,153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Ғылым және жоғары білім беру министрлігінің Ғылым комитеті</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2209,88 +2532,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметті ұсыну тәсілдері </w:t>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру қызметті берушінің кеңсесі немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорациясы) арқылы жүзеге асырылады.</w:t>
+Қазақстан Республикасы Ғылым және жоғары білім беру министрлігінің Ғылым комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2323,321 +2646,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің кеңсесі өтініш, құжаттар келіп түскен күннен бастап:</w:t>
-[...233 lines deleted...]
-Мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты - 15 (он бес) минут.</w:t>
+Құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижесін беру көрсетілетін қызметті беруші айқындаған ақпараттандыру объекті -</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ұлттық инновациялық жүйенің "Бірыңғай терезесі" (бұдан әрі - ҰИЖ БТ) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2670,87 +2777,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсету нысаны</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Қағаз түрінде </w:t>
+              <w:t>
+ҰИЖ БТ арқылы құжаттар келіп түскен сәттен бастап:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушылар (жеке тұлғалар) үшін 5 (бес) жұмыс күні ішінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушылар (заңды тұлғалар) үшін 15 (он бес) жұмыс күні ішінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының (жеке тұлғаның) тегі, аты, әкесінің аты (ол болған жағдайда) және (немесе) көрсетілетін қызметті алушының (заңды тұлғаның) атауы өзгерген жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушылар (жеке тұлғалар) үшін 3 (үш) жұмыс күні ішінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушылар (заңды тұлғалар) үшін 7 (жеті) жұмыс күні ішінде аккредиттеу туралы куәлікті қайта ресімдейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттеу туралы куәлік жоғалған жағдайда куәліктің телнұсқасы көрсетілетін қызметті алушылар (жеке және заңды тұлғалар) үшін 5 (бес) жұмыс күні ішінде беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық жүйеде техникалық ақау жағдайында көрсетілетін қызметті беруші өтінішті қарау мерзімін техникалық ақауды жою кезеңіне ұзартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2782,108 +3015,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету нысаны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес Аккредиттеу туралы куәлік немесе бас тарту туралы дәлелді жауап</w:t>
+              <w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2916,87 +3129,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке және заңды тұлңаларға тегін көрсетіледі.</w:t>
+"Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін аккредиттеу" мемлекеттік қызмет көрсету қағидасының (бұдан әрі – Қағидалар) 9-қосымшасына сәйкес аккредиттеу туралы куәлік немесе бас тарту туралы дәлелді жауап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3029,125 +3242,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті беруші - еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі - жұма аралығында сағат 13.00 - ден 14.00 - ге дейінгі түскі үзіліспен сағат 9.00 - ден 18.00-ге дейін;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес мереке және демалыс күндерінен басқа.</w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3180,667 +3355,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аккредиттеуді алу үшін көрсетілетін қызметті алушылар (жеке тұлғалар) көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға мынадай құжаттарды ұсынады:</w:t>
-[...579 lines deleted...]
-- бұдан бұрын алған аккредиттеу туралы куәліктің көшірмесі.</w:t>
+Көрсетілетін қызметті беруші - Еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі - жұма аралығында сағат 13.00 - ден 14.30 - ға дейінгі түскі үзіліспен сағат 8.30 - ден 18.00-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҰИЖ БТ – жөндеу жұмыстарын жүргізуге байналысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде, Қазақстан Республикасының еңбек заңнамасына сәйкес келесі жұмыс күні өтінішті қабылдау күні болып табылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3873,197 +3486,699 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дәйексіздігін анықтау;</w:t>
-[...53 lines deleted...]
-4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген шешімі бар, оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқығынан айырылады;</w:t>
+Аккредиттеу туралы куәлікті алу үшін көрсетілетін қызметті алушылар (жеке тұлғалар) келесі құжаттардың электрондық көшірмелерін ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ғылыми дәрежені (ғылым кандидаты, ғылым докторы), философия докторының (PhD) дәрежесін,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...37 lines deleted...]
-6) қайта аккредиттеу кезінде аккредиттеу туралы куәлік берілген сәттен бастап үш жыл мемлекеттік бюджет қаражаты есебінен ғылыми-техникалық жобалар мен бағдарламалардың орындалмауы.</w:t>
+бейіні бойынша доктор дәрежесін беру туралы диплом және (немесе) қауымдастырылған профессор (доцент) немесе профессор ғылыми атағын беру туралы аттестат (диплом); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) соңғы 5 (бес) жылда басып шығарылған 1 (бір) монография және (немесе) жарияланған ғылыми мақалалар: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+техникалық және жаратылыстану ғылымдары үшін 1 халықаралық патент немесе Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Journal Citation Reports (Джоурнал Ситэйшн Рэпортс) деректері бойынша нөлдік емес импакт-факторы бар, құпия деген белгісі немесе қызмет бабында пайдалану үшін (бұдан әрі - ҚБПҮ) деген белгісі бар мақалаларды қоспағанда, халықаралық рецензияланатын ғылыми журналда, немесе Scopus (Скопус) деректер базасында ғылыми салалардың ең болмағанда біреуі бойынша CiteScore (СайтСкор) жөнінде кемінде 35 (отыз бес) процентиль көрсеткіші бар басылымдарда 1 (бір) мақала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+әлеуметтік және гуманитарлық ғылымдар үшін Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Journal Citation Reports (Джоурнал Ситэйшн Рэпортс) деректері бойынша нөлдік емес импакт-факторы бар немесе Web of Science Core Collection (Уэп оф Сайнс Кор Калэкшн) деректер базасында (Arts and Humanities Citation Index(Артс энд Хюманитис Ситэйшн Индекс), Science Citation Index Expanded (Сайнс Ситэйшн Индекс Экспандэд), Social Sciences Citation Index бөлімінде) (Сошл Сайнс Ситиэйшн Индекс) 1 (бір) мақала </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сондай-ақ Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым және жоғары білім саласында сапаны қамтамасыз ету комитеті (бұдан әрі - ҚР ҒЖБМ ҒЖБССҚК) ұсынған ғылыми журналда 3 (үш) мақала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттеу туралы куәлікті алу үшін көрсетілетін қызметті алушылар (заңды тұлғалар) осы Қағиданың 2, 3, 4, 5, 6, 7, 8-қосымшаларына сәйкес көрсетілген мәліметтерді растайтын келесі құжаттардың электрондық көшірмелерін ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұйым жарғысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) ғылыми қызметкерлердің ғылыми дәрежесін (ғылым кандидаты, ғылым докторы), философия докторының (PhD) дәрежесін, бейіні бойынша доктор дәрежесін беру туралы дипломдар және (немесе) қауымдастырылған профессор (доцент) немесе профессор ғылыми атағын беру туралы аттестат (диплом); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) еңбек шарты немесе негізгі жұмыс орны аккредиттеу ұйымы болып көрсетілген растаушы құжаттар және қызметкерлерді жұмысқа қабылдау туралы бұйрық;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) сертификатталған немесе аттестатталған (аккредиттелген) зертхана куәлігінің көшірмесі және (немесе) зертханасы көрсетілген ұйымның құрылымы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) зертхана паспорты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) зертхананы жалға алу шарты (егер ұйым зерттеу жұмыстарына зертхананы жалға алса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) түсіндірме (еркін нысанда, егер жүзеге асыратын ғылыми қызмет түріне зертхана қажет болмаған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) жұмыс конструкторлық, технологиялық және техникалық құжаттама/макет үлгісінің, объектінің егжей-тегжейлі макеті (моделі)/технологияның (объектінің) зертханалық прототипін, толық ауқымды толық функционалды прототиптін, нақты құрылғыны тестілеу қорытындылары/сынақ хаттамасы/әзірленген бағдарламалық жасақтама/өнеркәсіптік үлгіні көрсету (бар болса, технологиялық дайындық деңгейіне байланысты);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) ғылыми, ғылыми-техникалық бағдарламаларды орындау туралы шарттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) ғылыми-зерттеу жұмыстары туралы есеп көшірмелері және (немесе) атқарылған жұмыстар актісі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) өнертабыс, өнеркәсіптік үлгілер, пайдалы моделдер, селекциялық жетістіктер патенттері/авторлық құқық куәлігі /халықаралық патент (еуразиялық патент, Patent Cooperation Treaty (халықаралық патенттік жүйе, бұдан әрі - патент РСТ)/лицензиялық келісімдер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) жарияланған ғылыми мақалалар/конференциялар, форумдар, съездер, симпозиумдар, конгресстер бойынша жарияланған материалдар/монографиялар, оқулықтар, құралдар,әдістемелік құжаттар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер субъект қызметінің кезеңі 5 (бес) жылдан аспаса, қызметінің барлық кезеңіндегі растайтын құжаттардың электрондық көшірмелері ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттеу туралы куәлікті қайта ресімдеу үшін көрсетілетін қызметті алушылар мынадай электрондық құжаттарды ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушылар (жеке тұлғалар):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушылардың тегі, аты, әкесінің аты (ол болған жағдайда) өзгерту туралы шешімінің көшірмесі (Куәлік/анықтама).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушылар (заңды тұлғалар):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушылардың атауын өзгерту туралы шешімі (Қаулы/бұйрық/хаттама).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аккредиттеу туралы куәліктің телнұсқасын алу үшін көрсетілетін қызметті алушылар (жеке тұлғалар және заңды тұлғалар) осы Қағидаларға 11-қосымшаға сәйкес нысан бойынша өтініш ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Электрондық үкіметтің" шлюзі арқылы тиісті мемлекеттік цифрлық жүйелерден алынатын мәліметтер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) жеке басты куәландыратын құжаттар туралы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) заңды тұлғаларды мемлекеттік тіркеу (қайта тіркеу) туралы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) жоғары білім туралы диплом; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) магистр дипломы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) аккредиттеу туралы куәлік.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4096,87 +4211,290 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) шынайы еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организм функциялары тұрақты бұзылып, денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы: 1414, 8-800-080-7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді.</w:t>
+Көрсетілетін қызметті алушының 1414, 8 800 080 7777 Бірыңғай байланыс орталығы арқылы мемлекеттік қызмет көрсету тәртібі туралы ақпарат алу мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда электрондық нысанда мемлекеттік қызметті алу мүмкіндігі бар. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4215,1451 +4533,126 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ғылыми және (немесе)</w:t>
+              <w:t>"Ғылыми және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ғылыми-техникалық қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...181 lines deleted...]
-              <w:t>(қызмет алушының мекен-жайы)</w:t>
+              <w:t>қағидасына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkStart w:name="z100" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
-[...1141 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Ұйым туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -5677,254 +4670,296 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алғаш мемлекеттік тіркелген күні (құрылған жылы)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алғаш мемлекеттік тіркелген күні (құрылған жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның қызмет түрі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұйымның қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншік нысаны:</w:t>
-[...17 lines deleted...]
-мемлекеттік/жеке</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Меншік нысаны: мемлекеттік/жеке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерінің аккредиттеуі болуы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері аккредиттеуінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды мекен-жайы, телефоны,электрондық почтасы, интернет-ресурс і (бар болғанда),</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды мекенжайы, телефоны,электрондық поштасы, интернет-ресурсы (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6529,123 +5564,105 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады:</w:t>
+      Жоғарыда көрсетілген мәліметтердің дұрыстығын және оларды растайтын ұсынылған</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - ұйым жарғысының көшірмесі;</w:t>
+      құжаттардың көшірмелерін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - аккредиттеуге қайта ұсыныған жағдайда бұрынғы аккредиттеу туралы куәліктің көшірмесі ұсынылады</w:t>
+      Ұйымның басшысы ___________ ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      қолы             аты-жөні (бар болған жағдайда)</w:t>
+      қолы Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6720,165 +5737,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>қағидасына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkStart w:name="z102" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ғылыми және (немесе) ғылыми-техникалық қызметпен айналысқан қызметкерлер, ғылыми дәрежелері бар ғылым докторы, ғылым кандидаты, философия докторы (PhD), бейіні бойынша доктор, қауымдастырылған профессор (доцент) немесе профессор туралы мәліметтер</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+        <w:t xml:space="preserve"> Ғылыми және (немесе) ғылыми-техникалық қызметпен айналысатын, ғылым докторы, ғылым кандидаты, философия докторы (PhD), бейіні бойынша доктор ғылыми дәрежелері бар, қауымдастырылған профессор (доцент) немесе профессор ғылыми атақтарына, сондай-ақ магистр академиялық дәрежесіне ие қызметкерлер туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6894,249 +5833,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (бар болғанда)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Магистр" академиялық дәрежесі (мамандығы, берілген жылы)туралы мәлімет</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Магистр" академиялық дәрежесі (мамандығы, берілген жылы) туралы мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Философия докторының (PhD)" немесе "бейіні бойынша доктор", (мамандығы, берілген жылы) ғылыми дәрежелері бойынша мәлімет</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Философия докторының (PhD)" немесе "Бейіні бойынша доктор", (мамандығы, берілген жылы) ғылыми дәрежелері бойынша мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ғылым кандидаты" немесе "ғылым докторы"</w:t>
-[...17 lines deleted...]
-(мамандығы, берілген жылы) ғылыми дәрежелері бойынша мәлімет</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Ғылым кандидаты" немесе "Ғылым докторы" (мамандығы, берілген жылы) ғылыми дәрежелері бойынша мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қауымдастырылған профессор (доцент)" немесе "профессор", (мамандығы, берілген жылы) ғылыми дәрежелері бойынша мәлімет ) ғылыми атағы туралы мәлімет</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қауымдастырылған профессор (доцент)" немесе "Профессор", (мамандығы, берілген жылы) ғылыми дәрежелері бойынша мәлімет ) ғылыми атағы туралы мәлімет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7701,177 +6682,141 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады:</w:t>
+      *Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - дипломдар көшірмелері;</w:t>
+      аккредиттеуге штатында кемінде 7 (жеті) ғылыми қызметкері бар, осы ұйымда 6 (алты) айдан астам жұмыс істейтін қызметкерлері бар ұйымдар береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - еңбек шарты және (немесе) қызметкерлерді жұмысқа қабылдау туралы бұйрық.</w:t>
+      Ғылыми және (немесе) ғылыми-техникалық қызметпен айналысқан қызметкерлер бойынша мәліметтерді көрсетілетін қызметті беруші (заңды тұлға) айқындайды, сондай-ақ, ғылыми қызметпен айналысқан бұрын жұмыс жасаған қызметкерлер туралы ақпарат кесте түрінде Т.А.Ә. (ол болған жағдайда), лауазымы және ғылыми дәрежесі/атағы көрсете отырылып беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе:</w:t>
+      Жоғарыда көрсетілген мәліметтердің дұрыстығын және оларды растайтын ұсынылған құжаттардың көшірмелерін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - аккредиттеуге штатында кемінде 5 ғылыми қызметкері бар, осы ұйымда 6 айдан астам жұмыс істейтін ұйымдар береді;</w:t>
+      Ұйымның басшысы___________ ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - Ғылыми және (немесе) ғылыми-техникалық қызметпен айналысқан қызметкерлер бойынша мәліметтер ұйыммен анықталады, сондай-ақ, ғылыми қызметпен айналықан бұрын жұмыс жасаған қызметкерлер туралы ақпарат, кесте түрінде аты-жөні, лауазымы және ғылыми дәрежесі/атағы</w:t>
-[...35 lines deleted...]
-      қолы                   аты-жөні (бар болған жағдайда)</w:t>
+      қолы Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7946,165 +6891,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">қағидасына 4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkStart w:name="z104" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ғылыми-зерттеу жұмыстарын жүргізу үшін тиісті жабдықталған халықаралық және (немесе) республикалық деңгейдегі зертханалардың болуы туралы мәліметтер (зертханалардың болуын қажет етпейтін гуманитарлық, әлеуметтік және экономикалық ғылымдардан басқа) </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+        <w:t xml:space="preserve"> Ғылыми-зерттеу жұмыстарын жүргізу үшін тиісті жабдықталған халықаралық және (немесе) республикалық деңгейдегі зертханалардың болуы туралы мәліметтер (зертханалардың болуын қажет етпейтін гуманитарлық, әлеуметтік және экономикалық ғылымдардан басқа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8120,162 +6987,202 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фактический адрес здания (строения) с указанием общей и полезной площади (м2)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы және пайдалы аумағы көрсетілген ғимараттың нақты мекенжайы (м2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зерттеу жұмыстарына арналған зертхананың болуы, атауы мен аумағы көрсетілу</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы мен ауданы көрсетілген зерттеу жұмыстарына арналған зертхананың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сертификатталған немесе аттестатталған (аккредиттелген) зертхананың болуы:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы мен ауданы көрсетілген сертификатталған немесе аттестатталған (аккредиттелген) зертхананың болуы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -8856,159 +7763,105 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады:</w:t>
+      *Ескертпе: зертханалардың болуы туралы мәліметтер толтырылғанға дейін аккредиттелетін ұйым "E-lab" модуліндегі зертханалар мен жабдықтар туралы деректерді ҰИЖ БТ цифрлық жүйесінде енгізеді ("Ғылыми-зерттеу институттары мен жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының бюджет қаражаты есебінен өткізілетін ғылыми зерттеулер мен ғылыми жұмыстарды орындау үшін қажетті тауарларды, жұмыстарды, көрсетілетін қызметтерді сатып алу қағидаларын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрлігінің 2024 жылғы 26 қарашадағы № 538 бұйрығы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35417 болып тіркелген)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - Сертификатталған немесе аттестатталған (аккредиттелген) зертхана куәлігінің көшірмесі және (немесе) зертхана көрсетілген ұйымның құрылымы;</w:t>
+      Жоғарыда көрсетілген мәліметтердің дұрыстығын және оларды растайтын ұсынылған құжаттардың көшірмелерін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - зертхана паспорты;</w:t>
+      Ұйымның басшысы ___________ _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - егер ұйым зерттеу жұмыстарына зертхана жалға алса, жалға алу шартын ұсынады;</w:t>
-[...53 lines deleted...]
-      қолы                         аты-жөні (бар болған жағдайда)</w:t>
+      қолы Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9083,87 +7936,2272 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...12 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>қағидасына 5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z106" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Технологиялық дайындық деңгейі туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технологиялық дайындық деңгейі (ТДД/TRL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индикаторлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нәтиже көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жаратылыстану ғылымдары, инжиниринг, ауыл шаруашылығы ғылымдары және өндіріс үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+әлеуметтік, гуманитарлық ғылымдар, білім беру мақсаттары және өнер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TRL-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Ескертпе: технологиялық дайындық деңгейі "Технологиялардың әзірлігі мен ұйымдардың технологиялық әзірлігі деңгейлерін айқындау әдістемесін бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2025 жылғы 10 қаңтардағы № 8 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35634 болып тіркелген) сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымның басшысы ___________ ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолы Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -9174,705 +10212,717 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>"Ғылыми және (немесе)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-техникалық қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектілерін аккредиттеу"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидасына 6-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z108" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Соңғы 5 (бес) жылдағы біліктілікті арттыру туралы мәліметтер</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Соңғы 5 (бес) жылдағы ҒЗЖ қаржыландыру және орындалған ғылыми, ғылыми- техникалық жобалар мен бағдарламалардың орындалуы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-№</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Тегі, аты, әкесінің-аты (бар болғанда)</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гранттық қаржыландыру (ГҚ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-Тақырыптың атауы</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағдарламалық-нысаналы қаржыландыру (БНҚ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...66 lines deleted...]
-Халықаралық немесе республикалық деңгейде өткен оқудын (курс) атауы</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыруға грант</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзге де көздердегі гранттар (коммерцияландыру жобалары халықаралық ұйымдар мен қорлардың және т.б. қаржыландыруы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзге де көздер (бизнес, үкіметтік емес қорлар мен ұйымдар қаржыландыратын бағдарламалар мен жобалар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...50 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- халықаралық деңгейде</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- республикалық деңгейде</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...226 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9976,105 +11026,105 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады:</w:t>
+      Жоғарыда көрсетілген мәліметтердің дұрыстығын және оларды растайтын ұсынылған</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - біліктілікті арттырғандығы туралы сертификат көшірмесі және (немесе) куәлік</w:t>
+      құжаттардың көшірмелерін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Басшы___________             ______________________________________ </w:t>
+        <w:t>
+      Ұйымның басшысы ___________ ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қолы                   аты-жөні (бар болған жағдайда)</w:t>
+      қолы Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10149,1304 +11199,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...77 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>қағидасына 7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z110" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Соңғы 5 (бес) жылдағы ҒЗЖ қаржыландыру және орындалған ғылыми, ғылыми- техникалық жобалар мен бағдарламаларды орындау туралы мәліметтер</w:t>
-[...1139 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Соңғы 5 (бес) жылдағы зияткерлік меншік объектілері туралы мәліметтер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11460,159 +11293,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорғау құжаттары</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қорғау құжаттары (өнертабысқа патенттер, өнеркәсіптік үлгілер, пайдалы модельдер, селекциялық жетістіктер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Авторлық құқық</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Авторлық құқық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Халықаралық патент, лицензиялық келісімдер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық патент (еуразиялық патент, РСТ патент - Patent Cooperation Treaty (халықаралық патенттік жүйе), лицензиялық келісімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11871,141 +11744,105 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады:</w:t>
+      Жоғарыда көрсетілген мәліметтердің дұрыстығын және оларды растайтын ұсынылған</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - өнертабыс, өнеркәсіптік үлгілер, пайдалы моделдер, селекциялық жетістіктер патенттерінің көшірмелері;</w:t>
+      құжаттардың көшірмелерін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - авторлық құқық куәлігінің көшірмесі;</w:t>
+      Ұйымның басшысы _______ _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - халықаралық патент (еуразиялық патент), лицензиялық келісімдер көшірмелері.</w:t>
-[...35 lines deleted...]
-      қолы                   аты-жөні (бар болған жағдайда)</w:t>
+      қолы Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12080,163 +11917,87 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...77 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>қағидасына 8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z112" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Соңғы 5 (бес) жылдағы жарияланған ғылыми жұмыстар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12252,267 +12013,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Journal Citation Reports (Джоурнал Ситэйшн Рэпортс) деректері бойынша 1,2 және 3 квартильге кіретін халықаралық рецензияланатын ғылыми журналда, немесе Scopus (Скопус) деректер базасында ең болмағанда бірі ғылыми салалардағы CiteScore (СайтСкор) бойынша кемінде 35 процентиль көрсеткіші бар басылымдарда мақала, әлеуметтік және гуманитарлық ғылымдар үшін Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Web of Science Core Collection (Уэп оф Сайнс Кор Калэкшн) деректер базасында (Arts and Humanities Citation Index (Артс энд Хюманитис Ситэйшн Индекс), Science Citation Index Expanded (Сайнс Ситэйшн Индекс Экспандэд), Social Sciences Citation Index(Сошл Сайнс Ситиэйшн Индекс) бөлімінде) мақала</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Journal Citation Reports (Джоурнал Ситэйшн Рэпортс) деректері бойынша 1,2 және 3 квартильге кіретін, құпия деген белгісі немесе ҚБПҮ деген белгісі бар мақалаларды қоспағанда, халықаралық рецензияланатын ғылыми журналда, немесе Scopus (Скопус) деректер базасында ең болмағанда бірі ғылыми салалардағы CiteScore (СайтСкор) бойынша кемінде 35 процентиль көрсеткіші бар басылымдарда мақала, әлеуметтік және гуманитарлық ғылымдар үшін Clarivate Analytics (Кларивэйт Аналитикс) компаниясының Web of Science Core Collection (Уэп оф Сайнс Кор Калэкшн) деректер базасында (Arts and Humanities Citation Index (Артс энд Хюманитис Ситэйшн Индекс), Science Citation Index Expanded (Сайнс Ситэйшн Индекс Экспандэд), Social Sciences Citation Index(Сошл Сайнс Ситиэйшн Индекс) бөлімінде) мақала, құпия деген белгісі немесе ҚБПҮ деген белгісі бар мақалаларды қоспағанда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҒДРИ индекстелетін ғылыми журналдарда және басқа да халықаралық базаларда</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РҒДИ индекстелетін ғылыми журналдарда және басқа да халықаралық базаларда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚР ҒЖББМ ҒЖББСБК ұсынған ғылыми басылымдарда</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР ҒЖБМ ҒЖБССҚК ұсынған ғылыми басылымдарда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Конференциялардың, форумдардың, съездердің, симпозиум, конгресстерге материалдарында</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Конференциялар, форумдар, съездердер, симпозиумдар, конгресстер бойынша материалдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Баспа қызметі</w:t>
-[...35 lines deleted...]
-құралдар, әдістемелік құжаттар.)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баспа қызметі (монографиялар, оқулықтар, бірлік. құралдар, әдістемелік құжаттар.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12907,195 +12692,141 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсынылады:</w:t>
+      Ескерту: аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - жарияланған ғылыми мақалалар көшірмесі;</w:t>
+      РҒДИ - Ресейлік ғылыми дәйексөз индексі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - конференциялардың, форумдардың, съездердің, симпозиум, конгресстерге материалдарында жарияланған материалдар;</w:t>
+      ҚР ҒЖБМ ҒЖБССҚК – Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым және жоғары білім беру саласында сапаны қамтамасыз ету комитеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - монографиялар, оқулықтар, бірлік. құралдар,әдістемелік құжаттар көшірмелері</w:t>
+      Жоғарыда көрсетілген мәліметтердің дұрыстығын және оларды растайтын ұсынылған құжаттардың көшірмелерін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Ескерту: аббревиатуралардың толық жазылуы:</w:t>
+      Ұйымның басшысы ___________ ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ҒДРИ – Ресей индекстелетін ғылыми журналдарда</w:t>
-[...53 lines deleted...]
-      қолы             аты-жөні (бар болған жағдайда)</w:t>
+      қолы Тегі, аты, әкесінің аты(ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13170,842 +12901,265 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...129 lines deleted...]
-              <w:t>(тел./эл.адрес)</w:t>
+              <w:t>қағидасына 9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:bookmarkStart w:name="z114" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш  (қайта ресімдеу кезінде)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+        <w:t xml:space="preserve"> Аккредиттеу туралы  КУӘЛІК</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________ атауы/аты-жөні </w:t>
+        <w:t>
+      Астана қаласы 20__ жылғы "___" "__________"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ұйымның атауы/аты-жөні (бар болғанда)</w:t>
+      "Ғылым және технологиялық саясат туралы" Қазақстан Республикасы Заңының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өзгеруіне байланысты 20___ жылғы " "_______, сериясы___ куәлігін ғылыми және (немесе) ғылыми-техникалық қызмет субъектісі ретінде қайта ресімдеуді сұраймын.</w:t>
+      27-бабына сәйкес</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қосымша:</w:t>
-[...466 lines deleted...]
-    </w:tbl>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін</w:t>
+      (заңды тұлғаның атауы / жеке тұлғаның тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20____ ж. "_____" "_________"</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшы</w:t>
+      ғылыми және (немесе) ғылыми-техникалық қызмет субъектісі ретінде бес жыл мерзімге аккредиттелді. Куәлік мемлекеттік бюджеттен, халықаралық ұйымдар мен қорлардан, кәсіпкерлерден, үкіметтік емес қорлар мен ұйымдардан қаржыландырылатын ғылыми, ғылыми-техникалық жобалар мен бағдарламалар, ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру жобалар конкурстарына қатысу үшін беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ___________             _____________             ____________________________ </w:t>
+        <w:t>
+      Уәкілетті орган</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (Мөр орны)                   (Қолы)                   (Т.А.Ә. (бар болса))</w:t>
+      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сериясы _______ № _____</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14080,77 +13234,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...12 lines deleted...]
-              <w:t>12-қосымша</w:t>
+              <w:t>қағидасына 10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14171,769 +13312,369 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________</w:t>
+              <w:t>кімге______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________</w:t>
-[...262 lines deleted...]
-Бар-жоғы туралы белгі</w:t>
+              <w:t>кімнен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...338 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(субъектінің толық атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(телефон нөмірі/электроныдық мекенжайы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z116" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш  (қайта ресімдеу кезінде)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен</w:t>
+      ______________________________ атауының/аты-жөнінің өзгеруіне байланысты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін</w:t>
+      ұйымның атауы/аты-жөні (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20____ ж. "____" "_________"</w:t>
+      20___ жылғы "__" _______, № _____, ___ сериясы куәлігін ғылыми және (немесе)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________</w:t>
+      ғылыми-техникалық қызмет субъектісі ретінде қайта ресімдеуді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ( (Қолы) (Т.А.Ә. (бар болса))</w:t>
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының заңнамасына сәйкес менің дербес деректерімді жинауға және өңдеуге, цифрлық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді сақтауға және пайдалануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған ақпараттың дұрыстығын растаймын, дұрыс емес мәліметтер және жалған құжаттарды ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес жауапкершілік туралы хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20____ жыл "___" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаның басшысы/ ___________ ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке тұлғаның аты-жөні (қолы) Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15008,77 +13749,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>субъектілерін аккредиттеу"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидасына</w:t>
-[...12 lines deleted...]
-              <w:t>13-қосымша</w:t>
+              <w:t>қағидасына 11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -15101,822 +13829,737 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кімге______________________</w:t>
             </w:r>
-            <w:r>
-[...256 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-3</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кімнен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(субъектінің толық атауы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(телефон нөмірі/электроныдық мекенжайы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z118" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш  (телнұсқа беруге)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен</w:t>
+      Сізден бұрын қағаз түрінде ресімделген аккредиттеу туралы куәліктің телнұсқасын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      беруіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін</w:t>
+      Себебі__________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      (куәліктің жоғалуына/бүлінуіне және т.б. байланысты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттеу туралы куәліктің сериясы және нөмірі __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кім берді ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қызметті берушінің толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттеу туралы куәліктің жарамдық мерзімі ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Басшы___________ ___________________________ </w:t>
+      "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңына </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      сәйкес менің дербес деректерімді жинауға және өңдеуге, цифрлық жүйелердегі заңмен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қорғалатын құпияны құрайтын мәліметтерді сақтауға және пайдалануға келісім </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      қолы             аты-жөні (бар болған жағдайда)</w:t>
+      беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған ақпараттың дұрыстығын растаймын, дұрыс емес мәліметтер және жалған </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      құжаттарды ұсынғаным үшін Қазақстан Республикасының заңнамасына сәйкес </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жауапкершілік туралы хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20____ жыл "___" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаның басшысы/ ___________ ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жеке тұлғаның аты-жөні (қолы) Тегі, аты, әкесінің аты (ол болған жағдайда)  (ол </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16140,228 +14783,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 196 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z56" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Білім және ғылым саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 16 сәуірдегі № 212 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11260 болып тіркелген, 2015 жылғы 23 маусымда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z57" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Білім және ғылым саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 тамыздағы № 528 бұйрығының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12066 болып тіркелген, 2015 жылғы 22 қазанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z58" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Білім және ғылым саласындағы мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 16 сәуірдегі № 212 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 31 мамырдағы № 256 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 115206 болып тіркелген, 2017 жылғы 17 қазанда Қазақстан Республикасының Нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z59" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Білім және ғылым саласындағы мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 тамыздағы № 528 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 21 қарашадағы № 588 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 116498 болып тіркелген, 2017 жылғы 13 желтоқсанда Қазақстан Республикасының Нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>