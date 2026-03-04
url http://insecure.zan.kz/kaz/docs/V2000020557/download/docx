--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f345484" w14:textId="f345484">
+    <w:p w14:paraId="f62b08c" w14:textId="f62b08c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,124 +77,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Елді мекендердің шекаралары шегінде тұрғын үй қорын басқару, газ және газбен жабдықтау салаларындағы, өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарының сақталуы бойынша тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
+        <w:t>Елді мекендердің шекаралары шегінде тұрғын үй қорын басқару, газ және газбен жабдықтау салаларындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2020 жылғы 29 сәуірдегі № 253 және Қазақстан Республикасы Ұлттық экономика министрінің 2020 жылғы 30 сәуірдегі № 33 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 4 мамырда № 20557 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бірлескен бұйрықтың тақырыбы жаңа редакцияда көзделген – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бірлескен бұйрықтың тақырыбы жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -324,627 +286,453 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 22.09.2023 № 168 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...97 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z172" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша елді мекендер шекаралары шегінде тұрғын үй қорын басқару саласындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z173" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша елді мекендер шекаралары шегінде газ және газбен жабдықтау саласындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z174" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша елді мекендер шекаралары шегінде өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарының сақталуы бойынша тексерулер жүргізудің ерекше тәртібі үшін қолданылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша елді мекендер шекаралары шегінде тұрғын үй қорын басқару саласындағы әлеуметтік инфрақұрылым объектілерінде тексеру парағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z175" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша елді мекендер шекаралары шегінде тұрғын үй қорын басқару саласындағы әлеуметтік инфрақұрылым объектілерінде тексеру парағы;</w:t>
-[...39 lines deleted...]
-        <w:t>а сәйкес нысан бойынша елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласындағы әлеуметтік инфрақұрылым объектілерінде мемлекеттік бақылау саласындағы тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласындағы әлеуметтік инфрақұрылым объектілерінде мемлекеттік бақылау саласындағы тексеру парағы бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Тұрғын үй қорын басқару саласындағы тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парағын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 23 желтоқсандағы № 787 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12697 болып тіркелген, 2016 жылғы 26 қаңтарда "Әділет" ақпараттық құқықтық жүйесінде жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Құрылыс және тұрғын үй-коммуналдық шаруашылық істері комитеті заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Индустрия және инфрақұрылымдық даму және ұлттық экономика вице-министрлеріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -1498,125 +1286,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Елді мекендердің шекаралары шегінде тұрғын үй қорын басқару саласындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Ескерту. Өлшемшарттар жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бірлескен бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="16"/>
+    <w:bookmarkStart w:name="z135" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z136" w:id="17"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z136" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Елді мекендердің шекаралары шегінде тұрғын үй қорын басқару саласындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасы Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1691,776 +1479,776 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және "Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын бекіту және "Мемлекеттік органдардың тәуекелдерді бағалау жүйесін қалыптастыру қағидаларын және тексеру парақтарының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 23 маусымдағы № 48 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z137" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Өлшемшарттарда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z138" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъектілері (объектілері) – кондоминиум объектілерін басқару органдары, көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің төрағалары, басқару субъектілері, уақытша басқарушы компания, көп пәтерлі тұрғын үйді басқарушы қызметіне мемлекеттік бақылау жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z139" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z137" w:id="18"/>
-[...15 lines deleted...]
-      2. Өлшемшарттарда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) болмашы бұзушылықтар – кондоминиум объектісінің ортақ мүлкіне күрделі жөндеудің жекелеген түрлерін жүргізуге арналған шығыстар сметасының тұрғын үй инспекциясымен келісілген кондоминиум объектісінің ортақ мүлкіне күрделі жөндеудің жекелеген түрлерін жүргізуге арналған шығыстар сметасының тұрғын үй инспекциясымен келісудің болмауы, үй-жайлардың (пәтерлердің) меншік иелері жиналысы хаттамаларының Үлгілік нысандарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z138" w:id="19"/>
-[...15 lines deleted...]
-      1) бақылау субъектілері (объектілері) – кондоминиум объектілерін басқару органдары, көппәтерлі тұрғын үй мүлкінің меншік иелері бірлестігінің төрағалары, басқару субъектілері, уақытша басқарушы компания, көп пәтерлі тұрғын үйді басқарушы қызметіне мемлекеттік бақылау жүзеге асырылады;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) деректерді қалыпқа келтіру – әртүрлі шкалаларда өлшенген мәндерді шартты түрде жалпы шкалаға келтіруді көздейтін статистикалық рәсім;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z139" w:id="20"/>
-[...15 lines deleted...]
-      2) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) елеулі бұзушылықтар - нормативтік құқықтық актілерде белгіленген, әкімшілік жауаптылыққа әкеп соғатын бұзушылықтар, Қазақстан Республикасының заңдарында көзделген, мемлекеттік нормативтерді сақтамау, құжаттаманы уақтылы және дұрыс ресімдемеу, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы "коммерциялық емес акционерлік қоғамында кондоминиум объектілерінің тіркелмеуі, меншік иелері жиналысының хаттамасымен бекітілген кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға арналған шығыстардың жылдық сметасын, тұрғын емес үй-жайларды, жылдық шығыстар сметасын және меншік иелері жиналысының хаттамасымен бекітілген қоймалардың, қоймалардың, кондоминиум объектісінің жертөле үй-жайларын және басқа да ортақ пайдалану орындарын дезинсекциялау және дератизациялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z140" w:id="21"/>
-[...15 lines deleted...]
-      3) болмашы бұзушылықтар – кондоминиум объектісінің ортақ мүлкіне күрделі жөндеудің жекелеген түрлерін жүргізуге арналған шығыстар сметасының тұрғын үй инспекциясымен келісілген кондоминиум объектісінің ортақ мүлкіне күрделі жөндеудің жекелеген түрлерін жүргізуге арналған шығыстар сметасының тұрғын үй инспекциясымен келісудің болмауы, үй-жайлардың (пәтерлердің) меншік иелері жиналысы хаттамаларының Үлгілік нысандарға сәйкес келмеуі;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өрескел бұзушылықтар - тұрғын үй қорын басқару саласындағы нормативтік құқықтық актілерде белгіленген талаптарды сақтамау, соның салдарынан адамның өмір сүруі мен тыныс-тіршілігінің қолайлы ортасының жай-күйі нашарлап, әкімшілік және қылмыстық жауаптылыққа әкеп соғатын мемлекеттік мүдделерге залал келтіре отырып, тиісті білімі және белгілі бір жұмыс тәжірибесі бар қызметкерлердің штатында болмауымен сипатталатын Қазақстан Республикасының заңдарында көзделген бұзушылық, екінші деңгейдегі банкте кондоминиумның әрбір объектісіне жинақ және ағымдағы шоттың болмауы, кондоминиум объектісінің ортақ мүлкінің бөліктеріндегі және орталықтан жылыту жүйелеріндегі ақаулықтар, кондоминиумның ортақ мүлкін сумен жабдықтау, су бұру, электрмен жабдықтау, кондоминиум объектісінің конструкциялары мен инженерлік жабдықтарының техникалық жай-күйіне жоспарлы тексеру жүргізу туралы растайтын құжаттардың болмауы, дұрыс емес есептілікті ұсынумен, нормативтік құқықтық актілерде айқындалған мүлік иелерінің бірлестігі, үй кеңесі және тексеру комиссиясы төрағасының өкілеттік мерзімдерінің сақталмауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z141" w:id="22"/>
-[...15 lines deleted...]
-      4) деректерді қалыпқа келтіру – әртүрлі шкалаларда өлшенген мәндерді шартты түрде жалпы шкалаға келтіруді көздейтін статистикалық рәсім;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тәуекел – бақылау субъектісінің қызметі нәтижесінде адамның өміріне немесе денсаулығына, қоршаған ортаға, жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне салдарларының ауырлық дәрежесін ескере отырып, зиян келтіру ықтималдығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z142" w:id="23"/>
-[...15 lines deleted...]
-      5) елеулі бұзушылықтар - нормативтік құқықтық актілерде белгіленген, әкімшілік жауаптылыққа әкеп соғатын бұзушылықтар, Қазақстан Республикасының заңдарында көзделген, мемлекеттік нормативтерді сақтамау, құжаттаманы уақтылы және дұрыс ресімдемеу, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы "коммерциялық емес акционерлік қоғамында кондоминиум объектілерінің тіркелмеуі, меншік иелері жиналысының хаттамасымен бекітілген кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға арналған шығыстардың жылдық сметасын, тұрғын емес үй-жайларды, жылдық шығыстар сметасын және меншік иелері жиналысының хаттамасымен бекітілген қоймалардың, қоймалардың, кондоминиум объектісінің жертөле үй-жайларын және басқа да ортақ пайдалану орындарын дезинсекциялау және дератизациялау;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметімен, салалық даму ерекшеліктерімен және осы дамуға әсер ететін факторлармен байланысты, бақылау субъектілерін (объектілерін) тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z143" w:id="24"/>
-[...15 lines deleted...]
-      6) өрескел бұзушылықтар - тұрғын үй қорын басқару саласындағы нормативтік құқықтық актілерде белгіленген талаптарды сақтамау, соның салдарынан адамның өмір сүруі мен тыныс-тіршілігінің қолайлы ортасының жай-күйі нашарлап, әкімшілік және қылмыстық жауаптылыққа әкеп соғатын мемлекеттік мүдделерге залал келтіре отырып, тиісті білімі және белгілі бір жұмыс тәжірибесі бар қызметкерлердің штатында болмауымен сипатталатын Қазақстан Республикасының заңдарында көзделген бұзушылық, екінші деңгейдегі банкте кондоминиумның әрбір объектісіне жинақ және ағымдағы шоттың болмауы, кондоминиум объектісінің ортақ мүлкінің бөліктеріндегі және орталықтан жылыту жүйелеріндегі ақаулықтар, кондоминиумның ортақ мүлкін сумен жабдықтау, су бұру, электрмен жабдықтау, кондоминиум объектісінің конструкциялары мен инженерлік жабдықтарының техникалық жай-күйіне жоспарлы тексеру жүргізу туралы растайтын құжаттардың болмауы, дұрыс емес есептілікті ұсынумен, нормативтік құқықтық актілерде айқындалған мүлік иелерінің бірлестігі, үй кеңесі және тексеру комиссиясы төрағасының өкілеттік мерзімдерінің сақталмауы;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – тұрғын үй қорын басқару саласындағы тәуекел дәрежесіне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын және жекелеген бақылау субъектісіне (объектісіне) тікелей тәуелді емес тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z144" w:id="25"/>
-[...15 lines deleted...]
-      7) тәуекел – бақылау субъектісінің қызметі нәтижесінде адамның өміріне немесе денсаулығына, қоршаған ортаға, жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне салдарларының ауырлық дәрежесін ескере отырып, зиян келтіру ықтималдығы;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісі (объектісі) қызметінің нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z145" w:id="26"/>
-[...15 lines deleted...]
-      8) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметімен, салалық даму ерекшеліктерімен және осы дамуға әсер ететін факторлармен байланысты, бақылау субъектілерін (объектілерін) тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тәуекелдерді бағалау және басқару жүйесі – тиісті қызмет салаларында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі мүмкін дәрежесі мақсатында бақылау субъектісіне (объектісіне) бару арқылы кейіннен профилактикалық бақылауды жүзеге асыру үшін бақылау субъектілерін (объектілерін) тәуекел дәрежелері бойынша бөлу жолымен қолайсыз факторлардың туындау ықтималдығын төмендетуге бағытталған, сондай-ақ нақты бақылау субъектісі (объектісі) үшін тәуекел деңгейін өзгертуге және (немесе) бақылау субъектісіне (объектісіне) бару арқылы осындай бақылау субъектісін (объектісін) профилактикалық бақылаудан босатуға бағытталған басқарушылық шешімдер қабылдау процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z146" w:id="27"/>
-[...15 lines deleted...]
-      9) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – тұрғын үй қорын басқару саласындағы тәуекел дәрежесіне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын және жекелеген бақылау субъектісіне (объектісіне) тікелей тәуелді емес тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тексеру парағы – бақылау субъектілерінің (объектілерінің) қызметіне қойылатын, олардың сақталмауы адамның өмірі мен денсаулығына, қоршаған ортаға, жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптар тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z147" w:id="28"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="31"/>
+    <w:bookmarkStart w:name="z150" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) іріктеме жиынтық (іріктеме) – Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>143-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағына сәйкес мемлекеттік бақылаудың нақты саласында бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын, бағаланатын субъектілердің (объектілердің) тізбесі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z151" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z152" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тексерілетін субъектілерді (объектілерді) тәуекел дәрежелеріне бастапқы жатқызу объективті өлшемшарттар арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z153" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Объективті өлшемшарттар тексерілетін субъектілерді (объектілерді) тәуекел дәрежелері бойынша (жоғары, орташа және төмен) бөлу мақсатында әзірленді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z151" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоғары тәуекел дәрежесіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 жылдан астам пайдаланылатын тұрғын үйлерді басқарып отырған бақылау субъектілері (объектілері) жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекелдің орташа дәрежесіне мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 жылдан аспайтын тұрғын үйлерді басқарушылар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төмен тәуекел дәрежесіне мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10 жылдан аспайтын тұрғын үйлерді басқарушылар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төмен тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
-[...19 lines deleted...]
-      3. Тексерілетін субъектілерді (объектілерді) тәуекел дәрежелеріне бастапқы жатқызу объективті өлшемшарттар арқылы жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z153" w:id="34"/>
-[...15 lines deleted...]
-      4. Объективті өлшемшарттар тексерілетін субъектілерді (объектілерді) тәуекел дәрежелері бойынша (жоғары, орташа және төмен) бөлу мақсатында әзірленді.</w:t>
+    <w:bookmarkStart w:name="z156" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тәуекел дәрежесін бағалаудың субъективті өлшемшарттарын анықтау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары тәуекел дәрежесіне:</w:t>
-[...108 lines deleted...]
-      5. Жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      1) бақылау субъектілеріне (объектілеріне) бару арқылы алдыңғы тексерулер мен профилактикалық бақылаудың нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z157" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қолда бар ақпарат көздерінің негізінде реттеуші мемлекеттік органдар талдауға және бағалауға жататын субъективті өлшемшарттар бойынша деректерді қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Төмен тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін жоспардан тыс тексеру жүргізіледі.</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
+      Субъективті өлшемшарттарды талдау және бағалау ең жоғары әлеуетті тәуекелі бар бақылау субъектісіне (объектісіне) қатысты бақылау субъектісінің (объектісінің) профилактикалық бақылауын шоғырландыруға мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, талдау және бағалау кезінде бақылаудың нақты субъектісіне (объектісіне) қатысты бұрын ескерілген және пайдаланылған немесе Қазақстан Республикасының заңнамасына сәйкес мерзімі өткен деректерге қатысты қолданылған субъективті өлшемшарттар туралы деректер қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бару арқылы алдыңғы профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау субъектілеріне қатысты мемлекеттік бақылаудың кезекті кезеңіне кестелер мен тізімдерді қалыптастыру кезінде оларды енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ықтимал тәуекел мен мәселенің маңыздылығына, бұзушылықтың біржолғы немесе жүйелі сипатына, әрбір ақпарат көзі бойынша бұрын қабылданған шешімдерді талдауға байланысты – өрескел, елеулі және болмашы бұзушылық дәрежесіне сәйкес келетін субъективті өлшемшарттар анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z156" w:id="37"/>
-[...15 lines deleted...]
-      6. Тәуекел дәрежесін бағалаудың субъективті өлшемшарттарын анықтау үшін мынадай ақпарат көздері пайдаланылады:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде тұрғын үй қорын басқару саласындағы заңнама талаптарын бұзушылықтарды өрескел, елеулі, болмашы етіп бөлу осы Өлшемшарттарға 1-қосымшасына келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қолданылатын ақпарат көздерінің басымдығын негізге ала отырып, субъективті өлшемшапрттар бойынша тәуекел дәрежесінің жалпы көрсеткішін есептеу тәртібіне сәйкес 0-ден 100-ге дейінгі шкаламен субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткіші есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бақылау субъектілеріне (объектілеріне) бару арқылы алдыңғы тексерулер мен профилактикалық бақылаудың нәтижелері;</w:t>
-[...166 lines deleted...]
-        <w:t>
       Тәуекел дәрежесінің көрсеткіштері бойынша бақылау субъектісі (объектісі):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары тәуекел дәрежесіне – тәуекел дәрежесінің көрсеткіші 71-ден 100-ге дейінгіні қоса алғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2474,90 +2262,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орташа тәуекел дәрежесіне – тәуекел дәрежесінің көрсеткіші 31-ден 70-ке дейінгіні қоса алғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) төмен тәуекел дәрежесіне – 0-ден 30-ға дейінгіні қоса алғанда жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="41"/>
+    <w:bookmarkStart w:name="z160" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісін тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік орган осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2680,70 +2468,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есеп мемлекеттік бақылаудың әрбір саласының бақылау субъектілерінің (объектілерінің) біртекті тобын бақылаудың әрбір субъектісі (объектісі) бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын, бағаланатын бақылау субъектілерінің (объектілерінің) тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктеу жиынтығын (іріктемені) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="42"/>
+    <w:bookmarkStart w:name="z161" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бақылау субъектілеріне (объектілеріне) бару арқылы алдыңғы тексерулер мен профилактикалық бақылау нәтижелері бойынша алынған деректер бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Өлшемшарттардың 6-тармағында көрсетілген ақпарат көздерінің кез келгені бойынша бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 балл тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3060,70 +2848,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – болмашы бұзушылықтар көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="43"/>
+    <w:bookmarkStart w:name="z162" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Осы Өлшемшарттардың 9-тармағына сәйкес анықталған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шкала бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3252,70 +3040,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n – көрсеткіштер саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Өлшемшарттардың 9-тармағына сәйкес анықталған субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="44"/>
+    <w:bookmarkStart w:name="z163" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. R көрсеткіші бойынша субъектілер (объектілер) бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонда қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3464,128 +3252,128 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Rпром – осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="45"/>
+    <w:bookmarkStart w:name="z164" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау осы бірлескен бұйрыққа 4-қосымшада келтірілген тиісті тексеру парағы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z165" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Тәуекелдерді басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z166" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Адал бақылау субъектілерін көтермелеу және бұзушыларға бақылауды шоғырландыру қағидатын іске асыру мақсатында бақылау субъектілері (объектілері) субъективті өлшемшарттарды қолдану арқылы реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарымен айқындалатын кезеңге бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z167" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бақылау субъектілері (объектілері) ақпараттық жүйені қолдана отырып, бақылау субъектілері қызметінің тиісті салаларындағы жоғары тәуекел дәрежесінен орташа тәуекел дәрежесіне немесе орташа тәуекел дәрежесінен төмен тәуекел дәрежесіне мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z165" w:id="46"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер мұндай субъектілер Қазақстан Республикасының заңдарында белгіленген тәртіппен үшінші тұлғалар алдында азаматтық-құқықтық жауапкершілікті сақтандыру шарттарын жасасcа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3616,182 +3404,182 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) егер субъектілер өзін-өзі реттейтін ұйым қызметінің нәтижелерін тану туралы келісім жасаған, "Өзін-өзі реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелері болып табылса ауыстырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="49"/>
+    <w:bookmarkStart w:name="z168" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан босату мақсатында реттеуші мемлекеттік органдар, сондай-ақ мемлекеттік органдар жеңілдететін индикаторларды ескереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңілдететін индикаторларға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректерді онлайн-режимде беретін аудио және (немесе) бейне жазбалардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) деректерді мемлекеттік органдар жүйесіне беретін датчиктер мен бекіту құрылғыларының болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда осындай негіздер көзделген болса, реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарына сәйкес тәуекелдерді бағалау мен талдаудың, аудиттің, сараптамалардың қолданылатын баламалы (тәуелсіз) жүйелері негізінде бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан және (немесе) талапқа сәйкестігіне тексеру жүргізуден босату мүмкін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z170" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының заңнамалық актілеріне сәйкес ерекшелік пен құпиялылықты ескере отырып, ақпараттық жүйелерді пайдаланатын мемлекеттік органдарға арналған тәуекелдерді бағалау және басқару жүйесін қалыптастыру ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z171" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесі бақылау субъектілерін (объектілерін) тәуекелдің нақты дәрежелеріне жатқызатын және бақылау іс-шараларын жүргізу кестелерін немесе тізімдерін қалыптастыратын ақпараттық жүйелерді пайдалана отырып жүргізіледі, сондай-ақ мемлекеттік статистикаға, ведомстволық статистикалық байқаудың қорытындыларына, сондай-ақ ақпараттық құралдарға негізделеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:p>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде бақылау субъектісіне (объектісіне) бара отырып, оларға қатысты профилактикалық бақылау жүзеге асырылатын бақылау субъектілері (объектілері) санының ең төменгі жол берілетін шегі мемлекеттік бақылаудың белгілі бір саласындағы осындай бақылау субъектілерінің жалпы санының бес пайызынан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -3992,125 +3780,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="53"/>
+    <w:bookmarkStart w:name="z33" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Өлшемшарттар жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 22.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 22.09.2023 № 168 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="54"/>
+    <w:bookmarkStart w:name="z34" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласындағы әлеуметтік инфрақұрылым объектілерінде тәуекел дәрежесін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4205,695 +3993,695 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және "Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын бекіту және "Мемлекеттік органдардың тәуекелдерді бағалау жүйесін қалыптастыру қағидаларын және тексеру парақтарының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 23 маусымдағы № 48 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы өлшемшарттарда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуметтік инфрақұрылым – елді мекеннің қалыпты тыныс-тіршілігін функционалдық қамтамасыз ететін заңды тұлғалардың жиынтығы, оларға: әлеуметтік-мәдени мақсаттағы объектілер, тұрғын үй-коммуналдық шаруашылығы, денсаулық сақтау, білім беру, мектепке дейінгі тәрбиелеу жүйелерінің ұйымдары; демалуға және бос уақытты өткізуге байланысты ұйымдар; бөлшек сауда, қоғамдық тамақтану, қызметтер көрсету саласы, спорттық-сауықтыру мекемелері; халыққа коммуналдық қызметтерді көрсететін және ұсынатын ұйымдар жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау субъектілері (объектілері) – тұрмыстық тұтынушы, коммуналдық-тұрмыстық тұтынушы және әлеуметтік инфрақұрылым объектілері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) болмашы бұзушылықтар – оқытудан және білімін тексеруден өткен басшылар немесе мамандар қатарынан газбен жабдықтау жүйесі объектілерін қауіпсіз пайдалануға жауапты кәсіпорын бойынша бұйрықпен (өкіммен) тағайындалған адамның болмауы, сондай-ақ түтін және желдету арналарының болуы, ғимараттардың, көппәтерлі тұрғын үйлердің, тұрғын емес үй-жайлардың инженерлік коммуникацияларының кірмелерін тығыздау бөлігінде белгіленген бұзушылықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) елеулі бұзушылықтар – Қазақстан Республикасының заңдарында көзделген әкімшілік жауаптылыққа әкеп соғатын, газ және газбен жабдықтау саласындағы нормативтік құқықтық актілерде белгіленген бұзушылықтар, мемлекеттік нормативтерді сақтамау, газбен жабдықтау жүйелері объектілері иелерінің олардың қауіпсіз пайдаланылуын және жарамды жай-күйін қамтамасыз ету, оларға тиесілі объектілерге техникалық қызмет көрсету жөніндегі жұмысты жүргізу немесе техникалық қызмет көрсетуге шарт жасасу және түтін және желдету арналарының жарамдылығын сақтау, ғимараттардың, көппәтерлі тұрғын үйлердің, тұрғын емес үй-жайлардың инженерлік коммуникацияларының кірмелерін тығыздау міндетін сақтамауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) коммуналдық-тұрмыстық тұтынушы – тауарлық және (немесе) сұйытылған мұнай газын одан әрі өткізу мақсатынсыз, кәсіпкерлік, коммерциялық емес немесе өзге қызметті жүзеге асыру кезінде коммуналдық-тұрмыстық мұқтаждар үшін сатып алатын жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өрескел бұзушылықтар – газ және газбен жабдықтау саласындағы нормативтік құқықтық актілерде белгіленген, соның салдарынан адамның мекендеу және тыныс-тіршілігінің қолайлы ортасының жай-күйі нашарлайтын, мемлекеттік мүдделерге залал келтіре отырып, Қазақстан Республикасының заңдарында көзделген әкімшілік және қылмыстық жауаптылыққа әкеп соқтыратын талаптарды сақтамау, екі және одан да көп расталған шағымның немесе жеке не заңды тұлғадан түскен өтініштің болуы, сондай-ақ қабаттылығы екі қабаттан асатын көп пәтерлі тұрғын үйлерде тұрмыстық баллондарда сұйытылған мұнай газын сақтау және (немесе) пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тұрмыстық тұтынушы – тауарлық және (немесе) сұйытылған мұнай газын кәсіпкерлік қызметте пайдалану және оларды одан әрі өткізу мақсатынсыз, тұрмыстық мұқтаждар үшін сатып алатын жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) тәуекел – бақылау субъектісінің қызметі нәтижесінде адамның өміріне немесе денсаулығына, қоршаған ортаға, жеке және заңды тұлғалардың заңды мүдделеріне, оның салдарынан ауырлық дәрежесін ескере отырып, мемлекеттің мүліктік мүддесіне зиян келтіру ықтималдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметімен, салалық даму ерекшеліктерімен және осы дамуға әсер ететін факторлармен байланысты, бақылау субъектілерін (объектілерін) тәуекелдің әр түрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – белгілі бір қызмет саласындағы тәуекел дәрежесіне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдалатынатын және жекелеген бақылау субъектісіне (объектісіне) тікелей тәуелді емес тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісі (объектісі) қызметінің нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) тәуекелдерді бағалау және басқару жүйесі – тиісті қызмет салаларында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі мүмкін дәрежесі мақсатында бақылау субъектісіне (объектісіне) бару арқылы кейіннен профилактикалық бақылауды жүзеге асыру үшін бақылау субъектілерін (объектілерін) тәуекел дәрежелері бойынша бөлу жолымен қолайсыз факторлардың туындау ықтималдығын төмендетуге бағытталған, сондай-ақ нақты бақылау субъектісі (объектісі) үшін тәуекел деңгейін өзгертуге және (немесе) бақылау субъектісіне (объектісіне) бару арқылы осындай бақылау субъектісін (объектісін) профилактикалық бақылаудан босатуға бағытталған басқарушылық шешімдер қабылдау процесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тексеру парағы – бақылау субъектілерінің (объектілерінің) қызметіне қойылатын, олардың сақталмауы адамның өмірі мен денсаулығына, қоршаған ортаға, жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптар тізбесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z126" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Тексерілетін субъектілерді (объектілерді) тәуекел дәрежелеріне бастапқы жатқызу объективті өлшемшарттар арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
-[...15 lines deleted...]
-      2. Осы өлшемшарттарда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z127" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Объективті өлшемшарттар тексерілетін субъектілерді (объектілерді) тәуекел дәрежелері бойынша (жоғары, орташа және төмен) бөлу мақсатында әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) әлеуметтік инфрақұрылым – елді мекеннің қалыпты тыныс-тіршілігін функционалдық қамтамасыз ететін заңды тұлғалардың жиынтығы, оларға: әлеуметтік-мәдени мақсаттағы объектілер, тұрғын үй-коммуналдық шаруашылығы, денсаулық сақтау, білім беру, мектепке дейінгі тәрбиелеу жүйелерінің ұйымдары; демалуға және бос уақытты өткізуге байланысты ұйымдар; бөлшек сауда, қоғамдық тамақтану, қызметтер көрсету саласы, спорттық-сауықтыру мекемелері; халыққа коммуналдық қызметтерді көрсететін және ұсынатын ұйымдар жатады;</w:t>
-[...218 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+      Жоғары тәуекел дәрежесіне :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабаттылығы екі қабаттан асатын тұрғын көппәтерлі үйлерде тұрмыстық баллондарда сұйытылған мұнай газын сақтау және (немесе) пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дайындаушы зауыт белгілеген нормативтік қызмет мерзімін өтеген қауіпті техникалық құрылғыларды пайдаланатын объектілер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орташа тәуекел дәрежесіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дайындаушы зауыт белгілеген нормативтік қызмет мерзімін өтемеген, бірақ оларды тұрақты және қауіпсіз күйде ұстауды талап ететін қауіпті техникалық құрылғылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұрғын үй ішіндегі газ жабдықтарын қоспағанда, топтық резервуарлық қондырғыларға, газ тұтыну жүйелеріне және үйішілік газ жабдығына техникалық қызмет көрсетудің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке және заңды тұлғалардың газ жабдығын сұйытылған мұнай газымен жабдықтау жүйесіне қосу, сұйытылған мұнай газымен жабдықтау жүйесінің объектілерін жаңғырту және (немесе) реконструкциялау, сондай-ақ газ желісі емес ұйым жүзеге асырған технологиялық схеманы өзгерту жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төмен тәуекел дәрежесіне дайындаушы зауыт белгілеген нормативтік қызмет мерзімін өтемеген, жарамды және қауіпсіз күйдегі қауіпті техникалық құрылғылар жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төмен тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін жоспардан тыс тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Объективті өлшемшарттар</w:t>
-[...19 lines deleted...]
-      3. Тексерілетін субъектілерді (объектілерді) тәуекел дәрежелеріне бастапқы жатқызу объективті өлшемшарттар арқылы жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Субъективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Тәуекел дәрежесін бағалаудың субъективті өлшемшарттарын анықтау үшін бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z127" w:id="59"/>
-[...15 lines deleted...]
-      4. Объективті өлшемшарттар тексерілетін субъектілерді (объектілерді) тәуекел дәрежелері бойынша (жоғары, орташа және төмен) бөлу мақсатында әзірленді.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қолда бар ақпарат көздерінің негізінде бағалауға жататын субъективті өлшемшарттарды қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоғары тәуекел дәрежесіне :</w:t>
-[...144 lines deleted...]
-      5. Жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және жоспардан тыс тексеру жүргізіледі.</w:t>
+      Талдау және бағалау кезінде бақылаудың нақты субъектісіне (объектісіне) қатысты бұрын ескерілген және пайдаланылған немесе Қазақстан Республикасының заңнамасына сәйкес мерзімі өткен деректерге қатысты қолданылған субъективті өлшемшарттар туралы деректер қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бару арқылы және (немесе) талаптарға сәйкестігін тексеру арқылы алдыңғы профилактикалық бақылаудың қорытындылары бойынша берілген бұзушылықтарды толық көлемде жойған бақылау субъектілеріне қатысты мемлекеттік бақылаудың кезекті кезеңіне кестелер мен тізімдерді қалыптастыру кезінде оларды енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ықтимал тәуекел мен мәселенің маңыздылығына, бұзушылықтың біржолғы немесе жүйелі сипатына, әрбір ақпарат көзі бойынша бұрын қабылданған шешімдерді талдауға байланысты – өрескел, елеулі және болмашы бұзушылық дәрежесіне сәйкес келетін субъективті өлшемшарттар анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Төмен тәуекел дәрежесіне жатқызылған бақылау субъектілерінің (объектілерінің) қызмет салалары үшін жоспардан тыс тексеру жүргізіледі.</w:t>
-[...34 lines deleted...]
-      6. Тәуекел дәрежесін бағалаудың субъективті өлшемшарттарын анықтау үшін бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері пайдаланылады.</w:t>
+      Әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласындағы заңнама талаптарын бұзушылықтарды өрескел, елеулі, болмашы етіп бөлу осы Өлшемшарттарға 1-қосымшада келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қолданылатын ақпарат көздерінің басымдығын негізге ала отырып, субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткішін есептеу тәртібіне сәйкес 0-ден 100-ге дейінгі шкаламен субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткіші есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z130" w:id="62"/>
-[...112 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесінің көрсеткіштері бойынша бақылау субъектісі (объектісі):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4922,90 +4710,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орташа тәуекел дәрежесіне – тәуекел дәрежесінің көрсеткіші 31-ден 70-ке дейінгіні қоса алғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) төмен тәуекел дәрежесіне – 0-ден 30-ға дейінгіні қоса алғанда жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="65"/>
+    <w:bookmarkStart w:name="z133" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісін тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік орган осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5168,70 +4956,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есеп мемлекеттік бақылаудың әрбір саласының бақылау субъектілерінің (объектілерінің) біртекті тобын бақылаудың әрбір бақылау субъектісі (объектісі) бойынша жүргізіледі. Бұл ретте мемлекеттік бақылаудың бір саласының бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын, бағаланатын бақылау субъектілерінің (объектілерінің) тізбесі деректерді кейіннен қалыпқа келтіру үшін іріктеу жиынтығын (іріктемені) құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="66"/>
+    <w:bookmarkStart w:name="z134" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бақылау субъектілеріне (объектілеріне) бару арқылы алдыңғы тексерулер мен профилактикалық бақылау нәтижелері бойынша алынған деректер бойынша 0-ден 100-ге дейінгі баллмен бағаланатын бұзушылықтар бойынша тәуекел дәрежесінің көрсеткіші қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 балл тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5788,90 +5576,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – болмашы бұзушылықтар көрсеткіші.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұзушылықтар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес анықталған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шкала бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6046,70 +5834,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес анықталған субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің алынған мәні субъективті өлшемшарттар бойынша тәуекел дәрежесі көрсеткішінің есебіне енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. R көрсеткіші бойынша субъектілер (объектілер) бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонда қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6304,148 +6092,148 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – осы Өлшемшарттардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген субъект (объект) қызметінің санаты мен түріне байланысты тиісті тексеру парағы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Тәуекелдерді басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Бақылаудың адал субъектілерін көтермелеу және бақылауды бұзушыларға шоғырландыру қағидатын іске асыру мақсатында бақылау субъектілері (объектілері) субъективті өлшемшарттарды қолдану арқылы реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарымен айқындалатын кезеңге бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау жүргізуден босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Бақылау субъектілері (объектілері) ақпараттық жүйені қолдана отырып, бақылау субъектілері қызметінің тиісті салаларындағы жоғары тәуекел дәрежесінен орташа тәуекел дәрежесіне немесе орташа тәуекел дәрежесінен төмен тәуекел дәрежесіне мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z84" w:id="70"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер мұндай субъектілер Қазақстан Республикасының заңдарында белгіленген тәртіппен үшінші тұлғалар алдында азаматтық-құқықтық жауапкершілікті сақтандыру шарттарын жасасcа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6476,182 +6264,182 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) егер субъектілер өзін-өзі реттейтін ұйым қызметінің нәтижелерін тану туралы келісім жасаған, "Өзін-өзі реттеу туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелері болып табылса ауыстырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан босату және талаптарға сәйкестігіне тексеру мақсатында реттеуші мемлекеттік органдар, сондай-ақ мемлекеттік органдар жеңілдететін индикаторларды ескереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңілдететін индикаторларға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректерді онлайн-режимде беретін аудио және (немесе) бейне жазбалардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) деректерді мемлекеттік органдар жүйесіне беретін датчиктер мен бекіту құрылғыларының болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда осындай негіздер көзделген болса, реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарына сәйкес тәуекелдерді бағалау мен талдаудың, аудиттің, сараптамалардың қолданылатын баламалы (тәуелсіз) жүйелері негізінде бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан және (немесе) талапқа сәйкестігіне тексеру жүргізуден босату мүмкін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Қазақстан Республикасының заңнамалық актілеріне сәйкес ерекшелік пен құпиялылықты ескере отырып, ақпараттық жүйелерді пайдаланатын мемлекеттік органдарға арналған тәуекелдерді бағалау және басқару жүйесін қалыптастыру ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесі бақылау субъектілерін (объектілерін) тәуекелдің нақты дәрежелеріне жатқызатын және бақылау іс-шараларын жүргізу кестелерін немесе тізімдерін қалыптастыратын ақпараттық жүйелерді пайдалана отырып жүргізіледі, сондай-ақ мемлекеттік статистикаға, ведомстволық статистикалық байқау қорытындыларына, сондай-ақ ақпараттық құралдарға негізделеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:p>
-[...110 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде бақылау субъектісіне (объектісіне) бара отырып, оларға қатысты профилактикалық бақылау жүзеге асырылатын бақылау субъектілері (объектілері) санының ең төменгі жол берілетін шегі мемлекеттік бақылаудың белгілі бір саласындағы осындай бақылау субъектілерінің жалпы санының бес пайызынан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -6800,68 +6588,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау жүргізу үшін әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласы талаптарының бұзылу дәрежесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7969,156 +7757,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8301,1716 +7983,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="78"/>
+    <w:bookmarkStart w:name="z48" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Елді мекендердің шекаралары шегінде өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарының сақталуы бойынша тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Өлшемшарттар жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 22.09.2023 </w:t>
+      Ескерту. 3-қосымша алып тасталды – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 22.09.2023 № 168 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...1611 lines deleted...]
-      Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде оларға қатысты бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүзеге асырылатын бақылау және қадағалау субъектілері (объектілері) санының ең аз жол берілетін шегі мемлекеттік қадағалаудың белгілі бір саласындағы осындай қадағалау субъектілерінің жалпы санының бес пайызынан аспауға тиіс.</w:t>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10046,165 +8136,313 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қауіпті техникалық</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">құрылғыларды қауіпсіз </w:t>
+              <w:t>Индустрия және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">пайдалану талаптарын сақтау </w:t>
+              <w:t>инфрақұрылымдық даму</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бойынша өнеркәсіптік </w:t>
+              <w:t>министрінің міндетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қауіпсіздік саласындағы тәуекел</w:t>
+              <w:t>атқарушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дәрежесін бағалау</w:t>
+              <w:t>2020 жылғы 29 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өлшемшарттарына</w:t>
+              <w:t>№ 253 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 30 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 33 бірлескен бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бақылау және қадағалау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау және қадағалау жүргізу үшін әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде қауіпті техникалық құрылғыларды қауіпсіз пайдалану талаптарын сақтау бойынша өнеркәсіптік қауіпсіздік саласы талаптарының бұзылу дәрежесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
+        <w:t xml:space="preserve"> Бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау жүргізу үшін әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде тұрғын үй қорын басқару саласы талаптарының бұзылу дәрежесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10216,52 +8454,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Р/с № </w:t>
+              <w:t>
+Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10290,92 +8528,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұзушылық дәрежесі</w:t>
-            </w:r>
-[...40 lines deleted...]
-I. Өнеркәсіптік қауіпсіздік саласындағы әлеуметтік инфрақұрылым объектілерінде 0,07 мегаПаскальдан астам қысыммен және (немесе) 115 Цельсий градустан астам судың қайнау температурасы кезінде жұмыс істейтін бу және су жылыту қазандықтарын қауіпсіз пайдалану талаптарының сақталуы бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10408,51 +8604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Су жылытатын немесе бу қазандығы паспортының болуы</w:t>
+Пәтерлердің, көппәтерлі тұрғын үйдің тұрғын емес үй-жайларының меншік иелері жиналысының хаттамалық шешімімен немесе басқару субъектісін таңдау туралы функцияларды беру жөніндегі жиналыстың мақұлданған хаттамалық шешімі болған кезде үй кеңесінің хаттамалық шешімімен мақұлданған мүліктің меншік иелері бірлестігі мен кондоминиум объектісін басқару субъектісі арасында шарттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10520,52 +8716,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Қазандық паспортында дайындаушы, қазандық типі (моделі), техникалық параметрлері туралы, қазандықтың орналасқан жері туралы, орнатылған аспаптар, қоректік құрылғылар туралы, куәландыру туралы мәліметтердің болуы </w:t>
+              <w:t>
+"Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамында кондоминиум объектілерін тіркеудің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10634,87 +8830,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазандықты гидравликалық сынау актісінің болуы</w:t>
+Пәтерлер, тұрғын емес үй-жайлар, тұрақ орындары, қоймалар, көппәтерлі тұрғын үй иелері жиналыстарының хаттамаларымен бекітілген кондоминиум объектісін басқаруға арналған шығыстардың жылдық сметасының бір күнтізбелік жылға болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өрескел</w:t>
+елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10747,87 +8943,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазандықты авариялық тоқтату тәртібі бойынша технологиялық регламенттің болуы. Қазандықтың авариялық тоқтау себептерінің ауысым журналындағы жазбалар</w:t>
+Екінші деңгейдегі банкте кондоминиум объектісіне жинақ шотының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10860,87 +9056,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазандықты жөндеудің бекітілген кестесінің болуы. Технологиялық регламент бойынша жөндеуді орындау</w:t>
+Екінші деңгейдегі банкте кондоминиум объектісіне ағымдағы шоттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-болмашы</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10973,87 +9169,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орындалған жөндеу жұмыстары, қолданылған материалдар, дәнекерлеу және дәнекерлеушілер туралы, қазандықтарды тазалау мен жууға тоқтату туралы мәліметтер енгізілетін әрбір қазандыққа жөндеу журналының болуы</w:t>
+Жылыту маусымына инженерлік желілер мен жабдықтарды дайындау бойынша тексеру актісінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-болмашы</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11086,51 +9282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Манометрлердің, сақтандырғыш клапандардың, су көрсеткіштері аспаптары мен қоректік сорғылардың жарамдылығын тексеру мерзімдерін сақтау</w:t>
+Кондоминиум объектісін басқару жөніндегі ай сайынғы және жылдық есепті ұсыну туралы растайтын құжаттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11199,51 +9395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пайдалануға қабылдау туралы куәліктің болуы</w:t>
+Кондоминиум объектісінің ортақ мүлкінің түгендеу тізбесі негізінде кондоминиум объектісін жыл сайынғы тексеру актісін жүргізу туралы растайтын құжаттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11311,88 +9507,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Дайындаушы зауыттың қазандықты іске қосу және пайдалану жөніндегі нұсқаулығының болуы </w:t>
+              <w:t>
+Жертөле үй-жайларын, паркингтерді және басқа да ортақ пайдаланылатын орындарды дезинфекциялау, дезинсекциялау және дератизациялау жөніндегі жұмыстарды орындау туралы растайтын құжаттардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-болмашы</w:t>
+елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11425,51 +9621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметкерлердің қазандықтарға қызмет көрсетуге рұқсатының (куәлігінің) болуы</w:t>
+Кондоминиум объектісінің ортақ мүлкінің бөліктерінде (қасбеттер, кіреберістер, вестибюльдер, холлдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифттер, шатырлар, кіру топтарының күнқағарлары (шатырлары), шатырлар, техникалық қабаттар, жертөлелер, жалпы үй инженерлік жүйелері мен жабдықтары, абоненттік пошта жәшіктері, көппәтерлі тұрғын үйдің астындағы жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және басқа да ортақ пайдаланылатын мүлік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11538,87 +9734,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазандықтарға қызмет көрсететін қызметкерлердің білімін тексерудің жыл сайынғы нәтижелерінің болуы</w:t>
+ Тексерілетін субъектінің нормативтік құқықтық актілерінде және жарғысында айқындалған МИБ төрағасының, үй кеңесінің және тексеру комиссиясының өкілеттік мерзімдерін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-елеулі</w:t>
+өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11651,87 +9847,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бекіту немесе бекіту-реттеу арматурасының, қысымды өлшеуге арналған аспаптардың, температураны өлшеуге арналған аспаптардың, сақтандырғыш құрылғылардың, сұйықтық деңгейін көрсеткіштерінің болуы.</w:t>
+Жиналыстар хаттамаларының пәтер иелері жиналыстарының, тұрғын емес үй-жайлардың, тұрақ орындарының, көппәтерлі тұрғын үй қоймаларының хаттамаларының пәтер иелері жиналыстарының, тұрғын емес үй-жайлардың, тұрақ орындарының, көппәтерлі тұрғын үй қоймаларының үлгілік хаттамаларына сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өрескел</w:t>
+болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11764,105 +9960,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мыналардың болуы:</w:t>
-[...17 lines deleted...]
-бункердің бекітпесін және қожды құюды басқару; егер күл мен қож оттықтан жұмыс алаңына кесілсе, сору желдеткіші; ағаш отынына немесе шымтезекке қолмен тиелетін шахталық оттықтарда қақпағы және қайырмалы түбі бар тиеу бункерлері; күл мен қожды механикаландырылған жою; қазандық еденіне отынның түсуін болдырмау үшін құмы бар тұғырық.</w:t>
+Мүгедектігі бар адамдар және халықтың басқа да мобильділігі төмен топтары үшін кедергісіз ортаның болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өрескел</w:t>
+болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11895,7666 +10073,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазандықтар есіктерінің, өтетін тесіктерінің, люктерінің және қарау тесіктерінің өздігінен ашылуын болдырмау</w:t>
+Кондоминиум объектісін басқару жөніндегі функцияларды жүзеге асыруға біліктілігін растайтын көппәтерлі тұрғын үйді басқаратын кондоминиум объектісін басқару субъектісінде құжаттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...7466 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19588,90 +10192,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Индустрия және </w:t>
+              <w:t>Индустрия және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инфрақұрылымдық даму</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">министрінің міндетін </w:t>
+              <w:t>министрінің міндетін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқарушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19679,51 +10283,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 253 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19737,2178 +10341,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымшаның жоғарғы оң жақ бұрышы жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау жүргізу үшін әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде тұрғын үй қорын басқару саласы талаптарының бұзылу дәрежесі</w:t>
-[...2108 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік инфрақұрылым объектілеріндегі елді мекендердің шекаралары шегінде газ және газбен жабдықтау саласындағы тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тексеру парағы жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 22.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23759,166 +12311,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24101,5189 +12537,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="107"/>
+    <w:bookmarkStart w:name="z76" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік инфрақұрылым объектілерінде жүк көтергіш механизмдерді, лифттерді, эскалаторларды, траволаторларды, сондай-ақ мүгедектерге арналған көтергіштерді қауіпсіз пайдалану талаптарын сақтау бойынша өнеркәсіптік қауіпсіздік саласындағы мемлекеттік бақылау және қадағалау саласындағы тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 22.09.2023 </w:t>
+      Ескерту. 6-қосымша алып тасталды – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 22.09.2023 № 168 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...4986 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>бірлескен бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29468,4919 +12839,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="108"/>
+    <w:bookmarkStart w:name="z78" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,07 мегаПаскальдан астам қысыммен және (немесе) судың қыздыру температурасы 115 градустан жоғары болған кезде жұмыс істейтін бу және су жылыту қазандықтарын қауіпсіз пайдалану талаптарын сақтау бойынша әлеуметтік инфрақұрылым объектілерінде өнеркәсіптік қауіпсіздік және мемлекеттік бақылау және қадағалау саласындағы тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 22.09.2023 </w:t>
+      Ескерту. 7-қосымша алып тасталды – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 22.09.2023 № 168 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...4716 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>бірлескен бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...12 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -34565,3599 +13141,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="109"/>
+    <w:bookmarkStart w:name="z80" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,07 мегаПаскальдан астам қысыммен жұмыс істейтін ыдыстарды пайдалану кезінде қауіпсіз пайдалану талаптарын сақтау бойынша әлеуметтік инфрақұрылым объектілерінде өнеркәсіптік қауіпсіздік және мемлекеттік бақылау және қадағалау саласындағы тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тексеру парағы жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 22.09.2023 </w:t>
+      Ескерту. 8-қосымша алып тасталды – ҚР Өнеркәсіп және құрылыс министрінің м.а. 29.09.2025 № 404 және ҚР Ұлттық экономика министрінің м.а. 30.09.2025 № 98 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 11</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 22.09.2023 № 168 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...3494 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -38165,55 +13266,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>