--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc4a317" w14:textId="dc4a317">
+    <w:p w14:paraId="5724838" w14:textId="5724838">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2474,171 +2474,95 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Әділет министрінің 31.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-қосымшаға өзгеріс енгізу көзделген - </w:t>
+        <w:t>№ 754</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Әділет министрінің 26.09.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Әділет министрінің 26.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 532</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2654,51 +2578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет стандарты "Сот-сараптама қызметімен, оның ішінде сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия беру" (бұдан әрі-Стандарт)</w:t>
+Сот-сараптама қызметімен, оның ішінде сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3371,122 +3295,134 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z15" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Сот-сараптама қызметімен, оның ішінде сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия бергені, лицензия қайта ресімдегені үшін жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым алынады, ол "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...9 lines deleted...]
-              <w:t>554 бабына</w:t>
+Сот-сараптама қызметімен, оның ішінде сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия бергені, лицензия қайта ресімдегені үшін жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым алынады, ол Қазақстан Республикасының Салық Кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес мынадай:</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензия беру - 6 айлық есептік көрсеткіш (бұдан әрі - АЕК);</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) лицензия беру - 6 айлық есептік көрсеткіш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицензияны қайта ресімдеу – лицензия беру кезіндегі мөлшерлеменің 10% - ын, бірақ 4 АЕК-тен аспайды.</w:t>
+2) лицензияны қайта ресімдеу – лицензия беру кезіндегі мөлшерлеменің 10% - ы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4483,728 +4419,728 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(болған жағдайда))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны алу үшін өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (лицензиардың толық атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жеке тұлғаның тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетуге лицензия және (немесе) лицензияға қосымшаны беруіңізді сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қызмет түрінің және(немесе) қызметтің кіші түрінің толық атауын көрсету)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлғаның тұрғылықты мекенжайы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (пошта индексі, облыс, қала, аудан, елді мекен, көше атауы, үй/ғимарат нөмірі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық пошта ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефондары ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Факс _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметті немесе әрекеттерді (операцияларды) жүзеге асыру объектісінің мекенжайы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                               (стационарлық үй-жай) нөмірі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____ парақ қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осымен расталады, бұл:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген барлық деректер ресми байланыстар болып табылады және оларға </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       лицензияны және (немесе)лицензияға қосымшаны беру немесе беруден бас тарту мәселелері </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бойынша кез келген ақпаратты жіберуге болады; өтініш берушіге қызметтің лицензияланатын </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       түрімен және(немесе) кіші түрімен айналысуға сот тыйым салмайды; қоса беріліп отырған </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       барлық құжаттар шындыққа сәйкес келеді және жарамды болып табылады; өтініш беруші </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       лицензия және (немесе) лицензияға қосымшаны беру кезінде ақпараттық жүйелерде </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қамтылған, заңмен қорғалатын құпияны; өтініш беруші өтінішті Халыққа қызмет көрсету </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       орталығы қызметкерінің электрондық цифрлық қолтаңбасымен куәландыруға келіседі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Халыққа қызмет көрсету орталығы арқылы жүгінген жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы)                  (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны (болған жағдайда) Толтыру күні: "____" ___ 20___ жыл</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6630,68 +6566,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензияны қайта ресімдеуге арналған жеке тұлғаның өтiнiші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Әділет министрінің 06.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7251,129 +7187,129 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="70"/>
+    <w:bookmarkStart w:name="z134" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ДӘЛЕЛДІ БАС ТАРТУ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z135" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z135" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрлігі Сіздің [өтінім күні] жылғы № (Өтінім нөмірі) өтінішіңізді қарап, келесіні хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z136" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z136" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бас тарту себебі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z137" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z137" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7388,51 +7324,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қоюшының лауазымы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Т.А.Ә. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -7807,68 +7743,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="74"/>
+    <w:bookmarkStart w:name="z140" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЛИЦЕНЗИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8433,210 +8369,210 @@
               <w:t>
 _____________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (лицензиардың толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="75"/>
+    <w:bookmarkStart w:name="z141" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Басшы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________(уәкілетті тұлға)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z142" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z142" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бастапқы берілген күні:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________ ж "___" _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z143" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z143" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Лицензияның қолданылу мерзімі:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______ ж. "___" _______________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z144" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z144" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Берілген орны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -8747,182 +8683,182 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="79"/>
+    <w:bookmarkStart w:name="z145" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЛИЦЕНЗИЯҒА ҚОСЫМША</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z146" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z146" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензия нөмірі ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z147" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z147" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензияның берілген күні 20___ жылдың "___" _________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z148" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z148" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Лицензияланатын қызмет түрінің кіші түрі (түрлері):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z149" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z149" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z150" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z150" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ("Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z151" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z151" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңдарына сәйкес лицензияланатын қызмет түрінің кіші түрінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -9298,250 +9234,250 @@
               <w:t>
 _____________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (лицензияға қосымшаны берген органның толық атауы) )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z152" w:id="86"/>
+    <w:bookmarkStart w:name="z152" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Басшы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________(уәкілетті тұлға)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z153" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z153" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қосымша нөмірі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z154" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z154" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Лицензияның қолданылу мерзімі: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______ ж. "____" __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z155" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z155" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қосымшаның берілген күні:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "___" _________ _________ г</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z156" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z156" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Берілген орны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9719,282 +9655,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 5 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z158" w:id="91"/>
+    <w:bookmarkStart w:name="z158" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z159" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z159" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия беру мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 9 сәуірдегі № 546 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16780 болып тіркелген, 2018 жылғы 24 сәуірде Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z160" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z160" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия беру мемлекеттік көрсетілетін қызмет стандартын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 9 сәуірдегі № 546 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 16 қарашадағы № 1538 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17788 болып тіркелген, 2018 жылғы 29 қарашада Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z161" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z161" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия беру мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 4 маусымдағы № 890 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17061 болып тіркелген, 2018 жылғы 20 маусымда Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z162" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z162" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Сот-медициналық, сот-наркологиялық және сот-психиатриялық сараптамалармен айналысуға лицензия беру мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 4 маусымдағы № 890 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 24 желтоқсандағы № 1616 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18016 болып тіркелген, 2019 жылғы 4 қаңтарда Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкіндежарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>