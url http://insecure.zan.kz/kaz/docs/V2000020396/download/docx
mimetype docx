--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bcdb035" w14:textId="bcdb035">
+    <w:p w14:paraId="3e6ffa9" w14:textId="3e6ffa9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,442 +93,768 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мемлекеттiк меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Мәдениет және спорт министрінің 2020 жылғы 14 сәуірдегі № 87 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 15 сәуірде № 20396 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Мәдениет және спорт министрінің 2020 жылғы 14 сәуірдегі № 87 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 15 сәуірде № 20396 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырыбы жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы" 2019 жылғы 26 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған мемлекеттiк меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мөлшерлемелері</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мыналардың: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Мемлекеттік меншіктегі тарих және мәдениет ескерткіштерін пайдаланғаны үшін жалдау ақысының мөлшерлемесін белгілеу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 27 ақпан № 76 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10688 болып тіркелген, 2015 жылғы 10 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Мәдениет саласындағы кейбір бұйрықтарға өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушының 2018 жылғы 13 қыркүйектегі № 256 бұйрығымен бекітілген Мәдениет саласындағы өзгерістер енгізілетін кейбір бұйрықтар тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және оның қосымшасы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17507 болып тіркелген, 2018 жылғы 12 қазанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Мәдениет және спорт министрлігінің Мәдениет және өнер істері департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әдiлет министрлiгiнде мемлекеттiк тiркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық қолданысқа енгізілгеннен кейін екі жұмыс күні ішінде Қазақстан Республикасы Мәдениет және спорт министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы тармақпен көзделген іс-шаралар орындалғаннан кейін екі жұмыс күні ішінде Қазақстан Республикасы Мәдениет және спорт министрлігінің Заң қызметі департаментіне іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Мәдениет және спорт вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мәдениет және спорт министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -671,192 +997,393 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 87 бұйрықпен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырыбы жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттiк меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы мемлекеттiк меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелері (бұдан әрі – жалға алу ақысының мөлшерлемелері) "Тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы" 2019 жылғы 26 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3) тармақшасына сәйкес белгіленеді және мемлекеттiк меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жалға алу ақысының мөлшерлемелері қалалар және елді мекендердің санатын және тарих және мәдениет ескерткішінің жалға алынған көлемін ескерумен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1665"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2385"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -927,1103 +1454,1206 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тарих және мәдениет ескерткіштерінің түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қала құрылысы және сәулет ескерткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Археология ескерткіштері, ансамбльдер мен кешендер, киелі объектілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Монументтік өнер құрылыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 республикалық маңызы бар қалалар*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 облыстық маңызы бар қалалар*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аудандық маңызы бар қалалар*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кенттер*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ауыл*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3477" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескертуге өзгеріс енгізу көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік меншіктегі тарих және мәдениет ескерткіштерін пайдаланғаны үшін жалға алу ақысының мөлшерлемелері жалға алу ақысының мөлшерлемелерін жалға алынатын алаңның шаршы метрдегі көлеміне көбейту жолымен шығарылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>