--- v1 (2025-12-25)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e6ffa9" w14:textId="3e6ffa9">
+    <w:p w14:paraId="9251897" w14:textId="9251897">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,684 +76,592 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мемлекеттiк меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін белгілеу туралы</w:t>
+        <w:t>Республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Мәдениет және спорт министрінің 2020 жылғы 14 сәуірдегі № 87 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 15 сәуірде № 20396 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелері белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...242 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Мыналардың: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Мемлекеттік меншіктегі тарих және мәдениет ескерткіштерін пайдаланғаны үшін жалдау ақысының мөлшерлемесін белгілеу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2015 жылғы 27 ақпан № 76 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10688 болып тіркелген, 2015 жылғы 10 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Мәдениет саласындағы кейбір бұйрықтарға өзгерістер енгізу туралы" Қазақстан Республикасы Мәдениет және спорт министрінің міндетін атқарушының 2018 жылғы 13 қыркүйектегі № 256 бұйрығымен бекітілген Мәдениет саласындағы өзгерістер енгізілетін кейбір бұйрықтар тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және оның қосымшасы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17507 болып тіркелген, 2018 жылғы 12 қазанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Мәдениет және спорт министрлігінің Мәдениет және өнер істері департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әдiлет министрлiгiнде мемлекеттiк тiркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық қолданысқа енгізілгеннен кейін екі жұмыс күні ішінде Қазақстан Республикасы Мәдениет және спорт министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы тармақпен көзделген іс-шаралар орындалғаннан кейін екі жұмыс күні ішінде Қазақстан Республикасы Мәдениет және спорт министрлігінің Заң қызметі департаментіне іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Мәдениет және спорт вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -997,328 +905,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 87 бұйрықпен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелері (бұдан әрі – жалға алу ақысының мөлшерлемелері) "Тарихи-мәдени мұра объектілерін қорғау және пайдалану туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес белгіленеді және республикалық меншiктегi тарих және мәдениет ескерткіштерін пайдаланғаны үшiн жалға алу ақысының мөлшерлемелерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 595-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...212 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жалға алу ақысының мөлшерлемелері қалалар және елді мекендердің санатын және тарих және мәдениет ескерткішінің жалға алынған көлемін ескерумен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2487,335 +2335,314 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық меншіктегі тарих және мәдениет ескерткіштерін пайдаланғаны үшін жалға алу ақысының мөлшерлемелері жалға алу ақысының мөлшерлемелерін жалға алынатын алаңның шаршы метрдегі көлеміне көбейту жолымен шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалға алу ақысының мөлшерлемелері "Қазақстан Республикасының әкімшілік-аумақтық құрылысы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сай қалалар мен елді мекендердің санаттарын ескере отырып анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық маңызы бар қалалар*, оларға ерекше мемлекеттiк маңызы бар немесе халқының саны бiр миллион адамнан асатын елдi мекендер жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстық маңызы бар қалалар*, оларға iрi экономикалық және мәдени орталықтар болып табылатын, дамыған өндiрiстiк және әлеуметтiк инфрақұрылымы бар және халқының саны 50 мың адамнан асатын елдi мекендер жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудандық маңызы бар қалалар*, оларға аумағында өнеркәсiп орындары, коммуналдық шаруашылық, мемлекеттiк тұрғын үй қоры, оқу және мәдени-ағарту, емдеу мен сауда объектiлерiнiң дамыған желісi бар, халқының саны кемiнде 10 мың адам болатын, халқының жалпы санының үштен екiсiнен астамын жұмысшылар, қызметшiлер және олардың отбасы мүшелерi құрайтын елдi мекендер жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кенттер*, оларға өнеркәсiп орындарының, құрылыстардың, темiр жол стансаларының және басқа да экономикалық тұрғыдан маңызды объектiлердiң жанындағы, халқының саны кемiнде 3 мың адам болатын, олардың кемiнде үштен екiсiн жұмысшылар, қызметшiлер және олардың отбасы мүшелерi құрайтын елдi мекендер жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       кемiнде 2 мың халқы бар, жыл сайын емделу және демалу үшiн келетiндердің саны кемiнде олардың жартысын құрайтын, емдiк маңызы бар жерлерде орналасқан елдi мекендер де кенттерге теңестiрiледi; оларға қала тұрғындарының жазғы демалыс орындары болып табылатын, ересек халықтың кемiнде 25 пайызы ауыл шаруашылығымен тұрақты түрде айналысатын саяжай кенттері де жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауыл* – халқының саны кемінде 50 адам болатын, олардың кемінде жартысын ауыл, орман және аңшылық шаруашылығымен, бал ара шаруашылығымен, балық аулау мен балық өсіру шаруашылығымен айналысатын қызметкерлер, олардың отбасы мүшелері және денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет және спорт мамандары құрайтын елді мекен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескертуге өзгеріс енгізу көзделген – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve">      Ескерту. Ескертуге өзгеріс енгізілді – ҚР Мәдениет және ақпарат министрінің м.а. 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 595-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (19.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...180 lines deleted...]
-      ауыл* – халқының саны кемінде 50 адам болатын, олардың кемінде жартысын ауыл, орман және аңшылық шаруашылығымен, бал ара шаруашылығымен, балық аулау мен балық өсіру шаруашылығымен айналысатын қызметкерлер, олардың отбасы мүшелері және денсаулық сақтау, әлеуметтік қамсыздандыру, білім беру, мәдениет және спорт мамандары құрайтын елді мекен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2823,55 +2650,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>