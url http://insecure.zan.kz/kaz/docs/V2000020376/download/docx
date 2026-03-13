--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="75ff779" w14:textId="75ff779">
+    <w:p w14:paraId="7fbbae9" w14:textId="7fbbae9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4500,51 +4500,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      27. Алып тасталды – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 14.04.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. Алып тасталды – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 14.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 256</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -10120,184 +10130,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Келісімшарттың қолданылу мерзімі ішінде жер қойнауын пайдаланушы өңірдің әлеуметтік-экономикалық дамуына және оның инфрақұрылымын дамытуға жыл сайынғы аударымдар жүргізеді_____________ (тікелей келіссөздер хаттамасында көрсетілгеннен кем емес мөлшердегі соманы не аукцион өткізу туралы хабарламада көрсетілген мөлшерді көрсету) облыстың, республикалық органның, республикалық маңызы бар қаланың тиісті жергілікті атқарушы органының бюджетіне, Қазақстан Республикасының заңнамасында көзделген Бірыңғай бюджеттік сыныптамаға сәйкес 206114 "Өңірдің әлеуметтік-экономикалық дамуына және оның инфрақұрылымын дамытуға жер қойнауын пайдаланушылардың аударымдары" бюджеттік сыныптамасының кодына ауыстырылсын. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:bookmarkStart w:name="z209" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Жер қойнауын пайдаланушы тауарларды, жұмыстар мен көрсетілетін қызметтерді қазақстандық өндірушілер көрсететін ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды және (немесе) "Инновациялық технологиялар паркі" инновациялық кластері қатысушыларының жобаларын қаржыландыруды өткен жылдың қорытындылары бойынша келісімшарттық қызмет бойынша жылдық жиынтық табыстың кемінде бір пайызы мөлшерінде жыл сайын жүзеге асыруға міндеттенеді.</w:t>
+      26. Жер қойнауын пайдаланушы тауарларды, жұмыстар мен көрсетілетін қызметтерді қазақстандық өндірушілер көрсететін ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды және (немесе) "Астана Хаб" инновациялық кластері қатысушыларының жобаларын қаржыландыруды өткен жылдың қорытындылары бойынша келісімшарттық қызмет бойынша жылдық жиынтық табыстың кемінде бір пайызы мөлшерінде жыл сайын жүзеге асыруға міндеттенеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Келісімшарт шеңберіндегі, сондай-ақ өндірістік қызмет (технологиялық цикл) шеңберінде қосылған құны жоғары өнімді (қайта бөлімдерді) алуға, экология, еңбекті қорғау, саласындағы зерттеулерге, жұмыстарды қауіпсіз жүргізуді, энергия үнемдеуді қамтамасыз етуге бағытталған Келісімшартпен байланысты емес қызметке қызметке байланысты көрсетілген жұмыстарға жер қойнауын пайдаланушының нақты шеккен шығыстары және Қазақстан Республикасының ғылым және ғылыми-техникалық қызмет саласындағы заңнамалық актісіне сәйкес ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері жүзеге асыратын ғылыми зерттеулерді, сондай-ақ "Өнеркәсіптік саясат туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген өнеркәсіптік-инновациялық инфрақұрылым элементтерін қаржыландыруға арналған шығыстар ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру жөніндегі міндеттеменің орындалуы болып табылады. "Инновациялық технологиялар паркі" инновациялық кластері туралы" Қазақстан Республикасының </w:t>
+        <w:t xml:space="preserve"> көзделген өнеркәсіптік-инновациялық инфрақұрылым элементтерін қаржыландыруға арналған шығыстар ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру жөніндегі міндеттеменің орындалуы болып табылады. "Астана Хаб" инновациялық кластері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес дербес кластерлік қорға ақша жіберу де "Инновациялық технологиялар паркі" инновациялық кластері қатысушыларының жобаларын қаржыландыру жөніндегі міндеттемелерді орындау деп танылады.</w:t>
-[...35 lines deleted...]
-      Қазақстандық ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды өндірушілер болмаған жағдайда, шетелдік өндірушілер көрсететін осы жұмыстарды қаржыландыру құзыретті органның келісімімен жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> сәйкес дербес кластерлік қорға ақша жіберу де "Астана Хаб" инновациялық кластері қатысушыларының жобаларын қаржыландыру жөніндегі міндеттемелерді орындау деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 26-тармаққа өзгеріс енгізілді – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 14.04.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 256</w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -23164,55 +23138,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>