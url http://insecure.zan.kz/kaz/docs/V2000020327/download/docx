--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b2dd890" w14:textId="b2dd890">
+    <w:p w14:paraId="d9f8d4e" w14:textId="d9f8d4e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,71 +112,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2020 жылғы 31 наурыздағы № 85 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 7 сәуірде № 20327 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының 2003 жылғы 8 шілдедегі Орман кодексінің 13-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасының Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағының </w:t>
+      Қазақстан Республикасы Үкіметінің "Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің мәселелері" 2019 жылғы 5 шілдедегі № 479 қаулысымен бекітілген Қазақстан Республикасы Экология және табиғи ресурстар министрлігі туралы ереженің 15-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>203) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -191,61 +171,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің 17.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 123</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1046,146 +1026,231 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) орман дақылдары - орманның ағаш және бұта тұқымдыларынан қолдан өсірілген екпелер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) орман шаруашылығы мемлекеттік мекемесі (бұдан әрі - орман мекемесі) - Кодекстің 4-бабы 57-тармақшасына сәйкес мемлекеттiк орман қорын күзету және қорғау, ормандарды молықтыру және орман өсiру, орман пайдалануды реттеу жөнiндегi іс-шараларды жүзеге асыру үшiн Қазақстан Республикасының заңнамасында белгiленген тәртiппен құрылған мекеме;</w:t>
+        <w:t xml:space="preserve">
+      4) орман шаруашылығы мемлекеттік мекемесі (бұдан әрі - орман мекемесі) – Қазақстан Республикасы Орман кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 57-тармақшасына сәйкес мемлекеттiк орман қорын күзету және қорғау, ормандарды молықтыру және орман өсiру, орман пайдалануды реттеу жөнiндегi іс-шараларды жүзеге асыру үшiн Қазақстан Республикасының заңнамасында белгiленген тәртiппен құрылған мекеме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) орман шаруашылығы саласындағы уәкiлеттi орган (бұдан әрi - уәкiлеттi орган) - орман қорын күзету, қорғау, пайдалану, ормандарды молықтыру мен орман өсiру саласында басқару, бақылау мен қадағалау функцияларын жүзеге асыратын мемлекеттiк орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтініш беруші - мемлекеттік орман қорында орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүзеге асыратын жеке және заңды тұлғалар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Экология және табиғи ресурстар министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 262</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік орман қорында орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -5207,55 +5272,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5581,31 +5646,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>