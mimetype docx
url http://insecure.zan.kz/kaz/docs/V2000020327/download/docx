--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9f8d4e" w14:textId="d9f8d4e">
+    <w:p w14:paraId="53b5297" w14:textId="53b5297">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1171,334 +1171,312 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік орман қорында орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік орман қорында құрылыс жұмыстарын жүргізу, кең таралған пайдалы қазбаларды өндіру, электр беру желілерін, байланыс желілерін, коммуникациялар тарту және орман шаруашылығын жүргізу мен орман пайдалануға байланысты емес өзге де жұмыстарды орындау, егер бұл үшін мемлекеттік орман қорының жерiн басқа санаттарға ауыстыру және (немесе) оларды алып қою қажет болмаса, мемлекеттік экологиялық сараптаманың оң қорытындысы болған жағдайда аумақтық бөлімшелерінің келiсiмi бойынша облыстың жергілікті атқарушы органының шешiмi негiзiнде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Экология және табиғи ресурстар министрінің м.а. 28.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Өтініш беруші мемлекеттік орман қорында орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүргізуді келісу үшін уәкілетті органның атына мынадай құжаттардың көшірмесін жолдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) орман мекемесінің жазбаша келісімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік орман қорының жер учаскесін таңдау туралы акт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сұралып отырған жер учаскесінің шекаралары көрсетілген орман орналастыру жобасынан масштабы 1:10000 орман картасының (планшетінің) көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қарауына орман мекемесі жататын мемлекеттік органның жазбаша келісімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті орган ведомствосының аумақтық бөлімшесінің жазбаша келісімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) II, III және IV санаттардағы объектіге арналған құрылыс жобаларына Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 2 сәуірдегі № 305 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10636 болып тіркелген) Қала құрылысы және құрылыс жобалары (техникалық-экономикалық негiздемелер және жобалау-сметалық құжаттамалар) бойынша сараптама қорытындыларын ресiмдеу қағидаларына сәйкес экологиялық сараптама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уран және кең таралған пайдалы қазбаларды өндіру кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уранды жерасты ұңғымасында шайып сілтісіздендіру әдісімен өндіру кезінде жер қойнауын пайдалануға келісімшарт немесе кең таралған пайдалы қазбаларды өндіруге лицензия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1571,226 +1549,226 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті орган құжаттар келіп түскен күннен бастап он жұмыс күні ішінде өтініш берушіге мемлекеттік орман қорында орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүргізуді келісу нәтижелері туралы дәлелді жауап ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган құжаттарды пысықтауға кері қайтарған жағдайда өтініш беруші құжаттарды пысықтағаннан кейін оларды уәкілетті органға қайта жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өтініш беруші уәкілетті органның келісімін алған жағдайда құжаттарды орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүргізу үшін мемлекеттік орман қоры жерлерін беру туралы шешім қабылдау үшін облыстың жергілікті атқарушы органына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Облыстың жергілікті атқарушы органы өтініш берушіден құжаттарды алғаннан кейін он жұмыс күні ішінде орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстарды жүргізу үшін мемлекеттік орман қоры жерлерін беру туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстың жергілікті атқарушы органының шешiмiнде жүргiзiлетiн жұмыстардың атауы, оларды орындау мерзiмдерi, шарттары, қоршаған ортаны қорғау жөнiндегi талаптар, жер учаскелерін қалпына келтіру жөніндегі іс-шаралар және оларды жүргізу мерзімдері, өтемдік орман екпелерін отырғызудың орындары көрсетiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік орман қорында орман шаруашылығын жүргізуге және орман пайдалануға байланысты емес жұмыстар мемлекеттік экологиялық және санитариялық-эпидемиологиялық немесе экологиялық сараптамадан өткен жұмыс жобаларына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Өтемдік орман екпелерін отырғызу Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 22 желтоқсандағы № 18-02/681 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10119 болып тіркелген) Ормандарды молықтыру мен орман өсіру және олардың сапасына бақылау жасау қағидаларына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Екпелерді кесу қажеттілігі туындаған жағдайда кесуді аумағынан орман қорының жер учаскелері берілетін орман иеленуші жүргізеді, алынған сүрек орман иеленушінің теңгеріміне берілуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Екпелерді кесу Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-02/178 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1984,68 +1962,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орман қорының жер учаскесін таңдау туралы акт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы _________________________________ облысы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5272,55 +5250,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>