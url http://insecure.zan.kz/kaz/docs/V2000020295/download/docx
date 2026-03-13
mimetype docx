--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d0de606" w14:textId="d0de606">
+    <w:p w14:paraId="06af788" w14:textId="06af788">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -740,1574 +740,1150 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің, Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрі міндетін атқарушының және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесі </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z11" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Еңбек және халықты әлеуметтік қорғау министрінің 09.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z29" w:id="10"/>
-[...15 lines deleted...]
-      2. "Ақпараттық жүйелер мен дерекқорларды қолдап отырудың және оларға қол жеткізудің кейбір мәселелері туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 28 қаңтардағы № 63 </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Халықты әлеуметтік қорғау және жұмыспен қамту ұйымдарының басшылары, мамандары және басқа да қызметшілері лауазымдарының үлгілік біліктілік сипаттамаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрі міндетін атқарушының 2017 жылғы 25 қазандағы № 360 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13371 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2019 жылғы 17 наурызда жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16057 болып тіркелген, Қазақстан Республикасының Нормативтік құқықтық актілерді эталондық бақылау банкінде 2017 жылғы 21 желтоқсанда жарияланған) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z36" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бектіліген халықты әлеуметтік қорғау және жұмыспен қамту ұйымдарының басшылары, мамандары және басқа да қызметшілері лауазымдарының үлгілік біліктілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сипаттамаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кіріспесі</w:t>
+        <w:t>2-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="11"/>
-[...175 lines deleted...]
-        <w:t>қағидаларында</w:t>
+    <w:bookmarkStart w:name="z38" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Білуге тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z39" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1995 жылғы 30 тамыздағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Қазақстан Республикасының Конституциясы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z40" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Неке (ерлі-зайыптылық) және отбасы туралы" 2011 жылғы 26 желтоқсандағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Неке және отбасы туралы кодекс);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z41" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2015 жылғы 23 қарашадағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек кодексін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Еңбек кодексі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z42" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасында мүгедектігі бойынша, асыраушысынан айрылу жағдайы бойынша және жасына байланысты берілетін мемлекеттік әлеуметтік жәрдемақылар туралы" 1997 жылғы 16 маусымдағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Мемлекеттік әлеуметтік жәрдемақылар туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z43" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы тіл туралы" 1997 жылғы 11 шілдедегі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Тіл туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z44" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік атаулы әлеуметтік көмек туралы" 2001 жылғы 17 шілдедегі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Мемлекеттік атаулы әлеуметтік көмек туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z45" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Кемтар балаларды әлеуметтік және медициналық-педагогикалық түзеу арқылы қолдау туралы" 2002 жылғы 11 шілдедегі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Кемтар балаларды әлеуметтік және медициналық-педагогикалық түзеу арқылы қолдау туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z46" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы баланың құқықтары туралы" 2002 жылғы 8 тамыздағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Баланың құқықтары туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z47" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасында мүгедектерді әлеуметтік қорғау туралы" 2005 жылғы 13 сәуірдегі Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Мүгедектерді әлеуметтік қорғау туралы заң); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z48" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Арнаулы әлеуметтік қызметтер туралы" 2008 жылғы 29 желтоқсандағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Арнаулы әлеуметтік қызметтер туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z49" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасында зейнетақымен қамсыздандыру туралы" 2013 жылғы 21 маусымдағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Зейнетақымен қамсыздандыру туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z50" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" 2015 жылғы 18 қарашадағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Сыбайлас жемқорлыққа қарсы іс-қимыл туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z51" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Міндетті әлеуметтік сақтандыру туралы" 2019 жылғы 26 желтоқсандағы Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - Міндетті әлеуметтік сақтандыру туралы заң);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z52" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балаларға, мүгедек балаларға, қарттар мен мүгедектерге қызмет көрсету ұйымының бейінін, мамандануы мен ерекшеліктерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z53" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      социология, психопатология негіздерін, балаларға, зейнет жасындағы адамдарға және мүгедектерге көмектің психологиялық-әлеуметтік аспектілерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z54" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      психопрофилактика негіздерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z55" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік қызмет көрсету жөнінде алдыңғы отандық және шетелдік тәжірибені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z56" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      түрлі әлеуметтік ортадағы жұмыс ерекшеліктерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z57" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ақпарат жинау және талдау тәсілдерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z58" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экстремалды ахуалдарды анықтау әдістерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z59" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Үкiметiнiң 2014 жылғы 9 қазандағы № 1077 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Өрт қауiпсiздiгi қағидаларын (бұдан әрі - Өрт қауiпсiздiгi қағидалары).".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z60" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. "Психологиялық және әлеуметтік жұмыс" кәсіптік стандартын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2019 жылғы 30 мамырдағы № 292 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18764 болып тіркелген, Қазақстан Республикасының Нормативтік құқықтық актілерді эталондық бақылау банкінде 2019 жылғы 4 маусымда жарияланған) мынадай өзгеріс енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z61" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бектіліген "Психологиялық және әлеуметтік жұмыс" кәсіптік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z62" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      кәсіптік стандартқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "2003 жылғы 25 сәуірдегі "Міндетті әлеуметтік сақтандыру туралы" Қазақстан Республикасының Заңы" сөздерін "2019 жылғы 26 желтоқсандағы "Міндетті әлеуметтік сақтандыру туралы" Қазақстан Республикасының Заңы" деген сөздермен алмастырылсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...1170 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5. Күші жойылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 28.06.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Күші жойылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 28.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 228</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -2349,55 +1925,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2723,31 +2299,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>