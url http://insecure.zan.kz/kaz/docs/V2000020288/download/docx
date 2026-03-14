--- v0 (2025-11-16)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="072fc4f" w14:textId="072fc4f">
+    <w:p w14:paraId="57ca792" w14:textId="57ca792">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1105,51 +1105,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бірінші орынбасары - </w:t>
+              <w:t>Бірінші орынбасары –</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1157,51 +1157,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 341 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 қосымша</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1222,2548 +1222,545 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әлеуметтік аударымдар бойынша берешек сомасы туралы хабарлама</w:t>
+        <w:t xml:space="preserve"> Әлеуметтік аударымдар бойынша берешек сомасы туралы  хабарлама</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 01.03.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 21.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 119</w:t>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...235 lines deleted...]
-      теңге</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 01.01.2026 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Берешектің барлық сомасы</w:t>
+20__ жылғы "___" ________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өсімпұл сомасы</w:t>
-[...137 lines deleted...]
-            </w:pPr>
+№ ______________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      берешегіңіздің бар екендігі туралы хабарлайды.</w:t>
+      Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Әлеуметтік</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әлеуметтік кодекстің 27-бабы 2-тармағының </w:t>
-[...913 lines deleted...]
-        <w:t>3-тармағына</w:t>
+      кодекс) 256-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...916 lines deleted...]
-      20__ жылғы "__" ________ жағдай бойынша Бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша мынадай мөлшерде</w:t>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізге ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құжатта көрсетілсе) (бұдан әрі – тегі, аты және әкесінің аты) немесе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің толық атауы, жеке/бизнес-сәйкестендіру нөмірі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды мекен-жайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "__" _______ жағдай бойынша Әлеуметтік сақтандырудың</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік қорына әлеуметтік аударымдар бойынша мынадай мөлшерде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       теңге</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -3946,51 +1943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Міндетті зейнетақы жарналары</w:t>
+Әлеуметтік аударымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4047,700 +2044,257 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...409 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       берешегіңіздің бар екендігі туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әлеуметтік кодекстің 40-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2) тармақшасына сәйкес Сіз міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімін ұсынуға міндеттісіз. </w:t>
+      Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 7) тармақшасына сәйкес Сіз әлеуметтік аударымдар бойынша берешек өндіріп алынатын міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімін ұсынуға міндеттісіз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 256-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімін міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелмеген жағдайда мынадай мерзімде:</w:t>
-[...145 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік аударымдар бойынша берешек өндіріп алынатын міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімін әлеуметтік аударымдар бойынша берешек өтелмеген жағдайда төлеуші өзіне хабарлама табыс етілген күннен бастап он бес жұмыс күні ішінде мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік аударымдар бойынша берешек өтелмеген кезде Әлеуметтік кодекстің 3 және 6 тармақтарына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________  (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлеушіге хабарлама табыс етілген күннен бастап он жұмыс күні өткен соң төлеушінің банктік шоттары және кассасы бойынша шығыс операцияларын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шоттар бойынша – әлеуметтік аударымдар бойынша берешек сомасы шегінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      касса бойынша – кейіннен әлеуметтік аударымдарды, оларды уақтылы төлемегені үшін өсімпұлды төлеу есебіне аудару үшін қолма-қол ақшаны екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға төлеу және тапсыру жөніндегі операциялардан басқа, кассадағы қолма-қол ақшаның барлық шығыс операциялары бойынша төлеушінің шығыс операцияларын тоқтата тұруды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуметтік аударымдар бойынша берешек сомаларын міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімін алған күннен бастап бес жұмыс күнінен кешіктірмей төлеушінің банктік шоттарынан мәжбүрлеу тәртібімен өндіріп алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте Сізге Әлеуметтік кодекстің 256-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4750,359 +2304,377 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және шарттарда өсімпұл есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік кірістер органдары мен олардың лауазымды тұлғаларының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
-[...307 lines deleted...]
-      Ескертпе: *төлеуші тәукелді басқару жүйесінің нәтижелері бойынша қандай тәуекел дәрежесіне жататыны туралы ақпарат Қазақстан Республикасының Қаржы министрлігі Мемлекеттік кірістер комитетінің http://kgd.gov.kz ресми сайтында және "Салық төлеушінің кабинеті" web-қосымшада қол жетімді.</w:t>
+      Мемлекеттік кірістер органдары мен олардың лауазымды адамдарының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>92-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік жазалау шаралары қолданылатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кірістер органның басшысы (басшының орынбасары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты, қолы, мөрі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаны алды _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты немесе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің / төлеушінің лауазымды тұлғасының атауы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолы, мөрі (жеке әсіпкерлік субъектілеріне жататын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлғаларды қоспағанда), күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама төлеушіге табыс етілді ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органы лауазымды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамының (тегі, аты және әкесінің аты, қолы, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама төлеушіге жіберілді _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жіберу және (немесе) алу фактісін растайтын құжат)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5216,51 +2788,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 341 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4 қосымша</w:t>
+              <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5287,84 +2859,84 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша өтілмеген берешегі бар агенттің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкім</w:t>
+        <w:t xml:space="preserve"> Әлеуметтік аударымдарды төлеушінің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкім</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қаржы министрінің 01.03.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 01.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -5413,88 +2985,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                  (мемлекеттік кірістер органының атауы)</w:t>
+                        (мемлекеттік кірістер органының атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5504,133 +3058,133 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) немесе </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      төлеушінің толық атауы, жеке/бизнес-сәйкестендіру нөмірі (ЖСН/БСН), </w:t>
-[...53 lines deleted...]
-      Осы өкімді алған кезден бастап агент келіп түсетін барлық қолма-қол ақшаны, олар келіп түскен күнінен кейінгі бір жұмыс күнінен кешіктірмей "Азаматтарға арналған үкімет" Мемлекеттік корпорацияға есепке жатқызға тиіс.</w:t>
+      төлеушінің толық атауы, жеке/бизнес-сәйкестендіру нөмірі (ЖСН/БСН), заңды </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің кассасы бойынша барлық шығыс операцияларын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеуші осы өкімді алған сәттен бастап келіп түскен барлық қолма-қол ақша олар келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірмей "Азаматтарға арналған үкімет" Мемлекеттік корпорацияға есепке жатқызға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік кірістер органдары мен олардың лауазымды тұлғаларының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>91-бабына</w:t>
+        <w:t>92-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік жазаға тарту шаралары қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -5649,88 +3203,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы, мөрі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), </w:t>
-[...35 lines deleted...]
-      Өкімді алды</w:t>
+      Өкімді алды </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5740,159 +3276,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) немесе </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      агенттің/агенттің лауазымды адамының атауы, қолы, мөрі (жеке кәсіпкерлік </w:t>
+      төлеушінің / төлеушінің лауазымды адамының атауы, қолы, мөрі (жеке кәсіпкерлік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       субъектілеріне жататын заңды тұлғаларды қоспағанда), күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Өкім агентке табыс етілді </w:t>
+      Өкім төлеушіге табыс етілді </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (мемлекеттік кірістер органы лауазымды адамының тегі, аты, әкесінің аты </w:t>
-[...35 lines deleted...]
-      Өкім агентке жіберілді </w:t>
+      (мемлекеттік кірістер органы лауазымды адамының тегі, аты, әкесінің аты (егер ол жеке </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басын куәландыратын құжатта көрсетілсе), қолы, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өкім төлеушіге жіберілді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5990,51 +3526,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бірінші орынбасары - </w:t>
+              <w:t>Бірінші орынбасары –</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6042,443 +3578,698 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 341 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5 қосымша</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Аударымдар және (немесе) жарналар бойынша берешек сомасы туралы хабарлама</w:t>
+        <w:t xml:space="preserve"> Міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек сомасы туралы хабарлама</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - ҚР Қаржы министрінің 01.03.2024 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы министрінің 21.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 119</w:t>
+        <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...217 lines deleted...]
-      теңге</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 01.01.2026 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ жылғы "___" ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Әлеуметтік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      кодекс) 256-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (агенттің тегі, аты, әкесінің аты (егер ол жеке басын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куәландыратын құжатта көрсетілсе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бұдан – әрі тегі, аты және әкесінің аты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немесе толық атауы, жеке/бизнес-сәйкестендіру нөмірі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды мекен-жайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20__ жылғы "__" ______ жағдай бойынша Бірыңғай жинақтаушы зейнетақы қорына </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндетті кәсіптік зейнетақы жарналары бойынша мынадай мөлшерде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -6593,51 +4384,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Міндетті әлеуметтік медициналық сақтандыруға аударымдар және (немесе) жарналар</w:t>
+Міндетті зейнетақы жарналары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6694,649 +4485,1120 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс берушінің міндетті зейнетақы жарналары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндетті кәсіптік зейнетақы жарналары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       берешегіңіздің бар екендігі туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңның 31-бабы </w:t>
-[...73 lines deleted...]
-      Аударымдар және (немесе) жарналар бойынша берешек өтелмеген жағдайда</w:t>
+      Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>40-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағының 2) тармақшасына сәйкес Сіз міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімін ұсынуға міндеттісіз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________________ </w:t>
-[...91 lines deleted...]
-    </w:p>
+      Әлеуметтік кодекстің 256-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өндіріп алынатын жеке тұлғалардың тізімін міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелмеген жағдайда агент өзіне хабарлама табыс етілген күннен бастап он бес жұмыс күні ішінде мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек өтелмеген жағдайда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлеушіге хабарлама табыс етілген күннен бастап он жұмыс күні өткен соң агентке банктік шоттары және кассасы бойынша шығыс операцияларын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шоттар бойынша – міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек сомасы шегінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      касса бойынша – кейіннен міндетті зейнетақы жарналарын, жұмыс берушінің міндетті зейнетақы жарналарын, міндетті кәсіптік зейнетақы жарналарын, оларды уақтылы төлемегені үшін өсімпұлды төлеу есебіне аудару үшін қолма-қол ақшаны екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға төлеу және тапсыру жөніндегі операциялардан басқа, кассадағы қолма-қол ақшаның барлық шығыс операциялары бойынша төлеушінің шығыс операцияларын тоқтата тұруды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша берешек сомаларын пайдасына берешек өндіріп алынатын жеке тұлғалардың тізімін алған күннен бастап бес жұмыс күнінен кешіктірмей банктік шоттардан мәжбүрлеу тәртібімен өндіріп алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұл ретте Сізге Заңның 31-бабы </w:t>
+      Бұл ретте Сізге Әлеуметтік кодекстің 256-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және шарттарда өсімпұл есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік кірістер органдары мен олардың лауазымды адамдарының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
-[...91 lines deleted...]
-      қолы, мөрі)</w:t>
+      Мемлекеттік кірістер органдары мен олардың лауазымды тұлғаларының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік жазалау шаралары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кірістер органның басшысы (басшының орынбасары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты, қолы, мөрі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарламаны алды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...198 lines deleted...]
-      Ескертпе: *төлеуші тәукелді басқару жүйесінің нәтижелері бойынша қандай тәуекел дәрежесіне жататыны туралы ақпарат Қазақстан Республикасының Қаржы министрлігі Мемлекеттік кірістер комитетінің http://kgd.gov.kz ресми сайтында және "Салық төлеушінің кабинеті" web-қосымшада қол жетімді.</w:t>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты немесе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төлеушінің / төлеушінің лауазымды тұлғасының атауы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолы, мөрі (жеке кәсіпкерлік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субъектілеріне жататын заңды тұлғаларды қоспағанда), күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама агентке тапсырылды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органы лауазымды адамының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты және әкесінің аты, қолы, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама агентке жіберілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жіберу және (немесе) алу фактісін растайтын құжат)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7450,51 +5712,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 341 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6 қосымша</w:t>
+              <w:t>4 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7521,68 +5783,2519 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Міндетті зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары бойынша өтілмеген берешегі бар агенттің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қаржы министрінің 01.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "___" ________                                     № ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Әлеуметтік кодексінің 256-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                  (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) немесе </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      төлеушінің толық атауы, жеке/бизнес-сәйкестендіру нөмірі (ЖСН/БСН), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      агенттің кассасы бойынша барлық шығыс операцияларын тоқтатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы өкімді алған кезден бастап агент келіп түсетін барлық қолма-қол ақшаны, олар келіп түскен күнінен кейінгі бір жұмыс күнінен кешіктірмей "Азаматтарға арналған үкімет" Мемлекеттік корпорацияға есепке жатқызға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік кірістер органдары мен олардың лауазымды тұлғаларының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік жазаға тарту шаралары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кірістер органның басшысы (басшының орынбасары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолы, мөрі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өкімді алды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тегі, аты, әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) немесе </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      агенттің/агенттің лауазымды адамының атауы, қолы, мөрі (жеке кәсіпкерлік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      субъектілеріне жататын заңды тұлғаларды қоспағанда), күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өкім агентке табыс етілді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (мемлекеттік кірістер органы лауазымды адамының тегі, аты, әкесінің аты </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (егер ол жеке басын куәландыратын құжатта көрсетілсе), қолы, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өкім агентке жіберілді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                  (жіберу және (немесе) алу фактісін растайтын құжат)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші орынбасары –</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 1 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 341 Бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аударымдар және (немесе) жарналар бойынша берешек сомасы туралы  хабарлама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Қаржы министрінің 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі және 01.01.2026 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20__ жылғы "___" ________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ______________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңының (бұдан әрі – Заң) 31-бабы 2-тармағына сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізге ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (төлеушінің тегі, аты, әкесінің аты (егер ол жеке</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басын куәландыратын құжатта көрсетілсе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бұдан әрі – тегі, аты және әкесінің аты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немесе толық атауы, жеке/бизнес-сәйкестендіру нөмірі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды мекен-жайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20__ жылғы "___" __________ жағдай бойынша Әлеуметтік медициналық сақтандыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорына аударымдар және (немесе) жарналар бойынша мынадай мөлшерде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берешектің барлық сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі төлем сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсімпұл сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Міндетті әлеуметтік медициналық сақтандыруға аударымдар және (немесе) жарналар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берешегіңіздің бар екендігі туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңның 31-бабы 4-1-тармағына сәйкес Сізге аударымдар және (немесе) жарналар жүргізілетін жұмыскерлердің тізімін ұсыну қажет. Аударымдар және (немесе) жарналар бойынша берешек өтелмеген жағдайда төлеуші өзіне хабарлама табыс етілген күннен бастап он бес жұмыс күні ішінде хабарлама жіберген мемлекеттік кірістер органына көрсетілген тізімді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аударымдар және (немесе) жарналар бойынша берешек өтелмеген жағдайда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төлеушіге хабарлама табыс етілген күннен бастап он жұмыс күні өткен соң төлеушінің банктік шоттары және кассасы бойынша шығыс операцияларын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шоттар бойынша – аударымдар және (немесе) жарналар бойынша берешек сомасы шегінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      касса бойынша – кейіннен аударымдар және (немесе) жарналар, оларды уақтылы төлемегені үшін өсімпұлды төлеу есебіне аудару үшін қолма-қол ақшаны екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға төлеу және тапсыру жөніндегі операциялардан басқа, кассадағы қолма-қол ақшаның барлық шығыс операциялары бойынша төлеушінің шығыс операцияларын тоқтата тұруды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аударымдар және (немесе) жарналар жүргізілетін жұмыскерлердің тізімін алған күннен бастап бес жұмыс күнінен кешіктірмей банктік шоттардан мәжбүрлеу тәртібімен өндіріп алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Сізге Заңның 31-бабы 1-тармағында белгіленген тәртіппен және шарттарда өсімпұл есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік кірістер органдары мен олардың лауазымды адамдарының заңды талаптары орындалмаған жағдайда, Сізге "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>92-1-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік жазаға тарту шаралары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кірістер органның басшысы (басшының орынбасары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты, қолы, мөрі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаны алды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немесе төлеушінің/төлеушінің лауазымды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тұлғасының атауы, қолы, мөрі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жеке кәсіпкерлік субъектілеріне жататын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заңды тұлғаларды қоспағанда), күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама төлеушіге тапсырылды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мемлекеттік кірістер органы лауазымды адамының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты, қолы, күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама төлеушіге жіберілді _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жіберу және (немесе) алу фактісін растайтын құжат)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бірінші орынбасары - </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржы министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 1 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 341 Бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Аударымдарды және (немесе) жарналарды төлеушінің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Қаржы министрінің 01.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8152,55 +8865,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>