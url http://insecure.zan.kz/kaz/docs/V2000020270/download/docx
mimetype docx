--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6771733" w14:textId="6771733">
+    <w:p w14:paraId="1fc5afd" w14:textId="1fc5afd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -792,110 +792,172 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 - тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Қазақстан Республикасы Ішкі істер министрлігінің арнайы мемлекеттік архиві және оның аумақтық бөліністері шегінде архивтік анықтамаларды және/немесе архивтік құжаттардың көшірмелерін беру" мемлекеттік көрсетілетін қызметінің қағидалары (бұдан әрі - Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      1. Осы "Қазақстан Республикасы Ішкі істер министрлігінің арнайы мемлекеттік архиві және оның аумақтық бөліністері шегінде архивтік анықтамаларды және/немесе архивтік құжаттардың көшірмелерін беру" мемлекеттік көрсетілетін қызметінің қағидалары (бұдан әрі - Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және "Қазақстан Республикасы Ішкі істер министрлігінің арнайы мемлекеттік архиві және оның аумақтық бөліністері шегінде архивтік анықтамаларды және/немесе архивтік құжаттардың көшірмелерін беру" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) көрсету тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда келесі негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) арнаулы мемлекеттік архив – "Ұлттық архив қоры және архивтер туралы" Қазақстан Республикасының 1998 жылғы 22 желтоқсандағы № 326-I Заңының </w:t>
+      1) арнаулы мемлекеттік архив – "Ұлттық архив қоры және архивтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында көрсетілген Қазақстан Республикасы мемлекеттік органының архив мекемесі немесе бөлімшесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -979,69 +1041,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) архив қоры – бір-бірімен тарихи немесе қисынды байланысты архивтік құжаттардың жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) Бiрыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
-[...17 lines deleted...]
-      8) "электрондық үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – Портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
+      7) Бiрыңғай байланыс орталығы – мемлекеттік қызметтер көрсету саласындағы уәкілетті орган айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша – ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) "электрондық үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) электрондық цифрлық қолтаңба – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың шынайылығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1063,51 +1125,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1209,51 +1291,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы өтініш береді.</w:t>
+      3) портал арқылы өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұрау салынған мәліметтерді растайтын құжаттар не олардың көшірмелері болған кезде өтінішке қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1300,50 +1382,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттарды Мемлекеттік корпорация арқылы қабылдағанда сұрау салудың нөмірі мен қабылданған күні, сұратылып отырған мемлекеттік көрсетілетін қызметтің түрі, қоса берілген құжаттардың саны мен атауы, құжаттар берілетін күн, уақыт және орны, құжаттарды рәсімдеуге қабылдаған Мемлекеттік корпорация қызметкерінің тегі, аты, әкесінің аты (бар болса), көрсетілетін қызметті алушының тегі, аты, әкесінің аты (бар болса), уәкілетті өкілдің тегі, аты, әкесінің аты және олардың байланыс телефондары көрсетіле отырып, тиісті құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы сұрау салу келіп түскенде көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызмет көрсетуге салынған сұрау салудың қаралу мәртебесі туралы ақпарат, сонымен қатар мемлекеттік қызмет көрсету нәтижесін алу күнін, уақытын және алатын орнын көрсете отырып хабарлама жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік қызмет көрсету үшін негізгі талаптар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1419,89 +1563,125 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету үшін сұратылған ақпаратты архивтік қорлар (қағаз түрінде) бойынша іздеуді 5 (бес) жұмыс күні ішінде жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      6. Көрсетілетін қызметті берушінің кеңсесі өтініш түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және жауапты орындаушыны анықтау үшін көрсетілетін қызметті берушінің құрылымдық бөлімшесінің басшысына жолдайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші сұратылған мәліметтер анықталған жағдайда 2 (екі) жұмыс күні ішінде қағаз тасымалдағышта архивтік анықтаманы және/немесе архивтік құжаттардың көшірмелерін дайындайды, оған басшы қол қояды, кеңсе қызметкері мемлекеттік қызмет көрсетудің нәтижесін тіркейді және көрсетілетін қызметті алушыға немесе Мемлекеттік корпорацияға курьер арқылы, немесе почталық байланыс арқылы, Тізбемен белгіленген мемлекеттік қызмет көрсету мерзімі өтуінен бір тәулік бұрын жолдайды.</w:t>
-[...17 lines deleted...]
-      Мәліметтер болмаған жағдайда көрсетілетін қызметті беруші мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап дайындайды.</w:t>
+      Көрсетілетін қызметті алушы Қазақстан Республикасының Еңбек кодексіне сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші мемлекеттік қызметті көрсету үшін сұратылған ақпаратты архивтік қорлар (қағаз түрінде) бойынша іздеуді 4 (төрт) жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті беруші сұратылған мәліметтер анықталған жағдайда 1 (бір) жұмыс күні ішінде қағаз тасымалдағышта архивтік анықтаманы және/немесе архивтік құжаттардың көшірмелерін дайындайды, оған басшы қол қояды. Кеңсе қызметкері мемлекеттік қызмет көрсетудің нәтижесін 1 (бір) жұмыс күні ішінде тіркейді және көрсетілетін қызметті алушыға немесе Мемлекеттік корпорацияға курьер арқылы немесе почталық байланыс арқылы, Тізбемен белгіленген мемлекеттік қызмет көрсету мерзімі өтуінен бір тәулік бұрын жолдайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтауда құжаттар (мәліметтер) болмаған жағдайда, жауапты орындаушы көрсетілетін қызметті берушіде сұратылған құжаттардың (мәліметтердің) мұрағаттық сақтауда жоқ екендігі туралы жауап дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізбенің 9-тармағында көзделген негіздер болған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешімді, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша өз ұстанымын білдіру үшін тыңдауды өткізу уақыты мен орнын (тәсілін) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1538,174 +1718,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтінішті одан әрі қараудан бас тартуды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Архивте сақталатын архивтік құжаттардың құрамына жатпайтын сұрау салу тіркелген сәттен бастап 3 (үш) жұмыс күнінен кешіктірмей тиесілігі бойынша қажетті архивтік құжаттар сақталатын басқа мемлекеттік немесе ведомстволық архивке жіберіледі және бұл туралы көрсетілетін қызметті алушы хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Көрсетілетін қызметті беруші Қағидалар алғашқы ресми жарияланған күнінен кейін үш жұмыс күн ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторын, Мемлекеттік корпорацияны, Бірыңғай байланыс орталығын және көрсетілетін қызметті берушілерді мемлекеттік қызметтер көрсету тәртібіне енгізілген өзгерістер және (немесе) толықтырулар туралы ақпараттандырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-1-тармақпен толықтырылды – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
-[...51 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-1-тармақпен толықтырылды – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 413</w:t>
+        <w:t>№ 884</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3759,1540 +3977,1642 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi)  бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Қазақстан Республикасы Ішкі істер министрлігі, аумақтық бөліністері, оқу орындары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Мемлекеттік көрсетілетін қызметтің атауы "Қазақстан Республикасы Ішкі істер министрлігінің арнайы мемлекеттік архиві және оның аумақтық бөліністері шегінде архивтік анықтамаларды және/немесе архивтік құжаттардың көшірмелерін беру"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау көрсетілетін қызметті берушінің кеңсесі, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" Коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация), "электрондық үкіметтің" веб-порталы www. egov. kz (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
-[...17 lines deleted...]
-Мемлекеттік көрсетілетін қызметтің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы жүзеге асырылады.</w:t>
+Қазақстан Республикасы Ішкі істер министрлігі, аумақтық бөліністері, оқу орындары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі - 8 (сегіз) жұмыс күні.</w:t>
+Өтінішті қабылдау көрсетілетін қызметті берушінің кеңсесі, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" Коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация), "электрондық үкіметтің" веб-порталы www. egov. kz (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
-[...71 lines deleted...]
-Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді.</w:t>
+Мемлекеттік көрсетілетін қызметтің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+Мемлекеттік қызмет көрсету мерзімі - 8 (сегіз) жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияға жүгінген кезде құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтінішті ресімдеу үшін рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының көрсетілетін қызметті берушіден құжаттарды алу үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут, Мемлекеттік корпорацияда – 20 (жиырма) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік анықтама және/немесе архивтік құжаттың көшірмесі, не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
-[...17 lines deleted...]
-Мемлекеттік қызметті көрсету нәтижесін беру нысаны: қағаз жүзінде.</w:t>
+Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан алынатын төлем көлемі және Қазақстан Республикасы заңнамасымен көзделген жағдайларда оны алу әдістері</w:t>
+Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке және заңды тұлғаларға тегін көрсетіледі.</w:t>
+Архивтік анықтама және/немесе архивтік құжаттың көшірмесі, не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесін беру нысаны: қағаз жүзінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан алынатын төлем көлемі және Қазақстан Республикасы заңнамасымен көзделген жағдайларда оны алу әдістері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...74 lines deleted...]
-              </w:rPr>
               <w:t>
-Құжаттарды қабылдау "электрондық" кезек тәртібімен, көрсетілетін қызметті алушының таңдауы бойынша, жеделдетілген қызмет көрсетусіз жүзеге асырылады, электрондық кезекті портал арқылы брондауға болады;</w:t>
-[...89 lines deleted...]
-3) порталда орналастырылған.</w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) Көрсетілетін қызметті беруші – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, түскі үзіліс сағат 13.00-ден 14.30-ға дейін дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Мемлекеттік корпорация – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) Көрсетілетін қызметті берушіге:</w:t>
+Құжаттарды қабылдау "электрондық" кезек тәртібімен, көрсетілетін қызметті алушының таңдауы бойынша, жеделдетілген қызмет көрсетусіз жүзеге асырылады, электрондық кезекті портал арқылы брондауға болады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша толтырылған өтініш. Сұрау салынған мәліметтерді растайтын құжаттар не олардың көшірмелері болған кезде өтінішке қоса беріледі;</w:t>
+3) портал арқылы – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өкілеттігін растайтын құжат не көрсетілетін қызметті алушының мүдделерін үшінші адам ұсынған кезде, нотариалды куәландырылған сенімхат (жеке басын сәйкестендіру үшін ұсынылады).</w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің көрсетілетін қызметті алушыдан осы тармақшада санамаланған құжаттар топтамасының қабылдағанын, құжаттарды қабылдаған адамның тегін, атын, әкесінің атын (ол болған кезде) көрсете отырып, кіріс құжатты қабылдау күні мен уақыты және нөмірі белгіленген қызметті алушы өтінішінің көшірмесі болып табылады;</w:t>
+1) Министрліктің – www. mvd. gov. kz интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Мемлекеттік корпорацияға:</w:t>
+2) Мемлекеттік корпорацияның – www. gov4c. kz интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша толтырылған өтініш. Сұрау салынған мәліметтерді растайтын құжаттардың көшірмелері болған жағдайда өтінішке қоса беріледі;</w:t>
-[...71 lines deleted...]
-көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) не бір реттік пароль енгізу көмегімен куәландырылған электрондық құжат нысанындағы сұрау салу. Болған жағдайда сұрау салуға сұрау салынған мәліметтерді растайтын құжаттардың электрондық көшірмелері қоса беріледі.</w:t>
+3) порталда орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы заңнамасымен белгіленген мемлекеттік қызмет көрсетуден бас тарту негіздері</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) құжаттардың дұрыс еместігін анықтау.</w:t>
+1) Көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша толтырылған өтініш. Сұрау салынған мәліметтерді растайтын құжаттар не олардың көшірмелері болған кезде өтінішке қоса беріледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өкілеттігін растайтын құжат не көрсетілетін қызметті алушының мүдделерін үшінші адам ұсынған кезде, нотариалды куәландырылған сенімхат (жеке басын сәйкестендіру үшін ұсынылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің көрсетілетін қызметті алушыдан осы тармақшада санамаланған құжаттар топтамасының қабылдағанын, құжаттарды қабылдаған адамның тегін, атын, әкесінің атын (ол болған кезде) көрсете отырып, кіріс құжатты қабылдау күні мен уақыты және нөмірі белгіленген қызметті алушы өтінішінің көшірмесі болып табылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша толтырылған өтініш. Сұрау салынған мәліметтерді растайтын құжаттардың көшірмелері болған жағдайда өтінішке қоса беріледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өкілеттігін растайтын құжат не көрсетілетін қызметті алушының мүдделерін үшінші адам ұсынған кезде, нотариалды куәландырылған сенімхат (жеке басты сәйкестендіру үшін ұсынылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияның қызметкері мемлекеттік қызметтер көрсету кезінде, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының жазбаша келісімін алады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) не бір реттік пароль енгізу көмегімен куәландырылған электрондық құжат нысанындағы сұрау салу. Болған жағдайда сұрау салуға сұрау салынған мәліметтерді растайтын құжаттардың электрондық көшірмелері қоса беріледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігін анықтау.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен мемлекеттік қызметті көрсету үшін қажетті мәліметтердің "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -5684,556 +6004,658 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z54" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою" мемлекеттік көрсетілетін қызметінің қағидалары (бұдан әрі - Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі - Заң) </w:t>
+      1. Осы "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою" мемлекеттік көрсетілетін қызметінің қағидалары (бұдан әрі - Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою" мемлекеттік қызметін көрсету тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z55" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою" мемлекеттік көрсетілетін қызметті (бұдан әрі - мемлекеттік көрсетілетін қызмет) Ішкі істер министрлігі, Министрліктің аумақтық бөліністері, оқу орындары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z56" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z86" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) арнаулы мемлекеттік архив – "Ұлттық архив қоры және архивтер туралы" Қазақстан Республикасы Заңының 22-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген Қазақстан Республикасы мемлекеттік органының архив мекемесі немесе бөлімшесі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z87" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) архивтік анықтама – ұйымның хат бланкісінде жасалған, жеке және заңды тұлғаларға қажетті ақпаратты жасауға негіз болған архивтік құжаттардың сақтау бірліктерінің архивтік шифрлері мен парақ нөмірлері көрсетілген осы ақпаратты қамтитын, заңды (түпнұсқа) күші бар құжат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z88" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) архивтік көшірме – архивтік шифр және сақтау бірлігі парақтарының нөмірлері көрсетілген архивтік құжаттағы мәтінді сөзбе-сөз көрсететін көшірме;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z89" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) архивтік құжат – қоғам мен мемлекет үшін маңыздылығына қарай сақталатын немесе сақталуға жататын, сол сияқты меншік иесі үшін құндылығы бар құжат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z90" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) архивтік үзінді – архивтің хат бланкісінде жасалған, архивтік құжат мәтінінің белгілі бір фактіге, оқиғаға, адамға қатысты бөлігін сөзбе-сөз көрсететін сақтау бірліктерінің архивтік шифрі мен парақтар саны көрсетілген құжат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z91" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ресми құжат – жеке немесе заңды тұлға жасаған, Қазақстан Республикасының заңнамасында белгіленген тәртіппен ресімделген және куәландырылған құжат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z92" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) апостиль - құжаттамаға қол қойған адамның қолын және оның өкiлеттiктерiн, сондай-ақ осы құжат бекiтiлген мөрдiң немесе мөртаңбаның түпнұсқалылығын растайтын арнайы мөртаңба.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z93" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Бiрыңғай байланыс орталығы – мемлекеттік қызметтер көрсету саласындағы уәкілетті орган айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша – ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z94" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z95" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) электрондық цифрлық қолтаңба – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z66" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке және заңды тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы қағаз тасымалдағышта не портал арқылы немесе көрсетілетін қызметті берушінің кеңсесі арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою" мемлекеттік қызмет көрсетуге қойылатын талаптар тізбесінің (бұдан әрі - Тізбе) 8-тармағында көрсетілген құжаттармен бірге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша апостиль қоюға өтінішті береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="31"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="33"/>
+    <w:bookmarkStart w:name="z67" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижелерін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Тізбеде жазылған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6252,70 +6674,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="34"/>
+    <w:bookmarkStart w:name="z68" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Құжаттарды Мемлекеттік корпорация арқылы тапсырған жағдайда Мемлекеттік корпорация қызметкері тиісті құжаттарды қабылдағаны туралы нөмірі мен мерзімін және мемлекеттік көрсетілетін қызмет нәтижесін алу мерзімін көрсете отырып, қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияға құжат қабылдаған күн мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6428,108 +6850,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="35"/>
+    <w:bookmarkStart w:name="z69" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" сұрау салуды қарау мәртебесі туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті берушінің қызметкері ұсынылған құжаттардың толықтығын және ресми құжаттың түпнұсқалығын тексереді, құжаттарды оң қарау нәтижелері бойынша портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" апостиль қою үшін құжаттардың түпнұсқаларын ұсыну туралы хабарламаны жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="36"/>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті берушінің кеңсесі арқылы жүгінген жағдайда көрсетілетін қызметті беруші құжаттарды түскен күні қабылдайды және тіркейді, мемлекеттік қызмет көрсетуді жүзеге асыратын көрсетілетін қызметті берушінің қызметкеріне қарауға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш білдірген кезде, Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6586,70 +7008,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="37"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы портал арқылы жүгінгенде осы Қағидаларға сәйкес құжаттардың толық топтамасын ұсынбаған немесе мемлекеттік көрсетілетін қызметті көрсету үшін қажетті мәліметтердің болмауы жағдайында, көрсетілетін қызметті берушінің қызметкері көрсетілетін қызметті алушыға құжаттардың топтамасы қандай талаптарға сәйкес келмейтінін және оны сәйкестікке келтіру мерзімін көрсете отырып хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6680,470 +7102,490 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Егер көрсетілетін қызметті алушы хабарламаны алған күннен 2 (екі) жұмыс күні ішінде құжаттар топтамасын талаптарға сәйкестікке келтірмеген жағдайда, көрсетілетін қызметті беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтінішті одан әрі қараудан бас тартуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="38"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті беруші 5 (бес) жұмыс күні ішінде ресми құжаттың түпнұсқалығын тексереді, апостиль мөртабанын қояды, апостиль мөртабанына елтаңбалық мөр басып, Апостиль қою үшін ұсынылған құжаттарды тіркеу кітабын толтырады. Кеңсе қызметкері мемлекеттік қызмет көрсетудің нәтижесін 1 (бір) жұмыс күн ішінде тіркейді және көрсетілетін қызметті алушыға немесе Мемлекеттік корпорацияға курьер арқылы, немесе почталық байланыс арқылы, Тізбеде белгіленген мемлекеттік көрсетілетін қызмет мерзімі өтуінен бір тәулік бұрын жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттар сәйкес келмеген жағдайда көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тізбенің 9-тармағында көзделген негіздер болған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша өз ұстанымын білдіру үшін тыңдауды өткізу уақыты мен орнын (тәсілін) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="39"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімінің аяқталуына дейін 3 (үш) жұмыс күнінен кешіктірмей жолданады. Тыңдау хабарлама жолданған күннен бастап 2 (екі) жұмыс күнінен кешіктірмей өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша көрсетілетін қызметті алушыға оң нәтиже немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:bookmarkStart w:name="z75" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік корпорация филиалдары бөлімінің қызметкері қолхат негізінде және жеке басын куәландыратын құжатты, немесе цифрлық құжаттар сервисінен электрондық құжатты, және (немесе) сенімхатты көрсеткен кезде көрсетілетін қызметті алушыға мемлекеттік қызмет көрсету нәтижесін береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z76" w:id="42"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z76" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Мемлекеттік корпорация нәтижені 1 (бір) ай бойы сақтауды қамтамасыз етеді, одан кейін оларды одан әрі сақтау үшін көрсетілетін қызметті берушіге береді. Көрсетілетін қызметті алушы 1 (бір) ай өткеннен кейін жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z77" w:id="43"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z77" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызмет көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z85" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1. Көрсетілетін қызметті беруші Қағидалар алғашқы ресми жарияланған күнінен кейін үш жұмыс күн ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторын, Мемлекеттік корпорацияны, Бірыңғай байланыс орталығын және көрсетілетін қызметті берушілерді мемлекеттік қызметтер көрсету тәртібіне енгізілген өзгерістер және (немесе) толықтырулар туралы ақпараттандырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-1-тармақпен толықтырылды – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); жаңа редакцияда - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="45"/>
+    <w:bookmarkStart w:name="z78" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және (немесе) оның қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z79" w:id="46"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z79" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Мемлекеттік қызмет көрсету мәселелері бойынша шағымдарды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік органға, лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7459,1743 +7901,1805 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="47"/>
+    <w:bookmarkStart w:name="z81" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністерінен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Ішкі істер министрінің 19.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 413</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Ішкі істер министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 884</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Қазақстан Республикасы Ішкі істер министрлігі, аумақтық бөліністері, оқу орындары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Мемлекеттік көрсетілетін қызметтің атауы "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архиві және оның аумақтық бөліністернен шығатын архивтік анықтамаларға және архивтік құжаттардың көшірмелеріне апостиль қою"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру:</w:t>
-[...71 lines deleted...]
-Мемлекеттік қызмет көрсету нәтижелерін беру көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы жүзеге асырылады.</w:t>
+Қазақстан Республикасы Ішкі істер министрлігі, аумақтық бөліністері, оқу орындары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі - 8 (сегіз) жұмыс күні.</w:t>
+Құжаттарды қабылдау және мемлекеттік көрсетілетін қызметтің нәтижесін беру:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут;</w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті ресімдеу үшін рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут.</w:t>
+2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" Коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды алу кезінде кезекте күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут.</w:t>
+3) "электрондық үкіметтің" веб-порталы www. egov. kz (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді.</w:t>
+Мемлекеттік қызмет көрсету нәтижелерін беру көрсетілетін қызметті берушінің кеңсесі немесе Мемлекеттік корпорация арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+Мемлекеттік қызмет көрсету мерзімі - 8 (сегіз) жұмыс күні.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтінішті ресімдеу үшін рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды алу кезінде кезекте күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Апостиль қойылған архивтік анықтамалар, архивтік құжаттардың көшірмелері, не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап беру.</w:t>
-[...17 lines deleted...]
-Мемлекеттік қызметті көрсету нәтижесін беру нысаны: қағаз жүзінде.</w:t>
+Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан алынатын төлем көлемі және Қазақстан Республикасы заңнамасымен көзделген жағдайларда оны алу әдістері</w:t>
+Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-Мемлекеттік бажды төлеу екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол ақшасыз нысанда жүзеге асырылады.</w:t>
+Апостиль қойылған архивтік анықтамалар, архивтік құжаттардың көшірмелері, не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап беру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесін беру нысаны: қағаз жүзінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан алынатын төлем көлемі және Қазақстан Республикасы заңнамасымен көзделген жағдайларда оны алу әдістері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Көрсетілетін қызметті беруші – Қазақстан Республикасы Еңбек </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, түскі үзіліс сағат 13.00-ден 14.30-ға дейін дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 18.30-ға дейін.</w:t>
+Мемлекеттік көрсетілетін қызмет жеке және заңды тұлғаларға ақылы негізде көрсетіледі. Мемлекеттік қызметті көрсету үшін мемлекеттік баж "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасының кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>615-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес алынады, ол мемлекеттік баж төленген күні белгіленген айлық есептік көрсеткіш мөлшерінен 50 пайызын құрайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз, кезек тәртібімен жүзеге асырылады;</w:t>
-[...165 lines deleted...]
-3) www. egov. kz порталында.</w:t>
+Мемлекеттік бажды төлеу екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол ақшасыз нысанда жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) Көрсетілетін қызметті беруші – Қазақстан Республикасы Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, түскі үзіліс сағат 13.00-ден 14.30-ға дейін дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы (немесе оның сенімхат бойынша өкілінің) көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға өтініш білдірген кезде:</w:t>
+Мемлекеттік көрсетілетін қызмет алдын ала жазылусыз және жеделдетілген қызмет көрсетусіз, кезек тәртібімен жүзеге асырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Мемлекеттік корпорация – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) өтініш;</w:t>
+Құжаттарды қабылдау "электрондық" кезек тәртібімен, көрсетілетін қызметті алушының таңдауы бойынша, жеделдетілген қызмет көрсетусіз жүзеге асырылады, электрондық кезекті портал арқылы брондауға болады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) порталда – жөндеу жұмыстарының жүргізілуіне байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш білдірген кезде, Қазақстан Республикасы Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштерді қабылдау келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) апостиль қою үшін Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архивінен және оның аумақтық бөліністерінен шығатын ресми құжат;</w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) егер мемлекеттік көрсетілетін қызметті алушының мүддесін үшінші тұлға білдірген жағдайда нотариалдық куәландырылған сенімхат (салыстырып тексеру үшін);</w:t>
+1) Министрліктің – www. mvd. gov. kz интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) мемлекеттік қызмет көрсетілгені үшін мемлекеттік баждың бюджетке төленгенін растайтын құжат ("электронды үкімет" порталының шлюзі арқылы төленген жағдайларды қоспағанда (бұдан әрі - ЭҮПШ).</w:t>
+2) Мемлекеттік корпорацияның – www. gov4c. kz интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке басты куәландыратын, сондай-ақ мемлекеттік баждың бюджетке төленгенін растайтын құжат туралы мәліметтерді (ЭҮПШ арқылы төленген жағдайда) көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
-[...71 lines deleted...]
-3) мемлекеттік баждың бюджетке төленгенін растайтын құжаттың электрондық көшірмесі (сканерленген көшірмесі) (ЭҮТШ арқылы төленген жағдайларды қоспағанда).</w:t>
+3) www. egov. kz порталында.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы заңнамасымен белгіленген мемлекеттік қызметті көрсетуден бас тарту негіздері</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігін анықтау;</w:t>
+Көрсетілетін қызметті алушы (немесе оның сенімхат бойынша өкілінің) көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға өтініш білдірген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) апостиль қою үшін Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік архивінен және оның аумақтық бөліністерінен шығатын ресми құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) егер мемлекеттік көрсетілетін қызметті алушының мүддесін үшінші тұлға білдірген жағдайда нотариалдық куәландырылған сенімхат (салыстырып тексеру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) мемлекеттік қызмет көрсетілгені үшін мемлекеттік баждың бюджетке төленгенін растайтын құжат ("электронды үкімет" порталының шлюзі арқылы төленген жағдайларды қоспағанда (бұдан әрі - ЭҮПШ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басты куәландыратын, сондай-ақ мемлекеттік баждың бюджетке төленгенін растайтын құжат туралы мәліметтерді (ЭҮПШ арқылы төленген жағдайда) көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портал арқылы жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының электронды цифрлық қолтаңбасымен куәландырылған өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) апостиль қою үшін ұсынылған құжаттың электрондық көшірмесі (сканерленген көшірмесі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) мемлекеттік баждың бюджетке төленгенін растайтын құжаттың электрондық көшірмесі (сканерленген көшірмесі) (ЭҮТШ арқылы төленген жағдайларды қоспағанда).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігін анықтау.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен мемлекеттік қызметті көрсету үшін қажетті мәліметтердің Қазақстан Республикасы "Мемлекеттік көрсетілетін қызметтер туралы" Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> талаптарына сәйкес келмеуі.</w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен мемлекеттік қызметті көрсету үшін қажетті мәліметтердің "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19-1-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бабының талаптарына сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10960,282 +11464,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 256 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:bookmarkStart w:name="z49" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ішкі істер министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z50" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік мұрағатының мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 8 сәуірдегі № 320 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2015 жылғы 20 мамырда № 11087 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z51" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік мұрағатының мемлекеттік көрсетілетін қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 8 мамырдағы № 440 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылғы 16 маусымда № 11359 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z52" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік мұрағатының мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 8 сәуірдегі № 320 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасының Ішкі істер министрінің 2019 жылғы 26 сәуірдегі № 346 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 3 мамырда № 18624 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z53" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Қазақстан Республикасы Ішкі істер министрлігі арнайы мемлекеттік мұрағатының мемлекеттік көрсетілетін қызметтер регламентттерін бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 8 мамырдағы №4 40 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ішкі істер министрінің 2019 жылғы 21 тамыздағы № 733 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 27 тамызда № 19295 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>