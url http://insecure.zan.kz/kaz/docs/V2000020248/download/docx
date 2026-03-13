--- v0 (2025-10-28)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="629be6d" w14:textId="629be6d">
+    <w:p w14:paraId="74880ea" w14:textId="74880ea">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,181 +150,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">" Қазақстан Республикасының заңдарына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+        <w:t xml:space="preserve">
+      "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының 34-бабының 7-тармағына, "Сақтандыру төлемдеріне кепілдік беру қоры туралы" Қазақстан Республикасы Заңының 4-бабы 1-тармағының 8) тармақшасына, 4-1-бабына, "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" Қазақстан Республикасы Заңының 9-бабы 1-тармағының 2) тармақшасына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 28.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 80</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2442,367 +2362,251 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 3) тармақшаларының мақсаты үшін кепілдік беру мінсіз іскерлік беделдің болмау өлшемшарттары мыналар болып табылады:</w:t>
+        <w:t>
+      7. Сақтандыру қызметі туралы заң 34-бабының 3-тармағы 3) тармақшасының және Қор туралы заңның 4-1-бабының 2-тармағының 3) тармақшаларының мақсаты үшін кепілдік беру мінсіз іскерлік беделдің болмау өлшемшарттары мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z270" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алынбаған немесе өтелмеген соттылығының болуы, қаржы ұйымының, банк немесе сақтандыру холдингінің басшы қызметкері лауазымын атқару құқығынан айыру түріндегі қылмыстық жазаны қолдану туралы заңды күшіне енген сот шешімінің болуы және қаржы ұйымының ірі қатысушысы (ірі акционері) болып табылуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z271" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кандидаттың қаржы ұйымының, банк конгломератының, сақтандыру тобының қаржылық тұрақтылығын қамтамасыз ету жөніндегі уәкілетті органның қабылдаған міндеттемелерін не талаптарын орындамаған қаржы ұйымының ірі қатысушысы (тікелей немесе жанама) екендігі туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z272" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кандидат қаржы ұйымының басшы қызметкері бола отырып, қаржы ұйымына қатысты уәкілетті орган қолданған қадағалау ден қою шараларының талаптарын бірнеше рет (қатарынан соңғы он екі ай ішінде екі және одан да көп рет) орындамағаны туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z273" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кандидаттың төлемге қабілетсіз деп танылған қаржы ұйымында, Қазақстан Республикасының бейрезидент-қаржы ұйымында акционер (қатысушы), лауазымды тұлға, басқарушылық функцияларды орындайтын тұлға болып табылғандығы туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z275" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тұлғаның террористік қызметке қатысы бар адамдардың тізімінде, терроризмді және экстремизмді қаржыландырумен байланысты ұйымдар мен адамдардың тізбесінде және (немесе) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 12 және 12-1-баптарына сәйкес жасалатын жаппай қырып-жою қаруын таратуды қаржыландырумен байланысты ұйымдар мен адамдардың тізбесінде болуы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының бейрезидент-қаржы ұйымы резиденті болып табылатын мемлекеттің уәкілетті органы немесе қаржылық қадағалау органы банкті (Қазақстан Республикасының бейрезидент-банкінің филиалын) төлемге қабілетсіз банктер санатына жатқызу, қаржы ұйымын таратуға және (немесе) қаржы нарығындағы қызметін жүзеге асыруды тоқтатуға алып келген оларды лицензиядан айыру, не қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы сот шешімі заңды күшіне енуі, не Қазақстан Республикасының бейрезидент-банкі филиалының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының қызметін мәжбүрлеп тоқтату туралы сот шешімінің заңды күшіне енуі туралы шешім қабылдау үшін негіз болып табылған оның әрекеттері (әрекетсіздігі) заңнама талаптарын бұзуға алып келген қаржы ұйымының, банк немесе сақтандыру холдингінің басшы қызметкері болып табылғаны жөніндегі мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z276" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) кандидаттың уәкілетті орган қолданған қадағалау ден қою шаралары негізінде қаржы ұйымының басшы қызметкерінің қызметтік міндеттерін орындаудан шеттетілгені туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z277" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) кандидаттың қызметінде уәкілетті орган мынадай бұзушылықтарды анықтаған қаржы ұйымы бөлімшелерін бақылауды (жетекшілік етуді) жүзеге асырғаны туралы мәліметтердің болуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уәкілетті орган белгілеген пруденциялық нормативтерді және (немесе) сақталуға міндетті өзге де нормалар мен лимиттерді қатарынан соңғы он екі ай ішінде жүйелі түрде (екі және одан да көп рет) бұзған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уәкілетті орган белгілеген пруденциалдық нормативтерді және (немесе) сақталуы міндетті өзге де нормалар мен лимиттерді сақтау туралы мәліметтердің бұрмалануына әкеп соққан есептілікті жасаған қаржы ұйымының бөлімшелерін бақылауды (жетекшілікті) жүзеге асырғаны туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – № 203 қаулы) белгіленген талаптарға сәйкес келмейтін жағдайларда қайта сақтандыру шарттарын жасасуы;</w:t>
+        <w:t>
+      сақтандыру (қайта сақтандыру) ұйымының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17460 болып тіркелген, "Қайта сақтандыру жөніндегі қызметті, сондай-ақ сақтандыру (қайта сақтандыру) пулының қызметін жүзеге асыру қағидалары мен ерекшеліктерін бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2018 жылғы 27 тамыздағы № 203 қаулысымен (бұдан әрі – № 203 қаулы) белгіленген талаптарға сәйкес келмейтін жағдайларда қайта сақтандыру шарттарын жасасуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сақтандыру сыйлықақысының негізсіз мөлшерін қолдану, сақтандырудың міндетті түрлерін жүргізу талаптары мен тәртібінен туындайтын міндеттерді орындамау немесе тиісінше орындамау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2811,431 +2615,373 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қатарынан соңғы он екі ай ішінде жүйелі түрде (екі және одан да көп рет) сақтандыру төлемін жүзеге асырмау, уақтылы жүзеге асырмау не сақтандыру төлемін толық көлемде жүзеге асырмау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z278" w:id="47"/>
+        <w:t>
+      № 203 қаулыда көзделген, оның ішінде Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14794 болып тіркелген, "Сақтандыру (қайта сақтандыру) ұйымының және сақтандыру тобының пруденциялық нормативтерінің және сақталуға міндетті өзге де нормалар мен лимиттердің нормативтік мәндерін және оларды есептеу әдістемелерін, сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру (қайта сақтандыру) ұйымдарының немесе сақтандыру холдингтерінің еншілес ұйымдары сатып алатын заңды тұлғалардың акцияларына (жарғылық капиталдағы қатысу үлестеріне) қойылатын талаптарды, сақтандыру холдингтері сатып алатын халықаралық қаржы ұйымдары облигацияларының тізбесін, сақтандыру холдингтері сатып алатын облигациялар үшін талап етілетін ең төмен рейтингті және рейтингтік агенттіктердің тізбесін, сондай-ақ сақтандыру (қайта сақтандыру) ұйымдары сатып алатын қаржы құралдарының (акциялар мен жарғылық капиталына қатысу үлестерін қоспағанда) тізбесін белгілеу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 304 қаулысында көзделген қайта сақтандырушыдан растаудың болмауы бөлігінде көзделген қайта сақтандыруға сақтандыру сыйлықақыларын беру рәсімін бұзуы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сот шешімімен көрінеу жалған деп танылған кандидаттың аудиторлық қорытындыға қол қою фактісінің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z279" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) кандидат актуарий бола отырып, сақтандыру (қайта сақтандыру) ұйымының сақтандыру резервтерін қалыптастыру бойынша талаптарды сақтамау фактілері туралы уәкілетті органға жүйелі түрде (қатарынан соңғы он екі айда екі немесе одан да көп рет) хабарламағаны туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z280" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) кандидаттың сақтандыру құпиясын немесе Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияны құрайтын мәліметтерді, актуарлық есеп айырысуларды жүргізу және (немесе) тәуелсіз актуарий ретінде қызметті жүзеге асыру барысында алынған мәліметтерді заңсыз жариялауы немесе үшінші адамдарға беруі туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z281" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қаржы ұйымдарынан, Қазақстан Республикасының бейрезидент-қаржы ұйымдарынан, шет мемлекеттің қадағалау органынан не "Астана" халықаралық қаржы орталығында қаржылық көрсетілетін қызметтерді және олармен байланысты қызметті реттеуді жүзеге асыратын заңды тұлғадан кандидаттың мінсіз іскерлік беделінің жоқтығы туралы ақпараттың болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z282" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) кандидаттың біліктілік талаптарына және (немесе) іскерлік беделге қойылатын талаптарға сәйкестігі туралы уәкілетті органның шешіміне әсер ететін көрінеу дәйексіз мәліметтер ұсыну фактісінің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z284" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазақстан Республикасы Еңбек кодексінің (бұдан әрі – Кодекс) 52-бабының 1-тармағының 9), 12), 13), 14), 15), 16), 17), 18), 19), 20), 21) және 25) тармақшаларда көзделген негіздер бойынша жұмыс берушінің бастамасы бойынша кандидатпен еңбек шартын бұзу фактісінің болуы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) кандидаттың Қазақстан Республикасының Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы заңнамасына сәйкес жүргізілетін борышкерлердің бірыңғай тізілімде болуы, заңды тұлғаның лауазымды адамдарының болуы (берешегі республикалық бюджет туралы заңда белгіленген 1000 (мың) айлық есептік көрсеткіштен асқан жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Мемлекеттік реттеу туралы заңның 13-5-бабына сәйкес қалыптастырылған уәжді пайымдау негізінде анықталған кандидаттың мінсіз іскерлік беделінің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) қаржы мониторингі жөніндегі уәкілетті органның мәліметтері негізінде іс-әрекеттері қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға ықпал еткен үшінші тұлғалармен (бақылау және үшінші тұлғалардың ықпалы) қатынастардың болуы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың осы тармағында көрсетілген мінсіз іскерлік беделдің болмау өлшемшарттары қолданылатын мерзімдерді қаржы ұйымдарының, банк, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлерінің лауазымдарына кандидаттардың сәйкестігін айқындау жөніндегі комиссия (бұдан әрі – Комиссия) белгілейді және кемінде бір жылды құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 05.05.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 23</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="55"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Уәкілетті орган Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қолданыстағы келісімдердің тізілімін жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолданыстағы келісімдердің тізілімі уәкілетті органның ресми интернет-ресурсында жарияланады және ондағы мәліметтер өзгерген күннен бастап үш жұмыс күнінен кешіктірілмей жаңартылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолданыстағы келісімдер тізіліміндегі ақпарат өзгерген жағдайда, ол тиісті өзгерістерді растайтын ақпаратты уәкілетті орган алған күннен бастап бес жұмыс күні ішінде жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="56"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Сақтандыру қызметі туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3250,51 +2996,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Кепілдік беру қоры туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кандидатты тағайындау (сайлау) үшін кандидаттың халықаралық қаржы ұйымдарындағы жұмыс стажына мынадай халықаралық қаржы ұйымдарындағы жұмысы кіреді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азия Даму Банкі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3773,51 +3519,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық Қаржы Корпорациясы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экономикалық ынтымақтастық және даму ұйымы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="57"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Сақтандыру (қайта сақтандыру) ұйымы, сақтандыру брокері, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы, сақтандыру холдингі, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамы кандидатты тағайындау (сайлау) кезінде оның Сақтандыру қызметі туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3832,129 +3578,129 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қағидалардың талаптарына сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z56" w:id="58"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сақтандыру (қайта сақтандыру) ұйымы, сақтандыру брокері, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы, сақтандыру холдингі, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамы уәкілетті органды басшы қызметкерлерді тағайындауды (сайлауды), басқа лауазымға ауыстыруды қоса алғанда, еңбек шартын бұзу және (немесе) өкілеттігін тоқтату, басшы қызметкерді сыбайлас жемқорлық құқық бұзушылық жасағаны үшін әкімшілік жауаптылыққа тарту туралы басшы қызметкерлер құрамында болған барлық өзгерістер туралы хабардар етеді, сондай-ақ растаушы құжаттардың көшірмелерін қоса берумен басшы қызметкердің тегіндегі, атындағы, әкесінің атындағы (егер ол жеке басын куәландыратын құжатта көрсетілсе) өзгерістер туралы хабардар етуге міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы қызметкер қылмыстық жауапкершілікке тартылған жағдайда сақтандыру (қайта сақтандыру) ұйымы, сақтандыру брокері, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы, сақтандыру холдингі, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамы осы ақпарат сақтандыру (қайта сақтандыру) ұйымына, сақтандыру брокеріне, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалына, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалына, сақтандыру холдингіне, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамына белгілі болған күннен бастап бес жұмыс күні ішінде уәкілетті органды хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="59"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Басшы қызметкерлердің тағайындалуын (сайлануын), басқа лауазымға ауысуын, еңбек шартының бұзылуын және (немесе) өкілеттіктерінің тоқтатылуын қоса алғанда, олардың құрамында болған өзгерістер туралы ақпарат растаушы құжаттардың көшірмелерін қоса бере отырып, Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша, растаушы құжаттардың көшірмелерін тіркей отырып жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тағайындалған (сайланған) басшы қызметкерлер туралы ақпаратқа кандидаттың Сақтандыру қызметі туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4149,266 +3895,266 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басшы қызметкерді тағайындау (сайлау), басқа лауазымға ауыстыру немесе жұмыстан босату (өкілеттігін тоқтату) бөлігінде қабылданған шешімдер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының, сақтандыру холдингінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының уәкілетті органының шешімінен алынған үзінді-көшірме осы құжатқа қол қоюға уәкілеттілік берілген қызметкердің (қызметкерлердің) қолымен расталады және үзінді-көшірменің дұрыстығына нұсқауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="60"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Келісім беруге арналған құжаттарды қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z59" w:id="61"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Көрсетілетін қызметті алушы уәкілетті органға Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі) көрсетілген құжаттарды қоса бере отырып, портал арқылы электрондық түрде өтінішхат ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы өтінішхатты портал арқылы жіберген кезде "жеке кабинетте" нәтижені алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсетуге сұратудың қабылданғаны туралы мәртебе автоматты түрде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="62"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өтінішхат көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылады, онда мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z61" w:id="63"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке және заңды тұлғалар үшін ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісімді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z62" w:id="64"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8 - бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес дербес деректерді жинауға және өңдеуге, мемлекеттік қызметті көрсету үшін қажетті қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісім беру (көрсетілетін қызметті алушылар-жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z63" w:id="65"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кандидаттың сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының, сақтандыру холдингінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлеріне қойылатын талаптарға сәйкестігін растауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z64" w:id="66"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кандидат, сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, сақтандыру холдингінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының тәуелсіз директоры болып табылатын басқару органының басшысы немесе мүшесі туралы мәліметтерді көрсетілетін қызметті алушы құжатпен тексергенін растауды (заңды тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z65" w:id="67"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кандидат келісілетін басшы қызметкердің лауазымын (лауазымдарын) көрсету арқылы еркін нысанда жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының-сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, сақтандыру холдингінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының өтінішхаты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4473,167 +4219,167 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құжаттарды Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалы, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының басшысына келісуге жіберген кезде - Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру брокері осы құжатқа қол қоюға уәкілеттік берген адамдарының (растайтын құжаттың көшірмесін қоса бере отырып);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жағдайларда - Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының басшысының не оның міндетін атқарушы адамның (міндеттерді орындауды жүктеу туралы шешімнің көшірмесін ұсына отырып) ЭЦҚ-мен куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="68"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Басшы қызметкер лауазымына кандидат туралы мәліметтер Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z67" w:id="69"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Шет мемлекеттердің құзыретті органдары немесе лауазымды адамдары берген құжаттар (Қазақстан Республикасының бейрезидент-жеке тұлғасының жеке басын куәландыратын құжаттарды қоспағанда) Қазақстан Республикасы заңнамасының талаптарына немесе Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес заңдастырылуға не апостиль қойылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шет тілінде ұсынылған құжаттар қазақ және (немесе) орыс тілдеріне аударылады және Қазақстан Республикасының Нотариат туралы заңнамасына сәйкес нотариаттық куәландырылуға жатады және электрондық көшірмелер нысанында ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="70"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Көрсетілетін қызметті алушы құжаттардың толық топтамасын (байланыс телефондарын және байланысатын адамдардың электрондық поштасының мекенжайларын көрсете отырып) ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуелсіз директор болып табылатын басқару органының басшысын немесе мүшесін келісу үшін ол лауазымға сайланғаннан кейін көрсетілетін қызметті алушы өзі сайланған күннен бастап күнтізбелік 60 (алпыс) күннен кешіктірілмейтін мерзімде құжаттардың толық топтамасын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="71"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Хат-хабарды қабылдауға және тіркеуге уәкілетті көрсетілетін қызметті берушінің қызметкері құжаттар келіп түскен күні оларды қабылдауды, тіркеуді және жауапты бөлімшеге орындауға жіберуді жүзеге асырады. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4648,51 +4394,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде құжаттарды қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауапты бөлімшенің қызметкері өтінішхатты тіркеген күннен бастап 5 (бес) жұмыс күні ішінде ұсынылған құжаттардың толықтығын және құжаттардың қолданылу мерзімін тексереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4703,126 +4449,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық болмау және (немесе) қолданылу мерзімінің аяқталу фактісі анықталған жағдайда жауапты бөлімшенің қызметкері көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті органның уәкілетті адамының ЭЦҚ қойылған өтінішті одан әрі қараудан дәлелді бас тарту көрсетілетін қызметті алушыға электрондық құжат нысанында жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="72"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ұсынылған құжаттардың толықтығы және (немесе) қолданылу мерзімінің өтпеу фактісі анықталған кезде жауапты бөлімшенің қызметкері 5 (бес) жұмыс күні ішінде оларды Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде белгіленген талаптарға сәйкестігі тұрғысынан қарайды және көрсетілетін қызметті берушінің мүдделі бөлімшелеріне, Қазақстан Республикасының мемлекеттік органдарына және шет мемлекеттердің уәкілетті қадағалау органдарына (қажет болған кезде) тиісті сұратулар жібереді, сондай-ақ Қазақстан Республикасы Бас прокуратурасының Арнайы есепке алудың ақпараттық жүйесіне және "Жеке тұлғалар" мемлекеттік дерекқорына сұратулар жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттарда Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің талаптарына сәйкессіздіктер анықталған кезде мемлекеттік қызмет көрсету ішінде уәкілетті орган көрсетілетін қызметті алушыға оларды жою және көрсетілетін қызметті алушының портал арқылы пысықталған (түзетілген) құжаттарды ұсынуы үшін ескертулер бар хат жібереді. Бұл ретте уәкілетті органның кандидатты келісу үшін құжаттарды қарау мерзімі үзілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидаттың Қазақстан Республикасының бейрезиденттері болып табылатын қаржы ұйымдарында жұмыс өтілі болған кезде уәкілетті орган кандидаттың мінсіз іскерлік беделінің болуын растау мақсатында шет мемлекеттің уәкілетті қадағалау органынан кандидаттың мінсіз іскерлік беделін сипаттайтын мәліметтердің болуы (белде) туралы ақпаратты сұратады не осы мәліметтерді шет мемлекеттің қадағалау органының ресми интернет-ресурсынан алады (бар болса).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="73"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесінде көзделген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті орган көрсетілетін қызметті алушыны мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіруге мүмкіндік беру үшін тыңдауды өткізудің уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4895,109 +4641,109 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="74"/>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Келісім беру үшін ұсынылған құжаттарды кері қайтарып алуға уәкілетті орган кандидатты келісу туралы шешім қабылдағанға дейін, ал тестілеуге шақырумен келіскен кезде - көрсетілетін қызметті алушының портал арқылы кері қайтарып алу себебін көрсете отырып, еркін нысанда жазбаша өтініш беруі арқылы тестілеуден өту күніне дейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z73" w:id="75"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тестілеуден өту үшін шақырумен немесе шақырусыз келісу және келісім беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z74" w:id="76"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Кандидатты келісу үшін уәкілетті органда сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының, сақтандыру холдингінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлері лауазымдарына кандидаттардың сәйкестігін айқындау жөніндегі комиссия (бұдан әрі – Комиссия) құрылады, оның дербес құрамы уәкілетті органның бірінші басшысының немесе оның орынбасарының бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z75" w:id="77"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Келісуді уәкілетті орган Комиссияның шешімі бойынша кандидаттарды тестілеуден өту үшін шақыра отырып не Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5012,51 +4758,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптар ескеріле отырып, оларды шақырмай-ақ жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5075,388 +4821,388 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="78"/>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Комиссияның шешімі жай көпшілік дауыспен қабылданады. Дауыстар тең болғанда Комиссия төрағасының немесе оның орнындағы адамның дауысы шешуші болып табылады. Комиссия шешімі сауалнамалық жолмен де қабылданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z77" w:id="79"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Комиссия мүшелері құжаттарды қарайды және қаралып отырған мәселе бойынша Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ресімделген хаттамада өз пікірін білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z78" w:id="80"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Кандидатты тестілеуден өту үшін шақырусыз келісу туралы мәселені қарау кезінде ұсынылған құжаттардың негізінде мыналар ескеріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z286" w:id="81"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z286" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) кандидатта тізбесі Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалатын халықаралық қаржы ұйымдарында не қаржы ұйымдарының аудитін тікелей жүзеге асырған аудитордың 5 (бес) жылдан астам жұмыс өтілінің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z287" w:id="82"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z287" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кандидатта өтініш берген күннің алдындағы 10 (он) жыл ішінде қызметі қаржылық қызметтер көрсетуге байланысты болған қаржы ұйымының басшы қызметкерінің, сақтандыру холдингінің басшы қызметкерінің, дербес құрылымдық бөлімшенің (департаменттің, басқарманың, филиалдың және өзге де дербес құрылымдық бөлімшенің) басшысының, қаржы және (немесе) басқарушы директордың, қаржылық қызметтерді көрсетуге байланысты мәселелерге жетекшілік еткен атқарушы директордың 5 (бес) жылдан астам үздіксіз жұмыс өтілінің болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақшаның мақсатында лауазымдарға орналасу арасындағы 90 (тоқсан) күнтізбелік күннен асатын кезең өтілдің үзілуі болып есептеледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z288" w:id="83"/>
+    <w:bookmarkStart w:name="z288" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бұрын уәкілетті органмен келісілген, сақтандыру секторындағы жұмыс өтілі 15 (он бес) жылдан асатын кандидаттарды келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z289" w:id="84"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z289" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кандидатта актуарлық қызметтi жүзеге асыруға арналған жарамды лицензиясының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z290" w:id="85"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z290" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кандидатта тәуекелді басқару саласындағы халықаралық сертификаттың болуы (FRM (Financial Risk Manager) (ФРМ Файненшил тәуекел-менеджері) - Қаржылық тәуекел-менеджері, PRM (Professional Risk Manager) (ПРМ Профешинал тәуекел-менеджері) – Кәсіби тәуекел-менеджері, CFA (Chartered Financial Analyst) (СФА Чартеред файненшил аналист) – Сертификаты бар қаржы талдаушысы) және (немесе) ISO 31000 сериясының стандарты бойынша сертификат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z291" w:id="86"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z291" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тек қана қауіпсіздік мәселелеріне, әкімшілік-шаруашылық мәселелеріне, ақпараттық технологиялар мәселелеріне жетекшілік етуді көздейтін сақтандыру (қайта сақтандыру) ұйымының, сақтандыру холдингінің атқарушы органының мүшесі лауазымына кандидатты келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z292" w:id="87"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z292" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) кандидат бұрын қаржы нарығы мен қаржы ұйымдарын реттеуді, бақылауды және (немесе) қадағалауды жүзеге асыратын мемлекеттік органның дербес құрылымдық бөлімшесінің (департаменттің, басқарманың, филиалдың және өзге де дербес құрылымдық бөлімшенің) басқарма мүшесі, бірінші басшысы немесе бірінші басшының орынбасары, басшысы (басшының орынбасары) болған ба;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z293" w:id="88"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z293" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) кандидат бұрын мемлекеттік орган аппаратының басқарма мүшесі, бірінші басшысы немесе бірінші басшының орынбасары, жауапты хатшысы, басшысы болған ба;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z294" w:id="89"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z294" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) кандидат өтініш берген күнге басқару органының басшысы немесе мүшесі, ұлттық басқарушы холдингтің атқарушы органының басшысы немесе мүшесі болған ба немесе болып табылады ма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z295" w:id="90"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z295" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) кандидатты бас бухгалтер лауазымына келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z296" w:id="91"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z296" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) кандидатты басқару органының басшысы немесе тәуелсіз директор болып табылатын мүшесі лауазымына келісу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақтың талаптары Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5513,130 +5259,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="92"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Тестілеуден өту үшін міндетті түрде шақырылуға жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z297" w:id="93"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z297" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжаттары уәкілетті орган қаржы ұйымының, сақтандыру және (немесе) банк холдингінің басшы қызметкері лауазымына тағайындауға (сайлауға) келісімді кері қайтарып алу туралы шешім қабылдағаннан кейін алғаш рет келісімді алу үшін уәкілетті органға ұсынылатын адамдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z298" w:id="94"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z298" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген адамдарды қоспағанда, құжаттары уәкілетті органға алғаш рет келісім алу үшін ұсынылатын адамдар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5655,70 +5401,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="95"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Комиссия кандидатты тестілеуге шақыра отырып келісу туралы шешім қабылдаған кезде уәкілетті орган көрсетілетін қызметті алушыны көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-мен куәландырылған хабарламаны көрсетілетін қызметті алушының "жеке кабинетіне" тестілеу өткізілетін күні, уақыты мен орны көрсетілген хабарлама жіберу арқылы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы (кандидат) уәкілетті орган белгілеген күні және уақытта тестілеуден өту үшін уәкілетті органға міндетті түрде келуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5809,90 +5555,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="96"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Тестілеуден өту үшін шақырумен келісу 30 сұрақ бойынша 45 минут ішінде мемлекеттік немесе орыс немесе ағылшын тілдерінде компьютерлік тестілеу әдісімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z91" w:id="97"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Тестілеу кезінде тестіленуші адаммен бір үй-жайда тек уәкілетті орган қызметкерлерінің қатысуына рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидаттар тестілеуден өтетін уәкілетті органның үй-жайында тестілеу процесінің аудио және бейнетіркеуі жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5929,258 +5675,258 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="98"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Тестілеуден өту кезінде тестіленуші қандай да бір жазбаша, электрондық немесе басқа ақпараттық материалдарды пайдаланбайды. Осы тармақта жазылған шарттардың бұзылуы тестілеудің теріс нәтижесіне теңестіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z93" w:id="99"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Тестіленуші тестілеу нәтижелерімен ол өткеннен кейін дереу қол қойғызып танысуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z94" w:id="100"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Тестілеудің оң нәтижесін алған кезде (кемінде жетпіс пайыз дұрыс жауаптар) кандидат мәлімделген лауазымға (лауазымға) немесе сайланған лауазымға (лауазымға) келісілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z95" w:id="101"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34. Тестілеу уәкілетті органның интернет-ресурсында онлайн режимде трансляциямен өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z97" w:id="102"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Жауапты бөлімшенің қызметкері кандидат тестілеуден өткеннен кейін (тестілеу нәтижесі оң болған жағдайда) немесе комиссия оны келісу мәселесі бойынша шешім қабылдағаннан кейін бір жұмыс күні ішінде тестілеуден өту үшін шақырусыз Мемлекеттік қызмет көрсету нәтижесі туралы мәліметтерді қамтитын хат жобасын дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z98" w:id="103"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Жауапты бөлімшенің қызметкері көрсетілетін қызметті алушының атына мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде көзделген негіздер бойынша келісу нәтижесі туралы мәліметтерді не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты қамтитын хатқа қол қойған күні мемлекеттік қызмет көрсету нәтижесін көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z99" w:id="104"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z99" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Кандидатты келісу және (немесе) келісуден бас тарту мәселесі бойынша Мемлекеттік қызмет көрсету нәтижесі туралы ақпаратты жауапты бөлімшенің қызметкері уәкілетті органның ресми интернет-ресурсында жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z100" w:id="105"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z100" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Мемлекеттік қызмет көрсету сатысы туралы ақпарат мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесінде автоматты режимде жаңартылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z101" w:id="106"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z101" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша уәкілетті органның және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z102" w:id="107"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z102" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды уәкілетті органның басшысы, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6287,230 +6033,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Кепілдік беру қоры туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="108"/>
+    <w:bookmarkStart w:name="z103" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Шағымда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z104" w:id="109"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z104" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті беруші басшысының не оны алмастыратын адамның тегі, аты, әкесінің аты (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z105" w:id="110"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z105" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке тұлғаның тегі, аты, әкесінің аты (егер жеке куәлікте көрсетілсе), жеке сәйкестендіру нөмірі, пошталық мекенжайы немесе заңды тұлғаның атауы, пошталық мекенжайы, бизнес-сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z106" w:id="111"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z106" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке тұлғаның нақты тұратын мекенжайы және заңды тұлғаның орналасқан жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z107" w:id="112"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z107" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) көрсетілетін қызметті берушінің атауы және (немесе) әрекетіне (әрекетсіздігіне) шағым жасалып отырған (шағым жасалып отырған) лауазымды адамның тегі, аты, әкесінің аты (ол болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z108" w:id="113"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z108" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шағым беруші адам өз талаптары мен дәлелдемелерін негіздейтін мән-жайлар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z109" w:id="114"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z109" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) шағымның шығыс нөмірі мен берілген күні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z110" w:id="115"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z110" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) шағымға қоса берілетін құжаттардың тізбесі көрсетілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z111" w:id="116"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z111" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Шағымға көрсетілетін қызметті алушы не оның өкілі болып табылатын адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті орган басшысының шағымды қабылдағанын растау оны уәкілетті органның кеңсесінде шағымды қабылдаған адамның тегі мен аты-жөнін, берілген шағымға жауап алу мерзімі мен орнын көрсете отырып тіркеу (мөртабан, кіріс нөмірі және күні) болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6929,68 +6675,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="117"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымдарының, сақтандыру брокерлерінің, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлерін тағайындауға (сайлауға) қолданыстағы келісімдердің тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8180,51 +7926,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="118"/>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: * сақтандыру қызметі туралы Заңның 34-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8239,51 +7985,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, кепілдік беру қоры туралы Заңның 4-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тиісті тармақшасына сілтеме көрсетіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8622,68 +8368,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>келісім беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="119"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Басшы қызметкерлер құрамында болған өзгерістер туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9357,70 +9103,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="120"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: * басшы қызметкерлер құрамында (лауазымға тағайындау (сайлау), басқа лауазымға ауыстыру, жұмыстан босату (өкілеттікті тоқтату) болған Күн және қандай өзгерістер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қосымша (парақтар санын көрсете отырып): </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9867,68 +9613,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>келісім беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="121"/>
+    <w:bookmarkStart w:name="z119" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Сақтандыру секторындағы басшы қызметкерлерді тағайындауға (сайлауға) келісім берудің" кіші түрі бойынша "Қаржы ұйымдарының, Қазақстан Республикасының бейрезидент-банктері филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдары филиалдарының, Қазақстан Республикасының бейрезидент-сақтандыру брокерлері филиалдарының, банк, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлерін қызметке тағайындауға (сайлауға) келісім беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 05.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12623,68 +12369,68 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="122"/>
+    <w:bookmarkStart w:name="z121" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Басшы қызметкердің лауазымына (лауазымдарына) кандидат туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 05.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17176,68 +16922,68 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:bookmarkStart w:name="z132" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комиссияның сақтандыру (қайта сақтандыру) ұйымының, сақтандыру брокерінің, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының, Қазақстан Республикасының бей-резидент-сақтандыру брокері филиалының, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкері лауазымына кандидатты қарауы бойынша  №__ хаттама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18139,322 +17885,322 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z259" w:id="124"/>
+    <w:bookmarkStart w:name="z259" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасының нормативтік құқықтық актілерінің, сондай-ақ Қазақстан Республикасының кейбір нормативтік құқықтық актілерінің құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z260" w:id="125"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z260" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мінсіз іскерлік беделінің болмауы өлшемшартын қоса алғанда, қаржы ұйымдарының, банктің, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлерін тағайындауға (сайлауға) келісім беру қағидаларын және келісім алу үшін қажетті құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 305 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14784 болып тіркелген, 2017 жылғы 10 наурызда Қазақстан Республикасының Эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z261" w:id="126"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z261" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қаржы ұйымдарының, банк, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлерін тағайындауға (сайлауға) келісім беру қағидаларын және келісім алу үшін қажетті құжаттардың тізбесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 305 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 22 желтоқсандағы № 260 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16234 болып тіркелген, 2018 жылғы 22 қаңтарда Қазақстан Республикасының Эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z262" w:id="127"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z262" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мінсіз іскерлік беделінің болмауы өлшемшартын қоса алғанда, қаржы ұйымдарының, банктің, сақтандыру холдингтерінің, "Сақтандыру төлемдеріне кепілдік беру қоры" акционерлік қоғамының басшы қызметкерлерін тағайындауға (сайлауға) келісім беру қағидаларын және келісім алу үшін қажетті құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 305 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 26 ақпандағы № 26 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16563 болып тіркелген, 2018 жылғы 27 наурызда Қазақстан Республикасының Эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z263" w:id="128"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z263" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығын реттеу мәселелері бойынша өзгерістер мен толықтыру енгізу" туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 қазандағы № 246 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17972 болып тіркелген, 2018 жылғы 26 желтоқсанда Қазақстан Республикасының Эталондық бақылау банкінде жарияланған) бекітілген өзгерістер мен толықтыру енгізілетін Қазақстан Республикасының қаржы нарығын реттеу мәселелері жөніндегі нормативтік құқықтық актілер тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z264" w:id="129"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z264" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне мемлекеттік қызмет көрсету мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 31 желтоқсандағы № 263 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19845 болып тіркелген, 2020 жылғы 9 қаңтарда Қазақстан Республикасының Эталондық бақылау банкінде жарияланған) бекітілген өзгерістер енгізілетін Қазақстан Республикасының мемлекеттік қызмет көрсету мәселелері жөніндегі нормативтік құқықтық актілер тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>