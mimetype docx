--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="44306ab" w14:textId="44306ab">
+    <w:p w14:paraId="428791d" w14:textId="428791d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы қаулының қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -676,156 +672,140 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржы нарығын реттеу және дамыту </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Агенттігінің Төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1694,94 +1674,156 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Рұқсаттар және хабарламалар туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Электрондық құжат және электрондық цифрлық қолтаңба туралы" 2003 жылғы 7 қаңтардағы Қазақстан Республикасының Заңында, Мемлекеттік көрсетілетін қызметтер туралы </w:t>
+        <w:t xml:space="preserve">, "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасының Заңында, Мемлекеттік көрсетілетін қызметтер туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мағыналарда қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицензия алу үшін өтініш беруші мынадай біліктілік талаптарына сәйкес келуге тиіс:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1973,121 +2015,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және уәкілетті органның нормативтік-құқықтық актілерінде белгіленген талаптарға сәйкес келетін ұйымдық құрылымның болуы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z106" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3-1. Өтініш берушінің шет тілде берілетін құжаттары қазақ және (немесе) орыс тілдеріне аударылады және "Нотариат туралы" 1997 жылғы 14 шілдедегі Қазақстан Республикасы Заңының </w:t>
+        <w:t>
+      3-1. Өтініш берушінің шет тілде берілетін құжаттары қазақ және (немесе) орыс тілдеріне аударылады және "Нотариат туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>80-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нотариат куәландырған түрде уәкілетті органға беріледі.</w:t>
+        <w:t> сәйкес нотариат куәландырған түрде уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Қағида 3-1-тармақпен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 05.02.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7039,2545 +7101,2330 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 26.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="10732"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 www. egov. kz "электрондық үкімет" веб-порталы www. egov. kz (бұдан әрі - портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лицензия берген кезде – 30 (отыз) жұмыс күнінен кешіктірмей;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лицензияны қайта ресімдеген кезде – 3 (үш) жұмыс күні ішінде;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көрсетілетін қызметті алушы бөлу немесе бөліну нысанында қайта ұйымдастырылған жағдайда – 30 (отыз) жұмыс күнінен кешіктірмей;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лицензияның телнұсқаларын берген кезде – 2 (екі) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрондық (толық автомататтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздар нарығында қызметті жүзеге асыруға лицензия беру (бұдан әрі-лицензия), қайта ресімдеу, лицензияның телнұсқаларын беру не мемлекеттік қызмет көрсетуден бас тарту туралы уәжді жауап.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны - электрондық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын ақы мөлшері Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мыналармен айналысу құқығына лицензия беру үшін лицензиялық алым:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 брокерлік қызмет - 30 (отыз) айлық есептік көрсеткіш (бұдан әрі - АЕК);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дилерлік қызмет - 30 (отыз) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инвестициялық портфельді басқару жөніндегі қызмет - 30 (отыз) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кастодиандық қызмет - 30 (отыз) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 трансфер-агенттік қызмет - 10 (он) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағалы қағаздармен және өзге де қаржы құралдармен сауда-саттықты ұйымдастыру жөніндегі қызмет - 10 (он) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржы құралдарымен мәмілелер бойынша клиринг қызметі - 40 (қырық) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 банктердің, Қазақстан Республикасының бейрезидент-банктері филиалдарының бағалы қағаздар нарығында кәсіби қызметі – 800 (сегіз жүз) АЕК;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) лицензияны қайта ресімдеу үшін лицензиялық алым осы тармақтың 1) тармақшасында белгіленген тиісті мөлшерлеменің 10 (он) пайызын құрайды;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) лицензияның телнұсқасын беру үшін лицензиялық алым осы тармақтың 1) тармақшасында белгіленген тиісті мөлшерлеменің 100 (бір жүз) пайызын құрайды.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лицензиялық алымды төлеу қолма-қол ақша немесе қолма-қол ақшасыз нысанда екінші деңгейдегі банктер немесе банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар, сондай-ақ қолма-қол ақшасыз нысанда "электрондық үкіметтің" төлем шлюзі арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) уәкілетті орган – Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен дүйсенбіден бастап жұма аралығында сағат 9.00-ден бастап 18.30-ға дейін белгіленген жұмыс кестесіне сәйкес;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портал – жөндеу жұмыстарының жүргізілуіне байланысты болатын техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде Қазақстан Республикасының еңбек заңнамасына сәйкес өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсетуге қажетті құжаттар тізбесі</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсетуге қажетті құжаттар тізбесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету үшін (лицензия алу үшін) қажетті құжаттар тізбесі:</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының уәкілетті адамының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) "электрондық үкіметтің" төлем шлюзі арқылы төлем жасау жағдайларын қоспағанда, лицензиялық алымның төленгенi туралы құжаттың электрондық көшірмесі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) көрсетілетін қызметті алушының жарғылық капиталының ең аз мөлшерінің төленгенін растайтын құжаттардың электрондық көшірмелері;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+3) көрсетілетін қызметті алушының жарғылық капиталының ең төмен мөлшерінің төленгенін растайтын құжаттардың электрондық көшірмелері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) құжаттарды ұсыну күнінің алдындағы күнгі жағдай бойынша Қағидаларға 6-қосымшаға сәйкес электрондық құжат нысанында акционер (қатысушы) туралы мәліметтер (заңды тұлға үшін) және Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша акционер (қатысушы) туралы мәліметтер (жеке тұлға үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) құжаттарды ұсыну күнінің алдындағы күнгі жағдай бойынша Қағидаларға 6-қосымшаға сәйкес электрондық құжат нысанында акционер (қатысушы) туралы мәліметтер (заңды тұлға үшін) және Қағидаларға 7-қосымшаға сәйкес нысан бойынша акционер (қатысушы) туралы мәліметтер (жеке тұлға үшін);</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+5) Қазақстан Республикасының бейрезидент- көрсетілетін қызметті алушысының қатысушысы (акционері) шет мемлекеттің заңнамасы бойынша заңды тұлға болып табылатынын куәландыратын және бейрезидент-заңды тұлғаны тіркеген орган, тіркеу нөмірі, тіркеу күні мен орны туралы ақпарат қамтылған, мемлекеттік тілде және орыс тілінде нотариат куәландырған аудармасы бар сауда тізілімінен заңды үзінді-көшірме немесе басқа да заңды құжаттың электрондық көшірмесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30383 болып тіркелген, Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2022 жылғы 28 қазандағы № 79 қаулысымен бекітілген Мінсіз іскерлік беделінің болмау өлшемшарттарын қоса алғанда, өтініш берушінің (лицензиаттың), бірыңғай жинақтаушы зейнетақы қорының, ерікті жинақтаушы зейнетақы қорының басшы қызметкерін тағайындауға (сайлауға) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның келісім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және келісім алу үшін қажетті құжаттарға сәйкес басшы қызметкерлерді келісу үшін ұсынылатын құжаттардың электрондық көшірмелері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Қазақстан Республикасының бейрезиденті көрсетілетін қызметті алушының қатысушысы (акционері) шет мемлекеттің заңнамасы бойынша заңды тұлға болып табылатынын куәландыратын және бейрезидент заңды тұлғаны тіркеген орган, тіркеу нөмірі, тіркеу күні мен орны туралы ақпарат қамтылған, мемлекеттік тілде және орыс тілінде нотариат куәландырған аудармасы бар сауда тізілімінен заңды үзінді көшірме немесе басқа да заңды құжаттың электрондық көшірмесі;</w:t>
-[...45 lines deleted...]
-            </w:pPr>
+7) электрондық құжат нысанындағы қызметкерлердің тегі, аты және болған кезде әкесінің аты, олардың атқаратын лауазымдары көрсетілген штат кестесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) электрондық құжат нысандағы қызметкерлердің тегі, аты және болған кезде әкесінің аты, олардың атқаратын лауазымдары көрсетілген штаттық кесте;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+8) электрондық құжат нысанындағы бағалы қағаздар нарығындағы қызметті жүзеге асыру функциясы жүктелетін құрылымдық бөлімшелер туралы ереже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8) электрондық құжат нысандағы бағалы қағаздар нарығындағы қызметті жүзеге асыру функциясы жүктелетін құрылымдық бөлімшелер туралы ереже;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+9) көрсетілетін қызметті алушыда бағалы қағаздар нарығында Қазақстан Республикасының заңнамасына сәйкес қызметті жүзеге асыруға қажетті бағдарламалық-техникалық құралдардың және өзге де жабдықтың болуын растайтын мынадай құжаттардың электрондық көшірмелері қажет:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9) көрсетілетін қызметті алушыда бағалы қағаздар нарығында Қазақстан Республикасының заңнамасына сәйкес қызметті жүзеге асыруға қажетті бағдарламалық-техникалық құралдардың және өзге де жабдықтардың болуын растайтын мынадай құжаттардың электрондық көшірмелері:</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+жабдықты жеткізу шарты;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жабдықты жеткізу шартының;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+жабдықты қабылдау-өткізу актісі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жабдықты қабылдау-өткізу актісінің;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+лицензиялардың санын көрсете отырып, бағдарламалық қамтылымды әзірлеу және (немесе) жеткізу шарты;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лицензиялардың санын көрсете отырып, бағдарламалық қамтамасыз етуді әзірлеу және (немесе) жеткізу шартының;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+бағдарламалық қамтылымды қабылдау-өткізу акті;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-бағдарламалық қамтамасыз етуді қабылдау-өткізу актісінің;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+қорғау мен қауіпсіздікті ұйымдастыру бойынша құжаттар (ақпаратты резервтеу тәртібінің сипаты, деректерге қолжетімділікті бөлу тетіктерінің сипаты, қалпына келтіру жоспары, ішкі бақылау тетіктері).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қорғау мен қауіпсіздікті ұйымдастыру бойынша құжаттардың (ақпаратты резервтеу тәртібінің сипаты, деректерге қолжетімділікті бөлу тетіктерінің сипаты, қалпына келтіру жоспары, ішкі бақылау тетіктері) көшірмелері қажетті.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Көрсетілетін қызметті алушы бағдарламалық өнімді дербес әзірлеген не басқа тұлға көрсетілетін қызметті алушыға бағдарламалық өнімді ақысыз берген жағдайда, осы тармақшаның екінші, үшінші, төртінші, бесінші абзацтарында көрсетілген құжаттар ұсынылмайды;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы бағдарламалық өнімді дербес әзірлеген не басқа адам көрсетілетін қызметті алушыға бағдарламалық өнімді ақысыз берген жағдайда, осы тармақшаның екінші, үшінші, төртінші, бесінші абзацтарында көрсетілген құжаттар ұсынылмайды;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Ұсынылған құжаттарда мынадай ақпарат көрсетіледі: пайдаланылатын бағдарламалық қамтылымның атауы (серверлік операциялық жүйелер, дерекқорды басқару жүйелері), нұсқалар, лицензияның бар екендігі туралы мәліметтер;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұсынылған құжаттарда мынадай ақпарат көрсетіледі: пайдаланылатын бағдарламалық қамтамасыз етудің атауы (серверлік операциялық жүйелер, дерекқорды басқару жүйелері), нұсқалар, лицензияның бар екендігі туралы мәліметтер;</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+10) көрсетілетін қызметті алушының өтініш берудің алдындағы соңғы тоқсанның соңындағы электрондық құжат нысанындағы бухгалтерлік балансы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11) ағымдағы жылы құрылған акционерлік қоғамдарды қоспағанда, көрсетілетін қызметті алушының атқарушы органының бірінші басшысы және оның бас бухгалтері қол қойған, аудиторлық есеппен расталған көрсетілетін қызметті алушының соңғы аяқталған жылғы қаржылық есептілігінің электрондық көшірмесі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12) электрондық құжат нысандағы директорлар кеңесі бекіткен жақын арадағы үш жылға арналған бизнес-жоспары (акционерлік қоғамнан басқа өзге де ұйымдық-құқықтық нысанда құрылған трансфер-агенттің бизнес-жоспарын заңды тұлғаның атқарушы органы бекітеді, Қазақстан Республикасының бейрезидент-банкі филиалының бизнес – жоспары Қазақстан Республикасы бейрезидент-банкінің шешімімен бекітіледі).</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+12) директорлар кеңесі бекіткен жақын арадағы үш жылға арналған электрондық құжат нысанындағы бизнес-жоспар (акционерлік қоғамнан басқа өзге де ұйымдық-құқықтық нысанда құрылған трансфер-агенттің бизнес-жоспарын заңды тұлғаның атқарушы органы бекітеді, Қазақстан Республикасының бейрезидент-банкі филиалының бизнес-жоспары Қазақстан Республикасы бейрезидент-банкінің шешімімен бекітіледі).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бизнес-жоспарда мынадай мәселелер:</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Бизнес-жоспарда мынадай мәселелер көрсетіледі:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лицензияны алу мақсаттары;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қызметінің негізгі бағыттарының сипаттамасы және көрсетілетін қызметті алушының қызметі бағытталған нарық сегментіне шолу;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+көрсетілетін қызметті алушының қызметінің негізгі бағыттарының сипаттамасы және қызметі бағытталған нарық сегментіне шолу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қызмет шегінде болжамды қызмет көрсетулер, оларды бағалау тәртібі туралы ақпарат, сондай-ақ оларды сату талаптары мен көлемі бойынша жоспарлар;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+қызмет шегінде болжамды көрсетілетін қызметтер, оларды бағалау тәртібі туралы ақпарат, сондай-ақ оларды сату талаптары мен көлемі бойынша жоспарлар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қызметіне байланысты негізгі тәуекелдер, оларды бағалау және меншікті капиталы есебінен өтеу тәсілдері, меншікті капиталының жеткіліктілігі мәні, тәуекелдерді басқару және ішкі бақылау рәсімдері туралы ақпарат;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+қызметіне байланысты негізгі тәуекелдер, оларды бағалау және меншікті капиталы есебінен өтеу тәсілдері, меншікті капиталы жеткіліктілігінің мәні, тәуекелдерді басқару және ішкі бақылау рәсімдері туралы ақпарат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қаржы жоспары, оның ішінде алғашқы үш қаржы (операциялық) жылындағы кірістер мен шығыстар болжамы, көрсетілген кезең ішіндегі шығындылықтың жол берілетін коэффициенттері;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инвестициялық саясат, компания қызметін қаржыландыру көздері;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өтініш берушінің ұйымдық құрылымы, корпоративтік басқару рәсімдерін іске асыру тәсілдерінің сипаттамасы, сондай-ақ мамандардың білім деңгейіне қойылатын талаптар көрсетілуі тиіс;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+инвестициялық комитет пен ішкі аудит қызметін қоса алғанда, өтініш берушінің ұйымдық құрылымы, корпоративтік басқару рәсімдерін іске асыру тәсілдерінің сипаттамасы, сондай-ақ мамандардың білім деңгейіне қойылатын талаптар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13) электрондық құжат нысандағы сауда-саттықты ұйымдастырушының қызметтерін пайдаланатын субъектілермен сауда-саттықты ұйымдастырушының өзара қарым-қатынасын айқындайтын бағалы қағаздармен және өзге қаржы құралдарымен сауда-саттықты ұйымдастыру жөніндегі қызметті жүзеге асырудың ішкі қағидалары (бағалы қағаздармен және өзге қаржы құралдарымен сауда-саттықты ұйымдастыру жөніндегі қызметті жүзеге асыруға лицензия алу үшін үміткер көрсетілген қызметті алушылар үшін);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14) электрондық құжат нысандағы клирингтік ұйымның қызметтерін пайдаланатын субъектілермен клирингтік ұйымның өзара қарым-қатынасын айқындайтын қаржы құралдарымен мәмілелер бойынша клирингтік қызметті жүзеге асырудың ішкі қағидалары (қаржы құралдарымен мәмілелер бойынша клирингтік қызметті жүзеге асыруға лицензия алу үшін үміткер көрсетілген қызметті алушылар үшін).</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздар нарығындағы қызметті жүзеге асыруға лицензиясы бар заңды тұлғалар бағалы қағаздар нарығында қызметтің қосымша түрін жүзеге асыруға лицензия алу үшін осы тармақтың бірінші бөлігінің 1), 2), 8) және 12) тармақшаларында көрсетілген құжаттарды ұсынады.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орталық депозитарий бағалы қағаздар нарығында кастодиандық қызметті жүзеге асыруға лицензия алу үшін осы тармақтың бірінші бөлігінің 1), 2), 8) және 12) тармақшаларында көрсетілген құжаттарды ұсынады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының аумағында тіркелген сауда-саттықты ұйымдастырушы қаржы құралдарымен мәмілелер бойынша клирингтік қызметті жүзеге асыруға лицензия алу үшін осы тармақтың бірінші бөлігінің 1), 2), 13) және 14) тармақшаларында көрсетілген құжаттарды ұсынады.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалы қағаздар нарығында кәсіби қызмет түрлерін жүзеге асыруға лицензия алу үшін мемлекеттік қызмет көрсету үшін банк, Қазақстан Республикасы бейрезидент-банкінің филиалы, ислам банкі, Қазақстан Республикасы бейрезидент-ислам банкінің филиалы уәкілетті органға Қағидаларға 1-қосымшаға сәйкес нысан бойынша бағалы қағаздар нарығында қызметті жүзеге асыруға лицензия беру туралы өтінішті осы тармақтың бірінші бөлігінің 2), 7), 8), 9), 12) тармақшаларында көрсетілген құжаттарды қоса бере отырып ұсынады.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Өмірді сақтандыру" саласында қызметін жүзеге асыратын сақтандыру ұйымының бағалы қағаздар нарығында инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыруға арналған лицензия алу үшін мемлекеттік қызмет көрсету үшін осы тармақтың бірінші бөлігінің 1), 2), 8) және 9) тармақшаларында көрсетілген құжаттарды, сондай-ақ инвестициялық комитеттің құрамы туралы мәліметтерді қоса алғанда, осы комитет туралы ережені және Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17462 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 тамыздағы № 198 </w:t>
-[...27 lines deleted...]
-            </w:pPr>
+"Өмірді сақтандыру" саласында қызметін жүзеге асыратын сақтандыру ұйымының бағалы қағаздар нарығында инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыруға арналған лицензия алу үшін мемлекеттік қызмет көрсету үшін осы тармақтың бірінші бөлігінің 1), 2), 8) және 9) тармақшаларында көрсетілген құжаттарды, сондай-ақ инвестициялық комитеттің құрамы туралы мәліметтерді қоса алғанда, осы комитет туралы ережені және Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17462 болып тіркелген, Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 тамыздағы № 198 қаулысымен бекітілген Сақтандыру (қайта сақтандыру) ұйымдары, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары үшін тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес тәуекелдерді басқару жүйесінің жұмысын айқындайтын ішкі қағидаларды электрондық құжаттар нысанында ұсыну қажет.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін (лицензия телнұсқасын алу үшін) қажетті құжаттар тізбесі (егер бұдан бұрын берілген лицензия қағаз нысанда ресімделген болса):</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы сұрау салу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) "электрондық үкіметтің" төлем шлюзі арқылы төлем жасау жағдайларын қоспағанда, лицензиялық алымды төлегені туралы құжаттың электрондық көшірмесі.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мемлекеттік қызмет көрсету үшін (лицензияны қайта ресімдеу үшін) қажетті құжаттар тізбесі:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Қағидаларға 8-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+1) Қағидаларға 8-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) "электрондық үкіметтің" төлем шлюзі арқылы төлем жасау жағдайларын қоспағанда, лицензиялық алымды төлегені туралы құжаттың электрондық көшірмесі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, лицензияны қайта ресімдеуге негіз болған өзгерістер туралы ақпараты бар құжаттардың көшірмесі (құжаттардың электрондық көшірмелері түрінде).</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уәкілетті орган тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының резидент - жеке тұлғасының жеке басын куәландыратын;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Қазақстан Республикасы резидент-жеке тұлғасының жеке басын куәландыратын;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының резидент - жеке тұлғасында алынбаған немесе өтелмеген соттылығының жоқ екенін растайтын;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+Қазақстан Республикасының резидент-жеке тұлғасында алынбаған немесе өтелмеген соттылығының жоқ екенін растайтын;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының резидент - заңды тұлғасын мемлекеттік тіркеу (қайта тіркеу) туралы құжаттарда көрсетілген мәліметтерді алады.</w:t>
+Қазақстан Республикасының резидент-заңды тұлғасын мемлекеттік тіркеу (қайта тіркеу) туралы құжаттарда көрсетілген мәліметтерді алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсетуден бас тарту үшін негіздемелер:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заңды тұлғалардың осы санаты үшін Қазақстан Республикасының заңдарында қызметтің түрімен айналысуға тыйым салынуы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) қызмет түріне лицензия беруге өтініш берілген жағдайда қызметтің жекелеген түрлерімен айналысу құқығы үшін лицензиялық алымның енгізілмеуі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 3) көрсетілетін қызметті алушы "Бағалы қағаздар рыногы туралы" Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>48-бабының</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1-тармағында белгіленген біліктілік талаптарына сәйкес келмеген;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) көрсетілетін қызметті алушыға қатысты лицензиялауға жататын қызметті немесе қызметтің жекелеген түрлерін тоқтата тұру немесе тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) сот орындаушысының ұйғарымы негізінде көрсетілетін қызметті алушы-борышкерге соттың лицензия беруге уақытша тыйым салуы мемлекеттік қызмет көрсетуден бас тартуға негіз болып табылады.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мына жағдайлар:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лицензияларды қайта ресiмдеу кезiнде жекелеген қызмет түрлерiмен айналысу құқығы үшiн лицензиялық алым төленбеуі;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 осы Тізбенің 8-тармағының бесінші бөлігінде көрсетілген құжаттардың тиісінше ресімделмеуі лицензияны қайта ресімдеуден бас тартуға негіздер болып табылады.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лицензияның телнұсқаларын беру кезінде жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алымға ақы төлемеу лицензияның телнұсқасын беруден бас тартуға негіз болып табылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету орындарының мекенжайлары мен мемлекеттік қызмет көрсету мәселелері бойынша анықтама қызметтерінің байланыс телефондары уәкілетті органның ресми интернет-ресурсында орналастырылған.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты "жеке кабинет" порталы арқылы қашықтан қолжеткізу режимінде, сондай-ақ мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығынан алу мүмкіндігіне ие.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Порталда іркілістер не техникалық қателер анықталған жағдайда мемлекеттік қызметтер көрсету мәселелері жөніндегі Бірыңғай байланыс орталығына жүгіну қажет.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай байланыс орталығы: 8-800-080-7777 немесе 1414.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
@@ -11968,322 +11815,321 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Акционер, қатысушы ретінде өзге заңды тұлғаларды құруға және қызметіне өтініш берушінің акционері (қатысушысы) қатысуы жөніндегі мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2170"/>
+        <w:gridCol w:w="2170"/>
+        <w:gridCol w:w="5789"/>
+        <w:gridCol w:w="2171"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Толық атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дауыс беруші акцияларының пайызы не жарғылық капиталына қатысу үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13400,468 +13246,467 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүзеге асырмаған кезең көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="985"/>
+        <w:gridCol w:w="2809"/>
+        <w:gridCol w:w="5549"/>
+        <w:gridCol w:w="985"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="986"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс кезеңі (күні, айы, жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс орны (егер қаржы ұйымы Қазақстан Республикасының бейрезиденті болып табылса, қаржы ұйымын тіркеу орнын көрсете отырып)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәртіптік жазасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лауазымынан босату себептері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13962,322 +13807,321 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Қатысушы, акционер ретінде өзге заңды тұлғаларды құруға және қызметіне өтініш беруші акционердің (қатысушының) қатысуы жөніндегі мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="2170"/>
+        <w:gridCol w:w="2170"/>
+        <w:gridCol w:w="5789"/>
+        <w:gridCol w:w="2171"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Толық атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дауыс беруші акцияларының пайызы не жарғылық капиталына қатысу үлесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі қызмет түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2171" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16136,122 +15980,128 @@
         <w:t>№ 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="164"/>
+        <w:gridCol w:w="3692"/>
+        <w:gridCol w:w="8444"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="164" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3692" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Лицензия нөмірі _____ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...30 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="8444" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Берілген күні "___" ________ жыл</w:t>
@@ -17558,55 +17408,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>