--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0ca9fdc" w14:textId="0ca9fdc">
+    <w:p w14:paraId="8cd5055" w14:textId="8cd5055">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,68 +76,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсету қағидасын бекіту туралы</w:t>
+        <w:t>"Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Премьер-Министрінің Бірінші орынбасары - Қазақстан Республикасы Қаржы министрінің 2020 жылғы 30 наурыздағы № 336 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 31 наурызда № 20212 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1008,54 +1056,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсету ережесі</w:t>
+        <w:t xml:space="preserve"> "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсету қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалардың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1148,1284 +1234,1030 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметтер Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитеті (бұдан әрі - көрсетілетін қызметті беруші) www.egov.kz, www.elicense.kz, "электрондық үкімет" веб-порталы" (бұдан әрі – портал) арқылы көрсетеді.</w:t>
+      2. "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитеті (бұдан әрі – көрсетілетін қызметті беруші) www.egov.kz, www.elicense.kz, "электрондық үкімет" веб-порталы" (бұдан әрі – портал) арқылы көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z33" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Мемлекеттік көрсетілетін қызмет Мемлекеттік көрсетілетін қызметтердің мынадай кіші түрлерін қамтиды: аудиторлық қызметті жүзеге асыруға лицензия беру және аудиторлық қызметті жүзеге асыруға лицензияны қайта ресімдеу.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      Мемлекеттік көрсетілетін қызмет мемлекеттік көрсетілетін қызметтердің мынадай кіші түрлерін қамтиды: аудиторлық қызметті жүзеге асыруға лицензия беру, аудиторлық қызметті жүзеге асыруға лицензияны қайта ресімдеу және аудиторлық қызметті жүзеге асыруға лицензияның қолданылуын тоқтату.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 27.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 800</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Процесстің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызметті ұсыну ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидалардың </w:t>
+      3. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес баяндалған.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+        <w:t xml:space="preserve"> сәйкес жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік қызмет көрсету нәтижесі порталға жолданады және көрсетілетін қызметті беруші уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Лицензиялық алымды төлеу қолма-қол және қолма - қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ веб-портал арқылы төлем "электрондық үкіметтің" төлем шлюзі (бұдан әрі - ЭҮТШ) арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсету тәртібі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тарау жаңа редакцияда - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Көрсетілетін қызметті алушылар лицензия алу, қайта рәсімдеу және лицензияның қолданылуын тоқтату үшін осы Қағидаларға 1-қосымшаның 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6-1. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сұрау салуды қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z44" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушылар лицензия алу үшін осы Қағидалардың 8-тармағы 1-қосымшасында көрсетілген құжаттарды ұсынады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған кезде көрсетілетін қызметті беруші құжаттарды алған сәттен бастап екі жұмыс күні ішінде өтінішті қабылдаудан уәжді түрде бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z45" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Лицензия және (немесе) лицензияға қосымша алу үшін заңды тұлғаның өтініші, өтініш беруші туралы мәліметтер және лицензияны және (немесе) лицензияға қосымшаны қайта рәсімдеуге арналған заңды тұлғаның өтініші нысандары осы Қағидалардың </w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+      7. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) тармақшасына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z46" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде Қазақстан Республикасының Еңбек </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+      Мемлекеттік қызметтер көрсету тәртібін айқындайтын уәкілетті орган мемлекеттік қызметтер көрсету тәртібін, сондай-ақ заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторына, оның ішінде Заңның 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Бірыңғай байланыс орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z47" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған кезде көрсетілетін қызметті беруші құжаттарды алған сәттен бастап екі жұмыс күні ішінде өтінішті одан әрі қараудан уәжді түрде бас тартады.</w:t>
-[...223 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      8. Мемлекеттік қызметті көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші авторизациялау сәтінен бастап қатенің нақты уақытын көрсете отырып, қате туындаған сәтке дейін қадамдық скриншоттар қоса ұсынылған мемлекеттік қызметтің атауы, өтініштің әкімшілік құжатының нөмірі мен коды (ӘҚНК), немесе өтініштің бірегей сәйкестендіру нөмірі (ӨБСН), әкімшілік құжаттың нөмірі мен коды (ӘҚНК), немесе рұқсат беру құжатының бірегей сәйкестендіру нөмірі (РБҚБСН), жеке сәйкестендіру нөмірі (ЖСН) немесе көрсетілетін қызметті алушының бизнес-сәйкестендіру нөмірі (БСН) бойынша ақпаратты міндетті ұсына отырып, 1 (бір) жұмыс күні ішінде sd@nitec.kz электрондық поштасы арқылы бірыңғай қолдау қызметіне сұрау салу жолымен "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын (оператор) хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z48" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z49" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Мемлекеттік қызмет көрсету процесінің құрамына кіретін рәсімдер (іс-қимылдар) мазмұны:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
+      9. Сұрау салуды өңдеуді, оның ішінде тіркеуді көрсетілетін қызметті беруші "Е-лицензиялау" ақпараттық жүйеге сұрау салу келіп түскен кезден бастап жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z50" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лицензия беру кезінде:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+      Мемлекеттік қызмет көрсету процесінің құрамына кіретін рәсімдер (іс-қимылдар) мазмұны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z51" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті алушы ұсынған құжаттарды көрсетілетін қызметті берушінің құжат айналымы жөніндегі басқарма қызметкері қабылдайды және кейіннен орындаушыға бөлу үшін көрсетілетін қызметті берушінің аудиторлық қызмет саласындағы тиісті басқармасына береді - бір жұмыс күні ішінде;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+      лицензия беру кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z52" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) орындаушы берілген құжаттардың толықтығын осы Қағидалардың 8-тармағы </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+      1) көрсетілетін қызметті беруші түскен күннен бастап ұсынылған құжаттардың толықтығын және олардың мазмұнын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағына сәйкес бір жұмыс күні ішінде тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z53" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) орындаушының электрондық сұрау салуды Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі комитетінің (бұдан әрі - ҚСжАЕК) ақпараттық сервисіне Жолдауы және оған аудиторлық қызметпен айналысуға және лицензия алуға тыйым салатын заңды күшіне енген сот шешімдеріне қатысты көрсетілетін қызметті алушыға қатысты мәліметтер туралы жауап алуы - бір жұмыс күні ішінде;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+      2) аудиторлық қызмет саласындағы басқарма басшысымен, көрсетілетін қызметті берушінің заң қызметі басқармасы басшысымен қорытынды жобасын, лицензия беру туралы бұйрық жобасын келісу, сондай-ақ оларды көрсетілетін қызметті берушінің уәкілетті тұлғасының бекітуі, бұйрықты тіркеу немесе бас тарту туралы дәлелді жауапты және лицензия немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты үш жұмыс күні ішінде дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z54" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) орындаушының ұсынылған құжаттардың мазмұнын қарауы, дайындауы аудиторлық қызмет саласындағы басқарма басшысымен, көрсетілетін қызметті берушінің заң қызметі басқармасы басшысымен қорытынды жобасын, лицензия беру туралы бұйрық жобасын келісу, сондай - ақ оларды көрсетілетін қызметті берушінің уәкілетті тұлғасының бекітуі, бұйрықты тіркеу немесе бас тарту туралы дәлелді жауапты дайындау және лицензия немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты беру - бір жұмыс күні ішінде;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      лицензияны қайта рәсімдеу кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z55" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) көрсетілетін қызметті беруші түскен күннен бастап ұсынылған құжаттардың толықтығын және олардың мазмұнын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағына сәйкес бір жұмыс күні ішінде тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z56" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лицензияны қайта ресімдеу кезінде:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) аудиторлық қызмет саласындағы басқарма басшысымен, көрсетілетін қызметті берушінің заң қызметі басқармасының басшысымен қорытынды жобасын, лицензияны қайта ресімдеу туралы бұйрық жобасын келісуі, сондай-ақ оларды көрсетілетін қызметті берушінің уәкілетті тұлғасының бекітуі, бұйрықты тіркеу немесе бас тарту туралы дәлелді жауапты немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты үш жұмыс күні ішінде дайындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z57" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті алушы ұсынған құжаттарды көрсетілетін қызметті берушінің құжат айналымы жөніндегі басқарма қызметкері қабылдайды және кейіннен орындаушыға бөлу үшін көрсетілетін қызметті берушінің аудиторлық қызмет саласындағы тиісті басқармасына береді - бір жұмыс күні ішінде;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      лицензияның қолданылуын тоқтату кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z58" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) орындаушының осы Қағидалардың </w:t>
-[...21 lines deleted...]
-    </w:p>
+      1) көрсетілетін қызметті беруші берілген құжаттардың толықтығын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағына сәйкес екі жұмыс күні ішінде тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z59" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      заңды тұлға-лицензиатты бөліп шығару немесе бөлу нысанында қайта ұйымдастыру кезінде лицензияны қайта рәсімдеу кезінде:</w:t>
-[...148 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+      2) ұсынылған құжаттардың мазмұнын қарауы, дайындауы аудиторлық қызмет саласындағы басқарма басшысымен, көрсетілетін қызметті берушінің заң қызметі басқармасы басшысымен қорытынды жобасын, лицензия беру туралы бұйрық жобасын келісу, сондай-ақ оларды көрсетілетін қызметті берушінің уәкілетті тұлғасының бекітуі, бұйрықты тіркеу немесе бас тарту туралы дәлелді жауапты және лицензия немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты көрсетілетін қызметті беруші сегіз жұмыс күні ішінде дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z60" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 9-тармағында көзделген негіздер болған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 9-тармағында көзделген негіздер болған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты, орны және тәсілі туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z61" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде 3 (үш) жұмыс күні бұрын жіберіледі. Тыңдау хабардар етілген күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z62" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау нәтижелері бойынша көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ қойылған электрондық құжат нысанында оң нәтиже не мемлекеттік қызметті көрсетуден дәлелді бас тарту жіберіледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті алушыға көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ қойылған электрондық құжат нысанында оң нәтиже не мемлекеттік қызметті көрсетуден дәлелді бас тарту жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z21" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z22" w:id="28"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z22" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z37" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z38" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z39" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z40" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2521,162 +2353,162 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Аудиторлық қызметті жүзеге</w:t>
+              <w:t>"Аудиторлық қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>асыруға лицензия беру"</w:t>
+              <w:t>жүзеге асыруға лицензия беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік көрсетілетін</w:t>
+              <w:t>мемлекеттік қызметін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет қағидаларына</w:t>
+              <w:t>көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="33"/>
+    <w:bookmarkStart w:name="z24" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – негізгі талаптар тізбесі)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+        <w:t xml:space="preserve"> "Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – негізгі талаптар тізбесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 27.07.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Қаржы министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 800</w:t>
+        <w:t>№ 703</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2692,105 +2524,173 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Аудиторлық қызметті жүзеге асыруға лицензия беру" мемлекеттік көрсетілетін қызметтің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің атауы: "Аудиторлық қызметті жүзеге асыруға лицензия беру"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтің кіші түрлерінің атауы:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің кіші түрлерінің атауы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Аудиторлық қызметті жүзеге асыруға лицензия беру;</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Аудиторлық қызметті жүзеге асыруға лицензия беру;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Аудиторлық қызметті жүзеге асыруға лицензияны қайта ресімдеу.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Аудиторлық қызметті жүзеге асыруға лицензияны қайта ресімдеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Аудиторлық қызметті жүзеге асыруға лицензияның қолданылуын тоқтату.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2823,51 +2723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет берушінің атауы</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2935,88 +2835,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметтің көрсетілуі тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызметтің нәтижелерін алу: "Электрондық үкіметтің" веб-порталдары www.egov.kz, www.elicense.kz арқылы жүзеге асырылады (бұдан әрі – портал).</w:t>
+Өтінішті қабылдау және мемлекеттік қызметтің нәтижелерін алу: "Электрондық үкіметтің" веб-порталдары (бұдан әрі – портал) www.egov.kz, www.elicense.kz арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3049,87 +2949,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтің көрсетілу мерзімі</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-лицензия беру – 4 (төрт) жұмыс күні; лицензияны қайта ресімдеу – 3 (үш) жұмыс күні; заңды тұлға-лицензиатты бөліп шығару, бөлу нысанында қайта ұйымдастыру кезінде лицензияны қайта ресімдеу - 4 (төрт) жұмыс күні.</w:t>
+лицензия беру – 4 (төрт) жұмыс күні; лицензияны қайта ресімдеу – 4 (төрт) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+лицензияның қолданылуын тоқтату – 10 (он) жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3162,87 +3080,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің тәсілі</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған):</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3311,69 +3229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудиторлық қызметті жүзеге асыруға лицензия беру және қайта ресімдеу осы негізгі талаптар тізбесінің 9-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап беру.</w:t>
-[...17 lines deleted...]
-Мемлекеттік қызмет нәтижесін ұсыну нысаны – электрондық.</w:t>
+Аудиторлық қызметті жүзеге асыруға лицензия беру, қайта ресімдеу және лицензияның қолданылуын тоқтату немесе осы негізгі талаптар тізбесінің 9-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап беру. Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны – электрондық.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3406,51 +3306,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілген қызметті алушыдан мемлекеттік қызметтің көрсетілуінен алынатын және Қазақстан Республикасының заңнамасында ескерілген жағдайлардан ақы алу тәсілдерінің төлем құны.</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда төлемақы алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3462,87 +3362,105 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Мемлекеттік қызмет заңды тұлғаларға ақылы негізде көрсетіледі. "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>554-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым төленеді.):</w:t>
+              <w:t xml:space="preserve"> сәйкес жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым төленеді:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) аудиторлық қызметпен айналысу құқығына лицензия беру кезіндегі лицензиялық алым – 10 айлық есептік көрсеткішті құрайды;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицензияны қайта ресімдеу үшін лицензиялық алым –лицензия беру кезіндегі мөлшерлеменің 10 % - ын құрайды.</w:t>
+2) лицензияны қайта ресімдеу үшін лицензиялық алым – лицензия беру кезіндегі мөлшерлеменің 10 %-ын құрайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) лицензияны тоқтатқаны үшін лицензиялық алым алынбайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3611,145 +3529,109 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті беруші – Қазақстан Республикасының Еңбек </w:t>
-[...9 lines deleted...]
-              <w:t>кодексіне</w:t>
+1) көрсетілетін қызметті беруші – Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5 бабына</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден бастап 14.30-ға дейінгі түскі үзіліспен сағат 08.30-ден бастап 18.00-ға дейін. Мемлекеттік қызмет көрсету мекенжайлары Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитетінің интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мекенжайлары Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитетінің интернет-ресурсында, "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
-[...35 lines deleted...]
-3) бірыңғай байланыс орталығы – күн сайын сағат 9.00- ден 21.00-ге дейін.</w:t>
+2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады); 3) Бірыңғай байланыс орталығы – күн сайын сағат 9.00-ден бастап 21.00-ге дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3782,159 +3664,257 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар тізбесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) лицензия алу үшін: лицензия алу үшін заңды тұлғаның өтініші және (немесе) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы лицензияға қосымша.</w:t>
+              <w:t xml:space="preserve">
+1) лицензия алу үшін: осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-қосымшада </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көзделген, Көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы лицензияны алу үшін заңды тұлғаның өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы төленген жағдайларды қоспағанда, аудиторлық қызметпен айналысу құқығына лицензиялық алымның бюджетке төленгенін растайтын құжат. Аудиторлық қызметпен айналысу құқығына бюджетке лицензиялық алымның төленгені туралы деректерді автоматты режимде алу мүмкіндігі болған жағдайда, осы құжатты ұсыну талап етілмейді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымшада</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген өтініш беруші туралы мәліметтер; басшының және аудиторлардың біліктілік куәліктерін беру туралы мәліметтер нысаны. Шетелдік ұйым (шетелдік ұйымдар) Қазақстан Республикасының резиденті-аудиторлық ұйымды құрған кезде, жоғарыда аталған құжаттардан басқа, шетелдік аудиторлық ұйым өзінің мәртебесін растау үшін: елдің кәсіби аудиторлық ұйымы беретін аудиторлық ұйымның мәртебесiн растау туралы аудармасымен нотариалдық куәландырылған хаттың электрондық көшірмесі және шетелдiк аудиторлық ұйымның мәртебесiн растайтын Халықаралық бухгалтерлер федерациясындағы кәсiби аудиторлық ұйымның мүшелiгі туралы құжаттың электрондық көшірмесі немесе өзi резидентi болып табылатын мемлекеттiң құзыреттi органы беретiн аудиторлық ұйымның мәртебесiн растау туралы аудармасымен нотариалдық куәландырылған хаттың электрондық көшірмесі не нотариалдық куәландырылған лицензияның көшiрмесi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) лицензияны қайта ресімдеу үшін: осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшада</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген, Көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы қайта ресімдеу үшін заңды тұлғаның өтініші. ЭҮТШ арқылы төлеу жағдайларын қоспағанда, бюджетке аудиторлық қызметпен айналысуға құқық беретін лицензиялық алым төленгенін растайтын құжат. Аудиторлық қызметпен айналысу құқығына лицензиялық алымды бюджетке төлеу туралы деректерді автоматты режимде алу мүмкін болмаған жағдайда осы құжатты ұсыну талап етілмейді; қайта ресімдеу үшін негіздеме растайтын құжат (құрылтайшылар шешімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) лицензияның қолданылуын тоқтату үшін: осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымшада</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген, Көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанында лицензияны тоқтату үшін заңды тұлғаның өтініші; лицензияның қолданылуын тоқтату үшін негіздемені растайтын құжат (болған жағдайда).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-осы Қағидалардың 3-қосымшасында көзделген өтініш беруші туралы мәліметтер;</w:t>
-[...35 lines deleted...]
-2) лицензияны қайта ресімдеу үшін: қайта ресімдеу үшін заңды тұлғаның өтініші және (немесе) көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы лицензияға қосымша. ЭҮТШ арқылы төлеу жағдайларын қоспағанда, бюджетке аудиторлық қызметпен айналысуға құқық беретін лицензиялық алым төленгенін растайтын құжат. Аудиторлық қызметпен айналысу құқығына лицензиялық алымды бюджетке төлеу туралы деректерді автоматты режимде алу мүмкін болмаған жағдайда осы құжатты ұсыну талап етілмейді; қайта ресімдеу үшін негіздеме растайтын құжат (құрылтайшылар шешімі).</w:t>
+Көрсетілетін қызметті беруші төлемді растайтын құжатты тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3967,51 +3947,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасымен бекітілген мемлекеттік қызмет көрсетуден бастартудың негіздері</w:t>
+Қазақстан Республикасының заңдарымен белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4075,69 +4055,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) көрсетілетін қызметті алушы біліктілік талаптарына сәйкес келмеген;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты лицензиялауға жататын қызметті немесе жекелеген қызмет түрлерін тоқтата тұру немесе оларға тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған;</w:t>
+4) көрсетілетін қызметті алушыға қатысты лицензиялауға жататын қызметті тоқтата тұру немесе оларға тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) сот орындаушысының ұсыныуы негізінде сот көрсетілетін қызметті алушы-борышкерге лицензия беруге уақытша тыйым салған;</w:t>
+5) сот орындаушысының ұсынуы негізінде сот көрсетілетін қызметті алушы-борышкерге лицензия беруге уақытша тыйым салған;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) көрсетілетін қызметті алушы лицензия алу үшін ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) анық еместігі анықталғанда мемлекеттік қызмет көрсетуден бас тарту үшін негіздер болып табылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4188,141 +4168,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде электрондық</w:t>
-[...17 lines deleted...]
-нысанда көрсетілетін қызметтердің ерекшеліктерін ескере отырып мемлеккеттен қойылатын өзге талаптар</w:t>
+Мемлекеттік қызметін көрсету ерекшеліктерін ескере отырып, оның ішінде электрондық нысанда көрсетілетін өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда портал арқылы электрондық нысанда мемлекеттік қызметті алу мүмкіндігі бар.</w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда портал арқылы электрондық нысанда мемлекеттік қызметті алу мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинет", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы қашықтан қол жеткізу режимінде алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттік мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинет", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 бірыңғай байланыс орталығы арқылы қашықтықтан қол жеткізу режимінде алу мүмкіндігі бар.</w:t>
-[...17 lines deleted...]
-Мемлекеттік қызмет көрсету орындарының мекенжайлары Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитетінің интернет-ресурсында, "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған www.gov.kz.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары Қазақстан Республикасы Қаржы министрлігінің Ішкі мемлекеттік аудит комитетінің www.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4387,64 +4331,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыруға лицензия беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік көрсетілетін</w:t>
+              <w:t>мемлекеттік қызметін көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4478,790 +4422,806 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лицензия және (немесе) лицензияға қосымша алу үшін заңды тұлғаның өтініші</w:t>
-[...67 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Лицензия алу үшін заңды тұлғаның өтініші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (заңды тұлғаның (соның ішінде шетелдік заңды тұлғаның) толық атауы, мекенжайы, </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      бизнес-сәйкестендіру нөмірі, заңды тұлғаның бизнес - сәйкестендіру нөмірі болмаған </w:t>
-[...629 lines deleted...]
-      (қолы) (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      ________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (заңды тұлғаның (соның ішінде шетелдік заңды тұлғаның) толық атауы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы, бизнес-сәйкестендіру нөмірі, заңды тұлғаның бизнес-сәйкестендіру</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нөмірі болмаған жағдайда - шетелдік заңды тұлға филиалының немесе өкілдігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бизнес-сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (қызмет түрінің толық атауын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жүзеге асыруға лицензия беруіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Заңды тұлғаның мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ((шетелдік заңды тұлға үшін) пошталық индексі, елі, облысы, қаласы, ауданы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> елді мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электрондық пошта </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызметті немесе іс-қимылды (операцияларды) жүзеге асыру объектісінің мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________ парақта қоса беріліп отыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Осымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оларға лицензияны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жолдауға болатындығы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш берушіге қызметтің лицензияланатын түрімен айналысуға сот тыйым </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>салмағаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қоса берілген барлық құжат шындыққа сәйкес келетіні және жарамдылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші лицензияны беру кезінде ақпараттық жүйелердегі заңмен қорғалатын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісімін бергені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші ұсынылған (толтырылған) ақпараттың дұрыстығы үшін Қазақстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының заңнамасына сәйкес жауапты болатыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші Мемлекеттік корпорация қызметкерінің (Мемлекеттік корпорация </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арқылы жүгінген жағдайда) өтінішті электрондық цифрлық қолтаңбамен куәландыруға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келіскені расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Басшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (қолы) (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5323,201 +5283,149 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыруға лицензия беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік көрсетілетін</w:t>
+              <w:t>мемлекеттік қызметін көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-              <w:t>Нысаны</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="34"/>
+    <w:bookmarkStart w:name="z27" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш беруші туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда – ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 27.07.2023 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Қаржы министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 800</w:t>
+        <w:t>№ 703</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5533,123 +5441,153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіпорынның мөлшерлігі:</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіпорынның мөлшерлігі:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-шағын</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шағын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-х</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -5861,92 +5799,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес келетінін растаймын</w:t>
+              <w:t>
+Қызмет түрлері "Аудиторлық қызмет туралы" Қазақстан Республикасы Заңының 3-бабының 2 және 3-тармақтарына сәйкес келетінін растаймын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5959,105 +5857,105 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 х</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тиісті жолққа х белгісі қойылады)</w:t>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      (тиісті жолаққа х белгісі қойылады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшының мәліметтерінің нысаны</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудитор ретіндегі аудиторлық ұйымдардағы басшының қызметі туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшының тегі, аты, әкесінің аты (болған жағдайда) ___________________</w:t>
+      Басшының тегі, аты, әкесінің аты (ол болған жағдайда) ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының жеке сәйкестендіру нөмірі ________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -6095,303 +5993,383 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс орны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмысқа қабылдау туралы бұйрықтың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа қабылдау туралы бұйрықтың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмысқа қабылдау туралы бұйрықтың күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа қабылдау туралы бұйрықтың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алдыңғы жұмыс орнының ұйымның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнының ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алдыңғы жұмыстан босату туралы бұйрықтың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыстан босату туралы бұйрықтың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алдыңғы жұмыстан босату туралы бұйрықтың күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыстан босату туралы бұйрықтың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6911,60 +6889,62 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> "Аудитор" біліктілік куәлігі туралы басшының мәліметтері</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Аудитор" біліктілік куәлігі туралы басшының мәліметтері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6980,159 +6960,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куәліктің берілген күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Куәліктің берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куәлік нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Аудитор" біліктілігін берген ұйымның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Аудитор" біліктілігін берген ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7380,60 +7400,80 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Аудиторлар мәліметтердің нысаны Аудитор ретінде аудиторлық ұйымдардағы аудитордың қызметі туралы мәліметтер</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аудиторлардың мәліметтер нысаны </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудитор ретінде аудиторлық ұйымдардағы аудитордың қызметі туралы мәліметтер</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -7455,375 +7495,475 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке сәйкестендіру нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудитордың тегі, аты, әкесінің аты(болған жағдайда)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудитордың тегі, аты, әкесінің аты (ол бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс орны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмысқа қабылдау туралы бұйрықтың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа қабылдау туралы бұйрықтың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмысқа қабылдау туралы бұйрықтың күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа қабылдау туралы бұйрықтың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алдыңғы жұмыс орнынан ұйымның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алдыңғы жұмыстан босату туралы бұйрықтың нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыстан босату туралы бұйрықтың нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алдыңғы жұмыстан босату туралы бұйрықтың күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыстан босату туралы бұйрықтың күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8479,60 +8619,62 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> "Аудитор" біліктілік куәліктері туралы аудиторлардың мәліметтері</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Аудитор" біліктілік куәліктері туралы аудиторлардың мәліметтері </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8548,159 +8690,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куәліктің берілген күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Куәліктің берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Куәліктің нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Куәліктің нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Аудитор" біліктілігін берген ұйымның атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Аудитор" біліктілігін берген ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9021,107 +9203,1440 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Аудиторлық қызметті жүзеге</w:t>
+              <w:t>"Аудиторлық қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>асыруға лицензия беру"</w:t>
+              <w:t>жүзеге асыруға лицензия беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік көрсетілетін</w:t>
+              <w:t>мемлекеттік қызметін көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызмет қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицензияны қайта ресімдеуге арналған заңды тұлғаның өтініші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (заңды тұлғаның (соның ішінде шетелдік заңды тұлғаның) толық атауы, мекенжайы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бизнес-сәйкестендіру нөмірі (БСН), заңды тұлғаның БСН болмаған жағдайда - шетелдік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңды тұлға филиалының немесе өкілдігінің БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20___ жылғы "___" _________ берілген № ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензияны жүзеге асыруға қайта ресімдеуді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (лицензияның нөмірі (- лері), берілген күні, лицензияны берген лицензиардың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(керегінің астын сызу) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (қызмет түрінің толық атауы) мынадай негіз(-дер) бойынша (тиісті жолға Х қою</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қажет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) заңды тұлға-лицензиатты "Рұқсаттар және хабарламалар туралы" Қазақстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіпке сәйкес (тиісті жолға х қою</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қажет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       бірігу ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қайта құру ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қосылу ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жеке шығу ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       бөліну ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) заңды тұлға-лицензиат атауының өзгеруі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) заңды тұлға-лицензиаттың орналасқан жерінің өзгеруі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) егер лицензияның иеліктен шығарылатындығы "Рұқсаттар және хабарламалар туралы"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Заңына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларда, лицензиат үшінші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалардың пайдасына объектімен бірге "обьектілерге берілетін рұқсаттар" класы бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берілген лицензияны иеліктен шығаруы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) "объектілерге берілетін рұқсаттар" класы бойынша берілген лицензия үшін немесе,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензияға қосымшалар үшін объектілерді көрсете отырып, обьект нақты көшірілмей оның</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орналасқан жерінің мекенжайы өзгеруі ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) Қазақстан Республикасының заңдарында қайта рәсімдеу туралы талап болған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7) қызмет түрінің атауы өзгеруі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Заңды тұлғаның мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (шетелдік заңды тұлға үшін - елі, пошталық индексі, облысы, қаласы, ауданы, елді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Электрондық пошта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Факс____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қызметті немесе іс-қимылды (операцияларды) жүзеге асыру объектісінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________парақта қоса беріліп отыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және оларға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицензияны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жолдауға болатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш берушіге қызметтің лицензияланатын түрімен айналысуға сот тыйым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салмағаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоса берілген барлық құжат шындыққа сәйкес келетіні және жарамдылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші лицензияны беру кезінде ақпараттық жүйелердегі заңмен қорғалатын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісімін бергені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтініш беруші ұсынылған (толтырылған) ақпараттың дұрыстығы үшін Қазақстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының заңнамасына сәйкес жауапты болатыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші мемлекеттік корпорация қызметкерінің (Мемлекеттік корпорация </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арқылы жүгінген жағдайда) өтінішті электрондық цифрлық қолтаңбамен куәландыруға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келіскені расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (қолы) (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Толтырылған күні: 20__ жылғы "__" __________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9138,1280 +10653,990 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысаны</w:t>
+              <w:t>"Аудиторлық қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге асыруға лицензия беру"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызметін көрсету</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лицензияны және (немесе) лицензияға қосымшаны қайта рәсімдеуге арналған заңды тұлғаның өтініші</w:t>
+        <w:t xml:space="preserve">        Лицензияның қолданылуын тоқтатуға арналған заңды тұлғаның өтiнiші</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 5-қосымшамен толықтырылды - ҚР Қаржы министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________________________________</w:t>
-[...1191 lines deleted...]
-      Толтыру күні: "__" __________ 20__ жыл</w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заңды тұлғаның (соның ішінде шетелдік заңды тұлғаның) толық атауы, мекенжайы, бизнес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкестендіру нөмірі (БСН), заңды тұлғаның БСН болмаған жағдайда - шетелдік заңды тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> филиалының немесе өкілдігінің БСН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қызмет түрінің толық атауы) мынадай негіз(-дер) бойынша (тиісті ұяшыққа Х қою қажет):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20___ жылғы "___" _________ № _________________________ берілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (лицензияның нөмірі (- лері), берілген күні, лицензияны берген лицензиардың атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензияның қолданылуын тоқтатуды сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(керегінің астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) лицензияны ерікті түрде қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) Қазақстан Республикасының заңдарында көзделген өзге де жағдайларда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заңды тұлғаның мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (шетелдік заңды тұлға үшін - елі, пошталық индексі, облысы, қаласы, ауданы, елді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Электрондық пошта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Телефоны _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Факс_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қызметті немесе іс-қимылды (операцияларды) жүзеге асыру объектісінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       үй/ғимарат(стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ________парақта қоса беріліп отыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оларға лицензияны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жолдауға болатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш берушіге қызметтің лицензияланатын түрімен айналысуға сот тыйым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салмағаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қоса берілген барлық құжат шындыққа сәйкес келетіні және жарамдылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші лицензияны беру кезінде ақпараттық жүйелердегі заңмен қорғалатын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісімін бергені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші ұсынылған (толтырылған) ақпараттың дұрыстығы үшін Қазақстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикасының заңнамасына сәйкес жауапты болатыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       өтініш беруші мемлекеттік корпорация қызметкерінің (Мемлекеттік корпорация</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы жүгінген жағдайда) өтінішті электрондық цифрлық қолтаңбамен куәландыруға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келіскені расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Басшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (қолы) (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Толтырылған күні: 20__ жылғы "__" __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -10419,55 +11644,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>