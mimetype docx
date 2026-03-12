--- v0 (2025-10-01)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="30147c4" w14:textId="30147c4">
+    <w:p w14:paraId="a2c58b0" w14:textId="a2c58b0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2082,424 +2082,408 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өтінішті алушы (адресат) мемлекеттік қызмет көрсету тізіліміне сәйкес көрсетіледі - "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамының (бұдан әрі - Мемлекеттік корпорация) тиісті филиалы, жергілікті атқарушы орган немесе Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Еңбек, әлеуметтік қорғау және көші-қон комитетінің аумақтық департаменті (бұдан әрі - Департамент).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көрсетілетін қызметті алушының ЭЦҚ-сы арқылы немесе SMS арқылы жіберілген бір реттік парольмен қол қойылған өтініш Портал арқылы көрсетілетін қызметті алушының тұрғылықты жері бойынша Мемлекеттік корпорация филиалының электрондық құжат айналымы жүйесіне, қаланың немесе ауданның жұмыспен қамту және әлеуметтік бағдарламалар бөліміне, халықты жұмыспен қамту орталығына, жергілікті атқарушы органға немесе Департаментке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 17.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мемлекеттік корпорацияның филиалы, жергілікті атқарушы орган және Департамент 2 жұмыс күні ішінде электрондық өтінішті көрсетілетін қызметті алушының тұрғылықты жері бойынша Мемлекеттік корпорация филиалының тиісті аудандық немесе қалалық бөліміне, қаланың немесе ауданның жұмыспен қамту және әлеуметтік бағдарламалар бөліміне, халықты жұмыспен қамту орталығына, МӘС бөліміне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 17.04.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 139</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 22.05.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік корпорация филиалының аудандық немесе қалалық бөлімінің, жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің, халықты жұмыспен қамту орталығының және МӘС бөлімінің маманы 2 жұмыс күні ішінде тиісті Мемлекеттік көрсетілетін қызмет стандартына сәйкес құжаттардың сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сұрақтар туындаған кезде Мемлекеттік корпорация филиалының аудандық немесе қалалық бөлімінің, жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің, халықты жұмыспен қамту орталығының және МӘС бөлімінің маманы электрондық өтініште көрсетілген телефон нөмірі немесе электрондық пошта арқылы көрсетілетін қызметті алушымен байланысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Келіп түскен құжаттар Мемлекеттік көрсетілетін қызмет стандартына сәйкес келген жағдайда Мемлекеттік корпорация филиалының аудандық немесе қалалық бөлімінің, жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің, халықты жұмыспен қамту орталығының және МӘС бөлімінің маманы тиісті ақпараттық жүйеде электрондық іс макетін (МӘС актісін) қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Келіп түскен электрондық іс макетін (МӘС актісін) көрсетілетін қызметті берушілердің қарауы осы Қағидаларда көзделген ерекшеліктерді ескере отырып, мемлекеттік қызметтер көрсету тәртібін реттейтін заңға тәуелді нормативтік құқықтық актілерге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Мемлекеттік қызмет көрсету (көрсетуден бас тарту) нәтижесі туралы хабарлама көрсетілетін қызметті алушының ұялы байланыстың абоненттік нөміріне және көрсетілетін қызметті алушының Порталдағы жеке кабинетіне (техникалық мүмкіндік болған жағдайда) sms-хабарлама арқылы жіберіледі не Сервис арқылы келіп түскен өтінішке жауап түрінде жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушының Порталдағы жеке кабинетіне немесе ұялы байланыстың абоненттік құрылғысына қызмет көрсету (көрсетуден бас тарту) нәтижесі туралы хабарлама ұсынылған жағдайда хабарлау процесін қайта болдырмау үшін көрсетілетін қызметті алушыға электрондық құжат айналымы жүйесі арқылы жауап берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету нәтижесіне шағымдануы тиісті мемлекеттік қызметті көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актімен реттеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z24" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Кейбір мемлекеттік қызметтерді көрсету тәртібінің ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Төтенше жағдай кезеңінде "Мемлекеттік атаулы әлеуметтік көмекті тағайындау" мемлекеттік қызметін көрсету тәртібінің ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        12. Егер 2021 жылғы 31 желтоқсандағы жағдай бойынша көрсетілетін қызметті алушы мемлекеттік атаулы әлеуметтік көмек (бұдан әрі – атаулы әлеуметтік көмек) алушы болып табылған жағдайда қауіпсіздікті сақтау мақсатында атаулы әлеуметтік көмек тағайындауға өтініш көрсетілетін қызметті алушының жүгінуінсіз 2022 жылғы 1-тоқсанға – 2021 жылғы 4-тоқсандағы табыстарды ескере отырып, ақпараттық жүйеде автоматты түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жиынтық табысты есептеу кезінде төтенше жағдай қолданылатын кезеңдегі қызметтің шектеулеріне байланысты табысынан айырылған жағдайда төленетін әлеуметтік төлем, шектеу іс-шараларының енгізілуіне байланысты табысынан айырылған жағдайда төленетін біржолғы әлеуметтік төлем, төтенше жағдай кезеңінде және шектеу іс-шараларының енгізілуіне байланысты азық-түлік-тұрмыстық жиынтықтарды сатып алуға бөлінген ақша қаражаты, төтенше жағдай кезеңінде коммуналдық қызметтерді төлеуге жұмсалған шығындарға бөлінген қаражат мөлшері жеке тұлғаның табысы ретінде қаралмайды,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2592,110 +2576,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkStart w:name="z27" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Атаулы әлеуметтік көмек тағайындауға алғаш рет жүгінген жағдайда, тікелей байланысты болдырмау үшін учаскелік комиссия байланыс құралдары арқылы көрсетілетін қызметті алушыға және (немесе) отбасына зерттеу жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Мемлекеттік қызметтерді көрсету нәтижесі көрсетілетін қызметті алушыға байланыс құралдары арқылы электрондық түрде жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. 12-14-тармақтармен реттелмеген атаулы әлеуметтік көмек тағайындау мәселелері № 320 бұйрықпен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2714,108 +2698,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkStart w:name="z30" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Төтенше жағдай кезеңінде "Мүгедектікті және/немесе еңбек ету қабілетінен айырылу дәрежесін белгілеу және/немесе қажетті әлеуметтік қорғау шараларын айқындау" мемлекеттік қызметін көрсету тәртібінің ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z31" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Мүгедектікті және/немесе еңбек ету қабілетінен айырылу дәрежесін және/немесе қажетті әлеуметтік қорғау шараларын белгілеуді МӘС бөлімдері "Медициналық-әлеуметтік сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 30 қаңтардағы № 44 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10589 болып тіркелген) бекітілген Медициналық-әлеуметтік сараптама жүргізу қағидаларына сәйкес мүгедектікті бір жылдан аспайтын мерзімге белгілеп, сырттай жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2854,70 +2838,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkStart w:name="z32" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Қайта куәландыру мерзімі төтенше жағдай енгізілгенге дейін бір айдан аспайтын мерзім ішінде және төтенше жағдай уақытында келген адамдарға мүгедектіктің, жалпы еңбек ету қабілетінен айырылу дәрежесінің, кәсіптік еңбек ету қабілетінен айырылу дәрежесінің және мүгедекті оңалтудың жеке бағдарламасының мерзімдері төтенше жағдай орын алған кезеңде МӘС бөлімдерімен ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік-аумақтық бірліктің аумағында тиісті шектеу шаралары, оның ішінде карантиннің сақталуы кезеңінде, он алты және он сегіз жасқа толған мүгедек балаларды қоспағанда, қайта куәландыру мерзімі жоғарыда аталған кезеңге сәйкес келетін, қайта куәландырудан өтпеген адамдарға мүгедектік, жалпы еңбек қабілетінен айырылу дәрежесін, кәсіптік еңбек қабілетінен айырылу дәрежесі және мүгедекті оңалтудың жеке бағдарламасының белгіленген мерзімдерін автоматты түрде үш айға ұзарту ай сайын жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3030,452 +3014,420 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkStart w:name="z33" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Төтенше жағдай кезеңінде "Жұмыс іздеп жүрген адамдар мен жұмыссыздарға жәрдем көрсету" мемлекеттік қызметін көрсету тәртібінің ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z34" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Жұмыс іздеп жүрген адам ретінде тіркелу тұрғылықты жер бойынша "электрондық үкімет" веб-порталы арқылы мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) еңбек қызметін растайтын (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) білімі, біліктілігі, арнайы білімдерінің немесе кәсіптік даярлығының болуы туралы (бар болса) құжаттардың негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z35" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Жұмыспен қамту орталығы жұмыс іздеп жүрген адам ретінде тіркеу туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z36" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Халықты жұмыспен қамту орталығы жұмыс іздеп жүрген адамды тіркеген күннен бастап бір жұмыс күні ішінде оған лайықты жұмыс таңдауда жәрдем көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z37" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Халықты жұмыспен қамту орталығы осы Қағидалардың 20-тармағында көрсетілген мерзімде жұмыс іздеп жүрген адам үшін лайықты жұмыс таңдап бермеген жағдайда Халықты жұмыспен қамту орталығының қызметкері көрсетілген мерзім аяқталған соң бір жұмыс күні ішінде Халықты жұмыспен қамту орталығының директоры немесе ол уәкілеттік берген адам ЭЦҚ арқылы қол қоятын, жұмыс іздеп жүрген адамның құжаттары қоса берілген жұмыс іздеп жүрген адамды жұмыссыз ретінде тіркеу туралы шешім жобасын қалыптастырады және оны халықты жұмыспен қамту мәселелері жөніндегі жергілікті органға "Еңбек нарығы" автоматтандырылған ақпараттық жүйесі (бұдан әрі - "Еңбек нарығы" ААЖ) арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z38" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Жұмыспен қамту мәселелері жөніндегі жергілікті орган "Еңбек нарығы" ААЖ арқылы алынған ақпараттың дәйектілігін мемлекеттік органдардың және (немесе) ұйымдардың ақпараттық жүйелерінде тексеруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықты жұмыспен қамту мәселелері жөніндегі жергілікті органның бірінші басшысы немесе ол уәкілеттік берген адам "Еңбек нарығы" ААЖ-да жұмыс іздеп жүрген адамды жұмыссыз ретінде тіркеу туралы шешімге бір жұмыс күні ішінде электрондық цифрлық қолтаңбасы арқылы қол қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...101 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 28.09.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Жұмыс іздеп жүрген адамдар мен жұмыссыздарға жәрдемдесудің 18-22-тармақтарда реттелмеген мәселелері "Жұмыс іздеп жүрген адамдарды, жұмыссыздарды тіркеу және халықты жұмыспен қамту орталықтары көрсететін еңбек делдалдығын жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы 19 маусымдағы № 259 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 13 шілдеде № 17199 болып тіркелген) бекітілген Жұмыс іздеп жүрген адамдарды, жұмыссыздарды тіркеу және халықты жұмыспен қамту орталықтары көрсететін еңбек делдалдығын жүзеге асыру қағидаларында белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. "Жасына байланысты зейнетақы төлемдерін тағайындау", "Мемлекеттік базалық зейнетақы төлемін тағайындау", "Мемлекеттік арнайы жәрдемақылар тағайындау", "Асыраушысынан айырылу жағдайы бойынша мемлекеттік әлеуметтік жәрдемақы тағайындау", "Мүгедектігі бойынша мемлекеттік әлеуметтік жәрдемақы тағайындау", "Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем тағайындау", "Жаңа туған баланы (балаларды) асырап алуға байланысты табысынан айырылу және бала бір жасқа толғанға дейін оның күтіміне байланысты табысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау", "Жүктілікке және босануға байланысты табысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау", "Жұмысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау" мемлекеттік қызметтерін көрсету тәртібінің ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-параграфтың тақырыбы жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 17.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мүгедектігі бойынша мемлекеттік әлеуметтік жәрдемақы және (немесе) еңбек ету қабілетінен айырылу жағдайына әлеуметтік төлем алушылар болып табылатын адамдарға төлемдер мүгедектіктің және (немесе) жалпы еңбек ету қабілетінен айырылу дәрежесінің ұзартылған мерзіміне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3494,90 +3446,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24-1. Өтініш беруші Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 26 наурыздағы № 110 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20174 болып тіркелген) бекітілген Төтенше жағдай кезеңінде міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға және нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын, салық агенттері олар үшін міндетті зейнетақы жарналарын төлеген жеке тұлғаларға әлеуметтік төлемдерді жүзеге асыру қағидаларында көзделген әлеуметтік төлем (бұдан әрі - төтенше жағдай кезеңіндегі әлеуметтік төлем) алған жағдайда, жасына байланысты зейнетақы төлемдерін немесе Мемлекеттік әлеуметтік сақтандыру қорынан әлеуметтік төлемдерді тағайындау (қайта есептеу) үшін кірісті есептеген кезде өтініш берушінің қалауы бойынша Қазақстан Республикасында төтенше жағдай болған айлар есептен алып тасталады және көрсетілген кезең алдындағы немесе одан кейінгі басқа тікелей айлармен алмастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3616,68 +3568,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-2. Мемлекеттік базалық зейнетақы төлемінің және Мемлекеттік әлеуметтік сақтандыру қорынан әлеуметтік төлемдердің мөлшерін есептеген кезде төтенше жағдай кезеңіндегі әлеуметтік төлемді алған кезең зейнетақы жүйесіне және міндетті әлеуметтік сақтандыру жүйесіне қатысу өтіліне қосылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3716,70 +3670,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-3. Жасына байланысты зейнетақы төлемдерін, мемлекеттік базалық зейнетақы төлемін алушы төтенше жағдай кезеңінде ұсынылған құжаттарды толықтыра отырып 1998 жылғы 1 қаңтарға дейінгі еңбек өтілі, 1995 жылғы 1 қаңтардан бергі кірісі туралы құжаттарды ұсынған жағдайда аталған төлемдердің мөлшерін өзгерту төтенше жағдай кезеңінде бастапқы тағайындау күнінен бастап көрсетілетін қызметті берушінің шешімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3798,70 +3752,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-4. Төтенше жағдай кезеңінде қолданылу мерзімі өткен зейнетақы, мемлекеттік әлеуметтік жәрдемақы және Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді алушылардың жеке басын куәландыратын құжаттар, оларды ауыстыру мүмкін болмаған жағдайда, төтенше жағдай режимі аяқталатын айды қоса алғанда жүзеге асырылатын төлем кезінде ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3880,90 +3834,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24-5. "Экономиканы тұрақтандыру жөніндегі одан арғы шаралар туралы" Қазақстан Республикасы Президентiнiң 2020 жылғы 16 наурыздағы № 287 Жарлығын салық салу мәселелері бойынша iске асыру жөнiндегi одан арғы шаралар туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 20 сәуірдегі № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "0" коэффициенті қолданылатын қызмет түрлерінің тізбесінде көзделген адамдардың зейнетақы жүйесіне және міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі, сондай-ақ кірісі жұмыс берушінің анықтамалары негізінде ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3982,68 +3936,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="43"/>
+    <w:bookmarkStart w:name="z42" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Халықтың жекелеген санаттарын азық-түлік және тұрмыстық жиынтығымен қамтамасыз ету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тарау алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 06.01.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4212,68 +4166,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жиынтығымен қамтамасыз ету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Электрондық үкімет" веб-порталының "Электрондық өтініш" сервисі арқылы әлеуметтік және мемлекеттік қызметтерді алу үшін өтініштің электрондық нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСН ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4965,55 +4919,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>