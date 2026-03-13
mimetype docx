--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26e9542" w14:textId="26e9542">
+    <w:p w14:paraId="0fa7e76" w14:textId="0fa7e76">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,150 +77,250 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсету қағидаларын бекіту туралы</w:t>
+        <w:t>Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрінің 2020 жылғы 19 наурыздағы № 105 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 20 наурызда № 20153 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсету қағидалары бекітілсін.</w:t>
+      1. "Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидалары осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -786,112 +886,212 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсету қағидалары</w:t>
+        <w:t xml:space="preserve"> Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасының </w:t>
+      1. Осы "Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасының "Мемлекеттік көрсетілетін қызметтер туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсету тәртібін реттейді.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және "Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -1107,51 +1307,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі – мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін, сондай-ақ өзге де мәліметтерді қамтитын тізбе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу (бұдан әрі – аккредитация) – ұжымдық басқару салаларында мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдардың заңды құқықтарын уәкілетті органның ресми тану рәсімі;</w:t>
+      11) құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу (бұдан әрі – аккредиттеу) – уәкілетті органның құқықтарды ұжымдық басқару жөніндегі ұйымдардың өкілеттіктерін ресми түрде тану рәсімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесiлiлiгiн және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандардың жинағы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1191,61 +1391,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 30.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 819</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Әділет министрінің 15.02.2023 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Әділет министрінің 15.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1262,360 +1482,502 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Аккредиттеу жүргізу мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Мемлекеттік көрсетілетін қызметті Қазақстан Республикасы Әділет министрлігі (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      3. Мемлекеттік қызметті Қазақстан Республикасының Әділет министрлігі (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік қызмет көрсету мерзімі он бес жұмыс күні.</w:t>
+      4. Мемлекеттік қызмет көрсету мерзімі он бес жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті алу үшін заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге портал арқылы:</w:t>
+      Мемлекеттік қызмет көрсету мерзімі өтініш келіп түскен күннен бастап он бес жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік көрсетілетін қызметті алу үшін өтініш беруші (бұдан әрі – көрсетілетін қызметті алушы) портал арқылы қызмет көрсетушіге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық түрде аккредиттеуді алу үшін өтінішті жібереді.</w:t>
-[...35 lines deleted...]
-      Құжаттарды қабылдау мерзімі туралы ақпарат көрсетілетін қызметті берушінің интернет-ресурсында құжаттарды қабылдау басталғанға дейін жиырма жұмыс күнінен кешіктірілмей орналастырылады;</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша электрондық түрде аккредиттеу алу туралы өтінішті жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш аккредиттеу жөніндегі комиссия отырысының өткізілетін күніне дейін кемінде он жұмыс күні бұрын жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қабылдау мерзімдері туралы ақпарат қызмет көрсетушінің интернет-ресурсында құжаттарды қабылдау басталғанға дейін кемінде жиырма жұмыс күні бұрын орналастырылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы Қағидаларға </w:t>
+      2) Құқықтарды ұжымдық басқару жөніндегі ұйым осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес аккредиттеуден өту үшін мүліктік құқықтарды ұжымдық негізде басқаратын ұйым ұсынатын мәліметтер нысанын жібереді.</w:t>
+        <w:t xml:space="preserve"> сәйкес аккредиттеуден өту үшін ұсынатын мәліметтер нысанын ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Әділет министрінің 21.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 397</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеуді жөніндегі комиссияның (бұдан әрі – аккредиттеу жөніндегі комиссия) қорытындысы негізінде көрсетілетін қызметті беруші жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттеу жөніндегі комиссияның құрамы мен ережесін көрсетілетін қызметті берушімен бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...36 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар осы Қағидаларға 2-қосымшаға сәйкес "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі) берілген.</w:t>
+      6. Мемлекеттік көрсетілетін қызметті көрсетуге қойылатын негізгі талаптар осы Қағидаларға 2-қосымшаға сәйкес "Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік көрсетілетін қызметті көрсетуге қойылатын негізгі талаптар тізбесінде (бұдан әрі – Мемлекеттік көрсетілетін қызметті корсетуге негізгі талаптар тізбесі) келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 30.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 819</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1652,300 +2014,386 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері (бұдан әрі - көрсетілетін қызметті берушінің қызметкері) осы Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағында көрсетілген құжаттарды қабылдау аяқталған сәттен бастап екі жұмыс күні ішінде ұсынылған құжаттардың және (немесе) мәліметтердің толықтығын тексереді.</w:t>
+      8. Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері (бұдан әрі – көрсетілетін қызметті берушінің қызметкері) мемлекеттік көрсетілетін қызметті корсетуге негізгі талаптар тізбесінің 8-тармағында көрсетілген құжаттарды қабылдау аяқталған сәттен бастап екі жұмыс күні ішінде ұсынылған құжаттардың және (немесе) мәліметтердің толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...122 lines deleted...]
-      Көрсетілетін қызметті алушыны тыңдау үшін мерзім өткеннен кейін көрсетілетін қызметті беруші басшысының орынбасары бір жұмыс күні ішінде куәлікке немесе аккредиттеуден бас тартуға қол қояды.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші мемлекеттік көрсетілетін қызмет көрсетуден мынадай негіздер бойынша бас тартады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z43" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z44" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z45" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z46" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z47" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардың толықтығы мен сәйкестігі қаралғаннан кейін, мемлекеттік қызмет көрсету үшін қажетті құжаттар мен мәліметтер тізбесінің 8-тармағына сәйкес, қызмет көрсетушінің жауапты құрылымдық бөлімшесінің қызметкері оларды аккредиттеу жөніндегі комиссияның қарауына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тыңдалым туралы хабарлама мемлекеттік көрсетілетін қызмет көрсету мерзімі аяқталғанға дейін кемінде үш жұмыс күні бұрын жіберіледі.Тыңдалым хабарлама жіберілген күннен бастап екі жұмыс күнінен кешіктірілмей өткізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдалым нәтижелері бойынша көрсетілетін қызметті беруші аккредиттеу не аккредиттеуден бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушыны тыңдау мерзімі аяқталғаннан кейін қызмет көрсетуші басшысының орынбасары бір жұмыс күні ішінде куәлікке немесе аккредиттеуден бас тарту туралы шешімге қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оң қорытынды болған жағдайда көрсетілетін қызметті беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 - қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес бес жыл мерзімге аккредиттеу туралы куәлікті береді</w:t>
+        <w:t xml:space="preserve"> сәйкес үш жыл мерзімге аккредиттеу туралы куәлік береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Әділет министрінің 21.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 397</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасында белгiленген құжаттарды ұсынбау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2132,318 +2580,284 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z22" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қазақстан Республикасы Әділет министрлігі қызметкерлерінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті алушының басшысының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызметті беруші шешімінің нәтижелерімен келіспеген жағдайда өтініш беруші нәтижелерге сот тәртібімен шағымдануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-1. Осы Қағидаларға өзгерістер және (немесе) толықтырулар енгізілген кезде уәкілетті орган "электрондық үкіметтің" ақпараттық - коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс орталығына тиісті нормативтік құқықтық актіні әділет органдарында мемлекеттік тіркеуден өткізгеннен кейін үш жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұл ретте көрсетілетін қызметті беруші, лауазымды тұлға, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді немесе әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағым жібермейді. </w:t>
-[...55 lines deleted...]
-      Шағымды қарайтын органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      Көрсетілетін қызметті беруші "Мемлекеттік көрсетілетін қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік көрсетілетін қызметті көрсету сатысы туралы деректер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Көлік және коммуникация министрінің міндетін атқарушысының 2013 жылғы 14 маусымдағы № 452 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8555 болып тіркелген) белгіленген тәртіппен мемлекеттік қызмет көрсету сатысы туралы Мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Әділет министрінің 30.06.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 547</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 15-1-тармақпен толықтырылды - ҚР Әділет министрінің 15.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...91 lines deleted...]
-        <w:t>№ 121</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2503,761 +2917,687 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүліктік құқықтарды</w:t>
+              <w:t>"Құқықтарды ұжымдық басқару</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұжымдық негізде басқаратын</w:t>
+              <w:t>жөніндегі ұйымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарды аккредиттеу"</w:t>
+              <w:t>аккредиттеу" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
+              <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әділет министрлігі</w:t>
+              <w:t>Әділет министрлігі (басшының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>тегі, аты, әкесінің аты (бар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басшының аты-жөні, тегі (бар</w:t>
+              <w:t>болған жағдайда), бұдан әрі –басшының Т.А.Ә.)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>болғанда) (бұдан әрі – Т.А.Ә.)</w:t>
+              <w:t>кімнен: _____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>(лауазымы, ұйымның атауы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(ұйым атауы, қызметі,</w:t>
+              <w:t>басшының Т.А.Ә.)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басшының Т.А.Ә.)</w:t>
+              <w:t>Деректемелері: ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Деректемелері: _____________</w:t>
+              <w:t>заңды мекенжайы, байланыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(заңды мекенжайы, </w:t>
-[...12 lines deleted...]
-              <w:t>байланыс телефоны)</w:t>
+              <w:t>телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мүліктік құқықтарды ұжымдық негізде басқаратын ұйым аккредиттеуден өту үшін ұсынатын өтініш</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеуден өту үшін ұсынылатын өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бірлестік мүшелерінің атынан "Авторлық құқық және сабақтас құқықтар туралы" Қазақстан Республикасы Заңының </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірлестік мүшелерінің атынан "Авторлық құқық және сабақтас құқықтар туралы"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46-1-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тәртібімен аккредиттеуді сұраймын: </w:t>
+        <w:t xml:space="preserve"> тәртібінде аккредиттеуді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (құқықтарды ұжымдық басқару жөніндегі ұйымының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мекенжайы: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ұйымның орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіркеу нөмірі: ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңды тұлғаның тіркеу нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН: _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бизнес сәйкестендіру нөмірі) (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұжымдық басқарудың мынадай саласы бойынша: ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ("Авторлық құқық және сабақтас құқықтар туралы" Қазақстан Республикасы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _________________________________________________________ </w:t>
+      Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке мынадай құжаттар қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (ұйымның орналасқан мекенжайы) </w:t>
-[...289 lines deleted...]
-      қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін. </w:t>
+      Мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, Заңмен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3293,273 +3633,180 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүліктік құқықтарды</w:t>
+              <w:t>"Құқықтарды ұжымдық басқару</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұжымдық негізде басқаратын</w:t>
+              <w:t>жөніндегі ұйымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарды аккредиттеу"</w:t>
+              <w:t>аккредиттеу" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет</w:t>
-[...12 lines deleted...]
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+        <w:t xml:space="preserve"> "Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырыбы жаңа редакцияда - ҚР Әділет министрінің 30.09.2022 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 819</w:t>
+        <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t>
+      Перечень основных требований к оказанию государственной услуги "Аккредитация организаций по коллективному управлению правами"</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3574,123 +3821,181 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызмет көрсетушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Әділет министрлігі.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Әділет министрлігінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Зияткерлік меншік құқығы комитеті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3723,87 +4028,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
+ Мемлекеттік қызмет көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру www.egov.kz, www.elicense.kz "электрондық үкімет" веб-порталы арқылы жүзеге асырылады. </w:t>
+              <w:t>
+Құжаттарды қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру www.elicense.kz порталы арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3872,51 +4177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсету мерзімі 15 жұмыс күні ішінде.</w:t>
+Мемлекеттік қызмет көрсету мерзімі – 15 жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3949,87 +4254,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған).</w:t>
+Электрондық (жартылай автоматтандырылған).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4098,69 +4403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы "Мүліктік құқықтарды ұжымдық негізде басқаратын ұйымдарды аккредиттеу" мемлекеттік қызмет көрсету қағидаларына 4-қосымшаға сәйкес бес жыл мерзімге берілетін аккредиттеу туралы куәлік не мемлекеттік қызметті көрсетуден бас тарту туралы уәжді жауап.</w:t>
-[...17 lines deleted...]
-Қызмет көрсету нәтижесінің нысаны – электрондық (ішінара автоматтандырылған).</w:t>
+Осы "Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидаларының 4-қосымшаға сәйкес аккредиттеу туралы куәлік немесе мемлекеттік қызмет көрсетуден бас тарту туралы негізделген жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4193,87 +4480,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде алынатын төлем мөлшері және оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет тегін және заңды тұлғаларға көрсетіледі.</w:t>
+Мемлекеттік қызмет заңды тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4341,168 +4646,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> (бұдан әрі - Заң) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+              <w:t>
+Көрсетілетін қызметті беруші- дүйсенбіден жұмаға дейін қоса алғанда 08.00-ден 17.30-ға дейін,түскі үзіліс – 12.00-ден 13.30-ға дейін, Қазақстан Республикасының Еңбек кодексіне (бұдан әрі – Кодекс) және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының Заңына (бұдан әрі – Заң) сәйкес демалыс және мереке күндерінен басқа.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету орындарының мекенжайлары www.egov.kz, www.elicense.kz порталдарында орналастырылған.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады). </w:t>
+              <w:t>
+Веб-портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Кодекске және Заңға сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4556,132 +4781,120 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету үшін қажетті құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...12 lines deleted...]
-          <w:bookmarkEnd w:id="25"/>
+Көрсетілетін қызметті алушы порталға жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) осы Қағидаларға 1-қосымшаға сәйкес көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) аккредиттеуден өту туралы жалпы жиналыс шешімінің электрондық көшірмесі;</w:t>
+              <w:t xml:space="preserve">
+2) аккредиттеуден өту туралы жалпы жиналыс шешімінің электрондық көшірмесі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3) ұйымның ұжымдық негізде мүліктік құқықтарды басқаратын шетелдiк ұйымдармен жасасқан екiжақты және көпжақты келiсiмдерiнің электрондық көшірмесі;</w:t>
+              <w:t xml:space="preserve">
+3) ұйымның Құқықтарды ұжымдық басқару жөніндегі ұйымдарды басқаратын шетелдiк ұйымдармен жасасқан екiжақты және көпжақты келiсiмдерiнің электрондық көшірмесі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) жалпы жиналыстың сыйақы мөлшеріне қатысты шешімінің электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4728,50 +4941,122 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) авторлық құқық және сабақтас құқықтар объектілері құқық иеленушілерінің көрсетілетін қызметті алушыға қатысты пікірлерінің электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) осы Қағидаларға 3-қосымшаға сәйкес мәліметтер нысаны.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) сыйақыны кемінде 20 рет бөлу және төлеуді растайтын құжаттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) соңғы бес жыл ішінде шетелдік құқықтарды ұжымдық басқару негізде ұйымдарына сыйақы аударуды растайтын құжаттар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) құқықтарды ұжымдық басқару ұйымы мүшелерінің тізімі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаның мемлекеттік тіркелуі (қайта тіркелуі) туралы мәліметтерді қызмет көрсетуші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4840,201 +5125,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетуден бас тарту кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға бас тарту себептерін көрсете отырып жауап жібереді:</w:t>
+Көрсетілетін қызметті беруші мемлекеттік көрсетілетін қызмет көрсетуден мынадай негіздер бойынша бас тартады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Қазақстан Республикасының заңнамасында белгiленген құжаттарды ұсынбау;</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) ұсынылған құжаттарда қамтылған мәлiметтердің толық болмауы;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) мемлекеттік бақылау және қадағалау органдарының лауазымды адамдарына олардың қызметтік міндеттерін орындауына кедергі келтіргені, сондай-ақ қаулыларды, нұсқамаларды және өзге де талаптарды орындамағаны үшін әкімшілік жауаптылыққа тартылу;</w:t>
+3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> көзделген міндеттерді орындамауы және (немесе) тиісінше орындауы.</w:t>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> белгіленген ұжымдық басқару салаларындағы қызметті жүзеге асыруға аккредиттеу туралы куәлікті көрсетілетін қызметті беруші аккредиттеуден бас тарту туралы шешім қабылдаған күннен бастап екі жыл ішінде алуға құқылы емес.</w:t>
+              <w:t>
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5067,105 +5292,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда көрсетілетін мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+ Мемлекеттік қызметті, оның ішінде электрондық нысанда көрсетілетін мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары уәкілетті органның www.adilet.gov.kz интернет-ресурстарында орналастырылған.</w:t>
-[...17 lines deleted...]
-Көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті ЭЦҚ болған жағдайда портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары уәкілетті органның www.adilet.gov.kz интернет-ресурстарында орналастырылған.Көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті ЭЦҚ болған жағдайда портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5258,116 +5465,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүліктік құқықтарды</w:t>
-[...64 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>"Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидаларына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5388,318 +5530,360 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мәліметтер нысаны</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мүліктік құқықтарды ұжымдық негізде басқаратын ұйым аккредиттеуден өту үшін ұсынатын мәліметтер</w:t>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Құқықтарды ұжымдық басқару жөніндегі ұйымдардың аккредиттеуден өту үшін ұсынатын мәліметтері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Авторлық құқықтарды және сабақтас құқықтарды ұжымдық басқару үшін жасасқан </w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Авторлық құқықтарды және сабақтас құқықтарды ұжымдық басқаруға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы шарттардың саны __________________________________________;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Авторлық құқық және сабақтас құқық объектілерін пайдаланушылармен жасасқан </w:t>
-[...188 lines deleted...]
-      мәліметтер __________________________________.</w:t>
+      2. Авторлық құқық және сабақтас құқық объектілерін пайдаланушылармен </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданыстағы шарттардың саны __________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Құқықтарды ұжымдық басқару саласындағы қызметті жүсеге асыру (жыл саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Құқық иелері мен пайдаланушылар үшін қажетті Қазақстанның өңірлерінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осындай ұйымның атынан уәкілеттігі бар тұлғалар туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Интернет-ресурсының болуы туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Авторлық құқық және сабақтас құқықтар саласындағы құқықтарды ұжымдық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқаратын ұйымның соңғы екі жылдағы қызметін тексеру туралы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5735,107 +5919,107 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мүліктік құқықтарды</w:t>
-[...55 lines deleted...]
-            </w:r>
+              <w:t>"Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызметін көрсету қағидаларына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
@@ -5880,308 +6064,378 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Әділет министрлігі 20___ жылғы "___"__________ № ____ Құқықтарды ұжымдық басқару жөніндегі ұйымдарды аккредиттеу туралы КУӘЛІГІ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Құқықтарды ұжымдық басқару жөніндегі ұйымдардың толық атауы) келесі сала </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аккредиттелген _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Авторлық құқық және сабақтас құқықтар туралы" Қазақстан Республикасы Заңының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағы заңды мекенжайы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________  (ұйымның заңды мекенжайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БСН _________________________________________ (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аккредиттеу туралы куәлік үш жыл мерзімге берілді. " " __________ 20__ жылға </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дейін жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құқықтарды ұжымдық басқару жөніндегі ұйымдардың аккредиттеу туралы куәлігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының заңнамасында белгіленген тәртіппен кері қайтарып </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алынуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...188 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -6202,55 +6456,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6572,35 +6826,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>