--- v0 (2025-12-29)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0c09e62" w14:textId="0c09e62">
+    <w:p w14:paraId="aae5fab" w14:textId="aae5fab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -173,560 +173,528 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5 т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...59 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+      1. Мыналар:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармағына сәйкес БҰЙЫРАМЫН:</w:t>
+      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Жекелеген тауар түрлерінің импортына және (немесе) экспортына лицензия беру" мемлекеттiк қызмет көрсету қағидалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру" мемлекеттiк қызмет көрсету қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Мыналар:</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) алып тасталды - ҚР Сауда және интеграция министрінің 09.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 486-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Сауда және интеграция министрінің 09.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 486-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Жекелеген тауар түрлерінің импортына және (немесе) экспортына лицензия беру" мемлекеттiк қызмет көрсету қағидалары;</w:t>
+      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық экономика министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру" мемлекеттiк қызмет көрсету қағидалары;</w:t>
+        <w:t>
+      3. Қазақстан Республикасы Сауда және интеграция министрлігінің Ішкі сауда департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық экономика министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Сауда және интеграция министрлігінің Ішкі сауда департаменті заңнамада белгіленген тәртіппен:</w:t>
+      2) осы бұйрықты Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Сауда және интеграция вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткеннен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1055,2276 +1023,1782 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 51-НҚ бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жекелеген тауар түрлерінің импортына және (немесе) экспортына лицензия беру" мемлекеттiк қызметті көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы "Жекелеген тауар түрлерінің импортына және (немесе) экспортына лицензия беру" мемлекеттiк қызметін көрсету қағидаларын (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасына сәйкес әзірлеген және жекелеген тауар түрлерінің импортына және (немесе) экспортына лицензия беру (бұдан әрі – мемлекеттік көрсетілетін қызметтер) тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z99" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Бiрыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z100" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көліктік қолтаңба – WSSecurity ерекшелігін қолдана отырып, ақпараттық жүйелердің ақпараттық өзара іс-қимылы кезінде берілетін хабарламалардың тұтастығы мен авторлығын қамтамасыз ету үшін пайдаланылатын электрондық цифрлық қолтаңба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z101" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лицензия – лицензиар жеке немесе заңды тұлғаға қауіптіліктің жоғары деңгейіне байланысты лицензияланатын қызмет түрін не лицензияланатын қызмет түрінің кіші түрін жүзеге асыруға беретін бірінші санаттағы рұқсат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z102" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z103" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "электрондық үкіметтің" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z104" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) – төлемдерді электрондық нысанда көрсетілетін өтеулі қызметтер көрсету шеңберінде жүргізу туралы ақпарат беру процестерін автоматтандыратын ақпараттық жүйе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z18" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік қызметті Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті (бұдан әрі – көрсетілетін қызметті беруші) портал арқылы көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет ақылы негізде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...60 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызметті көрсеткені үшін алым "Салық және бюджетке төленетiн басқа да мiндеттi төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>554-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тармағында белгіленген мөлшерлемелерге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 5) тармақшасына сәйкес Қазақстан Республикасы Сауда және интеграция министрлігі әзірлеген және жекелеген тауар түрлерінің импортына және (немесе) экспортына лицензия беру тәртібін айқындайды (бұдан әрі – Мемлекеттік көрсетілетін қызметтер).</w:t>
+        <w:t>
+      Алым сомасын төлеу үшін екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол ақшасыз нысанда немесе ЭҮТШ арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
+      4. Мемлекеттік қызметті алу үшін жеке және заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге портал арқылы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z99" w:id="12"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z110" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) Бiрыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+        <w:t xml:space="preserve">
+      1) электрондық құжат нысанында осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тауарлардың жекелеген түрлерінің экспортына немесе импортына лицензия беру туралы өтініш (бұдан әрі – өтініш);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z100" w:id="13"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z111" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көліктік қолтаңба – WSSecurity ерекшелігін қолдана отырып, ақпараттық жүйелердің ақпараттық өзара іс-қимылы кезінде берілетін хабарламалардың тұтастығы мен авторлығын қамтамасыз ету үшін пайдаланылатын электрондық цифрлық қолтаңба;</w:t>
+      2) сыртқы сауда шартының (келісімшартының) электрондық көшірмесі, қосымшалары және (немесе) оған толықтырулар (біржолғы лицензия үшін), ал сыртқы сауда шарты (келісімшарты) болмаған жағдайда – тараптардың ниеттерін растайтын өзге де құжаттың электрондық көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z101" w:id="14"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z112" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) лицензия – лицензиар жеке немесе заңды тұлғаға қауіптіліктің жоғары деңгейіне байланысты лицензияланатын қызмет түрін не лицензияланатын қызмет түрінің кіші түрін жүзеге асыруға беретін бірінші санаттағы рұқсат;</w:t>
+      3) егер қызмет түрі Еуразиялық экономикалық одақтың кедендік аумағында лицензиялау енгізілген тауар айналымына байланысты болса, лицензияланатын қызмет түрін жүзеге асыруға лицензияның электрондық көшірмесі немесе лицензияланатын қызмет түрін жүзеге асыруға лицензияның болуы туралы мәліметтер (егер бұл Еуразиялық экономикалық одаққа мүше мемлекеттің заңнамасында көзделген болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z102" w:id="15"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z113" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
+      4) лицензиялық алымның төленгені туралы мәліметтер жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z103" w:id="16"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) "электрондық үкіметтің" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
-[...138 lines deleted...]
-      Мемлекеттік қызмет ақылы негізде көрсетіледі.</w:t>
+      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкердің мемлекеттік тіркеуі немесе жеке кәсіпкер ретінде қызмет бастауы туралы құжаттардың мәліметтерін көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 4-тармағында белгіленген мөлшерлемелерге сәйкес жүзеге асырылады.</w:t>
+        <w:t>
+      Көрсетілетін қызметті алушыдан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Алым сомасын төлеу үшін екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол ақшасыз нысанда немесе ЭҮТШ арқылы жүзеге асырылады.</w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 432-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="20"/>
+    <w:bookmarkStart w:name="z20" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік қызметті алу үшін жеке және заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге портал арқылы:</w:t>
+      5. Көрсетілетін қызметті алушының өтініші бойынша 1 (бір) жұмыс күні ішінде көрсетілетін қызметті берушінің қатысуынсыз мемлекеттік қызмет көрсету нәтижесіне көліктік қолтаңба қою арқылы мемлекеттік қызмет көрсету нәтижесін портал толық автоматты түрде өңдейді және қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...72 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы Мемлекеттік көрсетілетін қызмет қағидаларына </w:t>
-[...9 lines deleted...]
-        <w:t>1</w:t>
+      6. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-қосымшаға</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына электрондық құжат нысанындағы өтініш;</w:t>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көліктік қолтаңбамен куәландырылған электрондық құжат немесе Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша дәлелді бас тарту нысанында жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="21"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) сыртқы сауда шартының (келісімшартының) электрондық көшірмесі, қосымшалары және (немесе) оған толықтырулар (біржолғы лицензия үшін), ал сыртқы сауда шарты (келісімшарты) болмаған жағдайда – тараптардың ниеттерін растайтын өзге де құжаттың электрондық көшірмесі;</w:t>
+      7. Мемлекеттік қызметті көрсетуден бас тартудың негіздері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z112" w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z91" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) егер қызмет түрі Еуразиялық экономикалық одақтың кедендік аумағында лицензиялау енгізілген тауар айналымына байланысты болса, лицензияланатын қызмет түрін жүзеге асыруға лицензияның электрондық көшірмесі немесе лицензияланатын қызмет түрін жүзеге асыруға лицензияның болуы туралы мәліметтер (егер бұл Еуразиялық экономикалық одаққа мүше мемлекеттің заңнамасында көзделген болса);</w:t>
+      1) көрсетілетін қызметті алушы лицензия алу үшін ұсынған құжаттарда мәліметтердің толық емес немесе анық емес болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z113" w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z92" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) лицензиялық алымның төленгені туралы мәліметтер жолдайды.</w:t>
+      2) Еуразиялық экономикалық комиссия Кеңесінің 2023 жылғы 24 қарашадағы № 125 шешімімен бекітілген Үшінші елдермен саудада тарифтік емес реттеу шаралары қолданылатын тауарлардың бірыңғай тізбесіне енгізілген тауарлардың экспортына және (немесе) импортына лицензиялар мен рұқсаттар беру қағидаларының 10, 11 және 12-тармақтарында көзделген талаптардың сақталмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z93" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкердің мемлекеттік тіркеуі немесе жеке кәсіпкер ретінде қызмет бастауы туралы құжаттардың мәліметтерін көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      3) лицензия беруге негіз болатын бір немесе бірнеше құжаттар қолданысының тоқтатылуы немесе тоқтатыла тұруы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z94" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушыдан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
+      4) іске асыру үшін лицензия сұралатын шартты (келісімшартты) орындау салдарынан туындауы мүмкін мүше мемлекеттердің халықаралық міндеттемелерінің бұзылуы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z95" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жазылған.</w:t>
+        <w:t>
+      5) квотаның, сондай-ақ тарифтік квотаның бітуі не олардың болмауы (квоталанатын тауарларға лицензия ресімделген жағдайда);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z96" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      6) қызметтiң жекелеген түрлерiмен айналысу құқығы үшiн лицензиялық алымның енгізілмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...168 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z97" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...505 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       7) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынылатын көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
-      </w:r>
-[...412 lines deleted...]
-      11. Көрсетілетін қызмет беруші осы Қағидаларға өзгерістер мен толықтырулар енгізу туралы нормативтік құқықтық акті бекітілген күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер мен толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымның операторына және Бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 11-тармақпен толықтырылды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 432-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші техникалық ақау анықталған сәттен бастап дереу "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын мемлекеттік көрсетілетін қызмет атауы, өтініш бойынша әкімшілік құжаттың нөмірі және коды, немесе өтініштің бірегей сәйкестендіру нөмірі, әкімшілік құжаттың нөмірі және коды, немесе рұқсат құжатының бірегей сәйкестендіру нөмірі, көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі бойынша ақпаратты міндетті түрде көрсету арқылы, авторизациялау сәтінен бастап қатенің нақты уақытын көрсете отырып, қате пайда болған сәтке дейінгі қадамдық скриншоттарды қоса бере отырып бірыңғай қолдау қызметі sd@nitec.kz электрондық поштасына сұрау салуды жіберу арқылы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z24" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша орталық мемлекеттік органдардың, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z25" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік органға, лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын қолайлы әкімшілік акт қабылдаса, әкімшілік әрекет жасаса, шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам, егер ол үш жұмыс күні ішінде шағымда талаптарды толық қанағаттандыратын қолайлы әкімшілік акт қабылдаса, әкімшілік әрекет жасаса, шағымды қарайтын органға жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Қазақстан Республикасының "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін сотқа шағым жасауға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 312-НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызмет беруші осы Қағидаларға өзгерістер мен толықтырулар енгізу туралы нормативтік құқықтық акті бекітілген күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер мен толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымның операторына және Бірыңғай байланыс орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 11-тармақпен толықтырылды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -3387,90 +2861,90 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Жекелеген тауар түрлерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">импортына және (немесе) </w:t>
+              <w:t>импортына және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">экспортына лицензия беру" </w:t>
+              <w:t>экспортына лицензия беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттiк қызметті</w:t>
+              <w:t>мемлекеттiк қызметін көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3504,4322 +2978,3906 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>нысан</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="37"/>
+    <w:bookmarkStart w:name="z28" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жекелеген тауар түрлерінің экспортына лицензия беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...882 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...99 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t>№ 312-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
-[...1605 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. № өтініш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...101 lines deleted...]
-2. "Экспортқа лицензия беру"</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Қолданылу кезеңі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КК.АА.ЖЖЖЖ дан бастап</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КК.АА.ЖЖЖЖ қоса алғанда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті</w:t>
+3. Лицензияның типі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+| ЭКСПОРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. № КК.АА.ЖЖЖЖ келісімшарт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...125 lines deleted...]
-өтініштерді қабылдау және нәтижелерді беру "электрондық үкімет" веб-порталы арқылы жүзеге асырылады: www.egov.kz, www.elicense.kz.</w:t>
+5. Өтініш беруші |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Сатып алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-Көрсету мерзімі - өтініш тіркелген күннен бастап 1 (бір) жұмыс күні ішінде.</w:t>
+7. Межелі елі |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Сатып алушының елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+9. Келісімшарт валютасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+10. Құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "импортқа лицензия беру":</w:t>
-[...53 lines deleted...]
-Электрондық (толық автоматтандырылған).</w:t>
+11. Статистикалық құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+12. Шығарылған елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+13. Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "Импортқа лицензия беру":</w:t>
-[...125 lines deleted...]
-Мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жолданады. </w:t>
+14. Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...175 lines deleted...]
-Алым сомасын төлеу қолма-қол немесе қолма-қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы немесе "электрондық үкіметтің" төлем шлюзі (бұдан әрі - ЭҮТШ) арқылы жүзеге асырылады.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауар коды және оның сипаттамасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...217 lines deleted...]
-Мемлекеттік қызмет көрсету мекенжайлары Министрліктің интернет-ресурсында орналастырылған: www. beta. egov.kz "Мемлекеттік көрсетілетін қызметтер".</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16. Қосымша ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...143 lines deleted...]
-4) лицензиялық алымның төленгені туралы мәліметтер жолдайды.</w:t>
+17. Лицензия беру үшін негіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18. Өтініш берушінің уәкілетті адамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін 20__ж. "__"______ ________(қолы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе. Тауарлардың жекелеген түрлерінің экспортына лицензия беру туралы өтініш көрсетілетін қызметті алушы, Еуразиялық экономикалық комиссия Кеңесінің 2023 жылғы 24 қарашадағы № 125 шешімімен бекітілген Үшінші елдермен саудада тарифтік емес реттеу шаралары қолданылатын тауарлардың, бірыңғай тізбесіне енгізілген тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына лицензиялар және рұқсаттар беруге өтініштерді ресімдеу жөніндегі қағидаларына 1 қосымшасының Тауарлардың жекелеген түрлерінің экспортына немесе импортына лицензиялар өтініштерді рәсімдеу және сондай лицензияларды рәсімдеу нұсқаулығына сәйкес қатаң толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КК.АА.ЖЖЖЖ – КК – күн, АА – ай, ЖЖ – жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Жекелеген тауар түрлерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>импортына және (немесе) экспортына лицензия беру" мемлекеттiк қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z30" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жекелеген тауар түрлерінің импортына лицензия беру туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. № өтініш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Қолданылу кезеңі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КК.АА.ЖЖЖЖ дан бастап</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КК.АА.ЖЖЖЖ қоса алғанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Лицензияның типі | ИМПОРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. № КК.АА.ЖЖЖЖ келісімшарт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Өтініш беруші |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Сатушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Жөнелту елі |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Сатушының елі |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Келісімшарт валютасы |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11. Статистикалық құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Шығарылған елі |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13. Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14. Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауар коды және оның сипаттамасы |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16. Қосымша ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17. Лицензия беру үшін негіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18. Өтініш берушінің уәкілетті адамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін 20__ж. "__"______ ________(қолы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе. Тауарлардың жекелеген түрлерінің импортына лицензия беру туралы өтініш көрсетілетін қызметті алушы, Еуразиялық экономикалық комиссия Кеңесінің 2023 жылғы 24 қарашадағы № 125 шешімімен бекітілген Үшінші елдермен саудада тарифтік емес реттеу шаралары қолданылатын тауарлардың, бірыңғай тізбесіне енгізілген тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына лицензиялар және рұқсаттар беруге өтініштерді ресімдеу жөніндегі қағидаларына 1 қосымшасының Тауарлардың жекелеген түрлерінің экспортына немесе импортына лицензиялар өтініштерді рәсімдеу және сондай лицензияларды рәсімдеу нұсқаулығына сәйкес қатаң толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КК.АА.ЖЖЖЖ – КК – күн, АА – ай, ЖЖ – жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Тауарлардың жекелеген </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">түрлерінің импортына және </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(немесе) экспортына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензия беру" мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z32" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Тауарлардың жекелеген түрлерінің импортына және (немесе) экспортына лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді -  ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Тауарлардың жекелеген түрлерінің импортына және (немесе) экспортына лицензия беру"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсетудің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. "Импортқа лицензия беру"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. "Экспортқа лицензия беру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) "импортқа лицензия беру":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтініштерді қабылдау және нәтижелерді беру "электрондық үкімет" веб-порталы арқылы жүзеге асырылады: www.egov.kz, www.elicense.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "экспортқа лицензия беру":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өтініштерді қабылдау және нәтижелерді беру "электрондық үкімет" веб-порталы арқылы жүзеге асырылады: www.egov.kz, www.elicense.kz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсету мерзімі - өтініш тіркелген күннен бастап 1 (бір) жұмыс күні ішінде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) "импортқа лицензия беру":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (толық автоматтандырылған).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "экспортқа лицензия беру":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (толық автоматтандырылған).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) "Импортқа лицензия беру":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік қызмет көрсету нәтижесі – көліктік қолтаңбамен куәландырылған осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша жекелеген тауар түрлерінің импортына лицензия немесе осы тізбенің 9-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден дәделді бас тарту туралы электрондық құжат нысанындағы жауап.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электрондық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жолданады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Экспортқа лицензия беру":</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесі – көліктік қолтаңбамен куәландырылған осы Қағидаларға 5-қосымшаға сәйкес нысан бойынша жекелеген тауар түрлерінің экспортына лицензия немесе осы тізбенің 9-тармағында көзделген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден дәлелді бас тарту туралы электрондық құжат нысанындағы жауап.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электрондық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жолданады. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға ақылы негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету үшін алым "Салық және бюджетке төленетiн басқа да мiндеттi төлемдер туралы" Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодексінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Салық кодексі) белгіленген мөлшерлемелерге сәйкес жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алым ставкалары: лицензия беру үшін – 10 (он) айлық есептік көрсеткішті құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алым сомасын төлеу қолма-қол немесе қолма-қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы немесе "электрондық үкіметтің" төлем шлюзі (бұдан әрі - ЭҮТШ) арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) Порталдың жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, құжаттарды қабылдау тәулік бойы жүзеге асырылады (көрсетілетін қызметті алушы Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының Заңының (бұдан әрі – Мерекелер туралы Заң) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Көрсетілетін қызметті беруші – Кодекске және Мерекелер туралы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 12:30-ден 13:30-ге дейінгі түскі үзіліспен сағат 08:30-ден 17:30-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мекенжайлары Министрліктің интернет-ресурсында орналастырылған: www. beta. egov.kz "Мемлекеттік көрсетілетін қызметтер".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті алу үшін жеке және заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге портал арқылы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) осы мемлекеттік көрсетілетін қызмет қағидаларына 1 және 2-қосымшаға сәйкес нысан бойынша тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сыртқы сауда шартының (келісімшартының) электрондық өшірмесі, қосымшалары және ( немесе) оған толықтырулар (біржолғы лицензия үшін), ал сыртқы сауда шарты (келісімшарты) болмаған жағдайда – тараптардың ниеттерін растайтын өзге де құжаттың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) егер қызмет түрі Еуразиялық экономикалық одақтың кедендік аумағында лицензиялау енгізілген тауар айналымына байланысты болса, лицензияланатын қызмет түрін жүзеге асыруға лицензияның электрондық көшірмесі немесе лицензияланатын қызмет түрін жүзеге асыруға лицензияның болуы туралы мәліметтер (егер бұл Еуразиялық экономикалық одаққа мүше мемлекеттің заңнамасында көзделген болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) лицензиялық алымның төленгені туралы мәліметтер жолдайды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген тәртіпте мемлекеттік қызметті</w:t>
+Қазақстан Республикасының заңдарында белгіленген тәртіпте мемлекеттік қызметті</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көрсетуден бас тарту үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -7828,70 +6886,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-2) Қазақстан Республикасының Заңымен ратификацияланған Еуразиялық экономикалық одақ туралы шартта бекітілген тауарлардың экспортына және (немесе) импортына лицензиялар және рұқсаттар беру қағидаларының 10, 11 және 12-тармақтарында көзделген талаптарды сақталмауы;</w:t>
+              <w:t>
+1) көрсетілетін қызметті алушы лицензия алу үшін ұсынған құжаттарда мәліметтердің толық емес немесе анық емес болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Еуразиялық экономикалық комиссия Кеңесінің 2023 жылғы 24 қарашадағы № 125 шешімімен бекітілген Үшінші елдермен саудада тарифтік емес реттеу шаралары қолданылатын тауарлардың бірыңғай тізбесіне енгізілген тауарлардың экспортына және (немесе) импортына лицензиялар мен рұқсаттар беру қағидаларының 10, 11 және 12-тармақтарында көзделген талаптардың сақталмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) лицензия беруге негіз болатын бір немесе бірнеше құжаттар қолданысының тоқтатылуы немесе тоқтатыла тұруы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8990,176 +8048,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Cауда және интеграция министрлігі, ________ жылғы № ________ Сіздің өтінішінізді қарастырып, келесіні хабарлайды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көліктік қолтаңба</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9299,51 +8231,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10132,51 +9084,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15. Сыртқы экономикалық қызметтің Бірыңғай тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы |</w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауар коды және оның сипаттамасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10253,1326 +9205,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. Көліктік қолтаңба</w:t>
-            </w:r>
-[...1274 lines deleted...]
-18. Көліктік қолтаңба </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
@@ -11629,2914 +9305,2489 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>"Жекелеген тауар түрлерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сауда және интеграция</w:t>
+              <w:t xml:space="preserve">импортына және (немесе) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">министрінің </w:t>
+              <w:t>экспортына лицензия беру" мемлекеттiк қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 16 наурыздағы</w:t>
-[...25 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...363 lines deleted...]
-      Мемлекеттік қызмет ақысыз негізде көрсетіледі.</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1460500" cy="1308100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1460500" cy="1308100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...194 lines deleted...]
-      Көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...391 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша орталық мемлекеттік органдардың, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...712 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> ТАУАРЛАРДЫҢ ЖЕКЕЛЕГЕН ТҮРЛЕРІНІҢ ИМПОРТЫНА ЛИЦЕНЗИЯ ҚАЗАҚСТАН РЕСПУБЛИКАСЫ САУДА ЖӘНЕ ИНТЕГРАЦИЯ МИНИСТРЛІГІНІҢ САУДА КОМИТЕТІ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Лицензия №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Уәкілетті орган </w:t>
+              <w:t>2. Қолдану кезеңі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖЖЖЖ.КК.АА. дан бастап ЖЖЖЖ.КК.АА дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. № рұқсат</w:t>
+3. Лицензияның типі | ИМПОРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Қолданылу кезеңі ЖЖЖЖ.КК.АА-дан бастап ЖЖЖЖ.КК.АА. дейін</w:t>
+4. ____ _________№_______келісімшарт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Рұқсаттың типі | ЭКСПОРТ</w:t>
+5. Өтініш беруші |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. _______ № _______ келісімшарт</w:t>
+6. Сатушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Өтініш беруші |</w:t>
+7. Жөнелту елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Сатып алушы</w:t>
+8. Сатушының елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Межелі ел</w:t>
-[...36 lines deleted...]
-8. Сатып алушының елі</w:t>
+9. Келісімшарт валютасы |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Статистикалық құны |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-9. Келісімшарт валютасы | </w:t>
+              <w:t>
+12. Шығарылған елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-10. Құны </w:t>
+              <w:t>
+13. Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-11. Статистикалық құны стоимость </w:t>
+              <w:t>
+14. Өлшем бірлігі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-14. Өлшем бірлігі</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауар коды және оның сипаттамасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15. Сыртқы экономикалық қызметтің бірыңғай тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы</w:t>
+16. Қосымша ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17. Лицензия беру үшін негіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-16. Қосымша ақпарат</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18. Көліктік қолтаңба</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...138 lines deleted...]
-Күні</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сауда және интеграция</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министрінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 16 наурыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 51-НҚ бұйрығына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z37" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру" мемлекеттiк қызметті көрсету қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z38" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z39" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы "Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру" мемлекеттiк қызметті көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Рұқсаттар және хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасына сәйкес әзірлеген және Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру тәртібін айқындайды (бұдан әрі – мемлекеттік көрсетілетін қызметтер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Ескертпе. Тауарлардың жекелеген түрлерінің экспортына лицензия беру туралы өтінішті көрсетілетін қызметті алушы Еуразиялық экономикалық комиссия Алқасының 2014 жылғы 6 қарашадағы № 199 шешімімен бекітілген Тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсатты ресімдеу туралы нұсқаулығына қатаң сәйкестікте толтырады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z105" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Бiрыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z106" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көліктік қолтаңба – WSSecurity ерекшелігін қолдана отырып, ақпараттық жүйелердің ақпараттық өзара іс-қимылы кезінде берілетін хабарламалардың тұтастығы мен авторлығын қамтамасыз ету үшін пайдаланылатын электрондық цифрлық қолтаңба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z107" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z108" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рұқсат – автоматты түрде лизенциялау (байқау) белгіленген тауар нысанасы болып табылатын сыртқы сауда шартының (келісімшартының) негізінде сыртқы сауда қызметіне қатысушыға берілетін арнайы құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z109" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "электрондық үкіметтің" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z42" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мемлекеттік қызметті Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті (бұдан әрі – көрсетілетін қызметті беруші) портал арқылы көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет ақысыз негізде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мемлекеттік қызметті алу үшін жеке және заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге портал арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделетін тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру жобасының электрондық көшірмесі бар сұрау жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкердің мемлекеттік тіркеуі немесе жеке кәсіпкер ретінде қызмет бастауы туралы құжаттардың мәліметтерін көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЖЖЖЖ.КК.АА – ЖЖЖЖ – жыл, КК – күн, АА – ай.</w:t>
+      Көрсетілетін қызметті алушыдан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      СЭҚ БТН – Сыртқы экономикалық қызметтің бірыңғай тауар номенклатурасы.</w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көрсетілетін қызметті алушының өтініші бойынша 1 (бір) жұмыс күні ішінде көрсетілетін қызметті берушінің қатысуынсыз мемлекеттік қызмет көрсету нәтижесіне көліктік қолтаңба қою арқылы мемлекеттік қызмет көрсету нәтижесін портал толық автоматты түрде өңдейді және қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+        <w:t>№ 312-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 312-НҚ</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+        <w:t>№ 85-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші техникалық ақау анықталған сәттен бастап дереу "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын мемлекеттік көрсетілетін қызмет атауы, өтініш бойынша әкімшілік құжаттың нөмірі және коды, немесе өтініштің бірегей сәйкестендіру нөмірі, әкімшілік құжаттың нөмірі және коды, немесе рұқсат құжатының бірегей сәйкестендіру нөмірі, көрсетілетін қызметті алушының жеке сәйкестендіру нөмірі немесе бизнес-сәйкестендіру нөмірі бойынша ақпаратты міндетті түрде көрсету арқылы, авторизациялау сәтінен бастап қатенің нақты уақытын көрсете отырып, қате пайда болған сәтке дейінгі қадамдық скриншоттарды қоса бере отырып бірыңғай қолдау қызметі sd@nitec.kz электрондық поштасына сұрау салуды жіберу арқылы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z47" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша орталық мемлекеттік органдардың, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z48" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік органға, лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын қолайлы әкімшілік акт қабылдаса, әкімшілік әрекет жасаса, шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам, егер ол үш жұмыс күні ішінде шағымда талаптарды толық қанағаттандыратын қолайлы әкімшілік акт қабылдаса, әкімшілік әрекет жасаса, шағымды қарайтын органға жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін сотқа шағым жасауға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызмет беруші осы Қағидаларға өзгерістер мен толықтырулар енгізу туралы нормативтік құқықтық акті бекітілген күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер мен толықтырулар туралы ақпаратты "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымның операторына және Бірыңғай байланыс орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-тармақпен толықтырылды - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -14664,123 +11915,123 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 2-қосымша</w:t>
+              <w:t>қағидаларына 1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="56"/>
+    <w:bookmarkStart w:name="z51" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жекелеген тауарлар түрлерiнiң импортына рұқсат беру жобасы</w:t>
+        <w:t xml:space="preserve"> Жекелеген тауарлар түрлерiнiң экспортына рұқсат беру жобасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 85-НҚ</w:t>
+        <w:t>№ 312-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14806,51 +12057,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Уәкілетті орган </w:t>
+              <w:t>Уәкілетті орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14884,92 +12135,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Қолданылу кезеңі ЖЖЖЖ.КК.АА-дан бастап ЖЖЖ.КК.АА. дейін</w:t>
+2. Қолданылу кезеңі ЖЖЖЖ.КК.АА-дан бастап ЖЖЖЖ.КК.АА. дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Рұқсаттың типі | ИМПОРТ</w:t>
+3. Рұқсаттың типі | ЭКСПОРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15158,201 +12409,201 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-9. Келісімшарт валютасы | </w:t>
+              <w:t>
+9. Келісімшарт валютасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-10. Құны </w:t>
+              <w:t>
+10. Құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-11. Статистикалық құны стоимость </w:t>
+              <w:t>
+11. Статистикалық құны стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-12. Шығарылған елі | </w:t>
+              <w:t>
+12. Шығарылған елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-13. Саны </w:t>
+              <w:t>
+13. Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15386,51 +12637,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15. Сыртқы экономикалық қызметтің бірыңғай тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы</w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауар коды және оның сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15472,214 +12723,124 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17. Өтініш берушінің уәкiлетті адамы</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...52 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. Көліктік қолтаңба</w:t>
-            </w:r>
-[...16 lines deleted...]
-Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе. Тауарлардың жекелеген түрлерінің импортына лицензия беру туралы өтінішті көрсетілетін қызметті алушы Еуразиялық экономикалық комиссия Алқасының 2014 жылғы 6 қарашадағы № 199 шешімімен бекітілген Тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсатты ресімдеу туралы нұсқаулығына қатаң сәйкестікте толтырады.</w:t>
+      Ескертпе. Жекелеген тауарлар түрлерiнiң экспортына рұқсат беру жобасы көрсетілетін қызметті алушы, Еуразиялық экономикалық комиссия Кеңесінің 2023 жылғы 24 қарашадағы № 125 шешімімен бекітілген Үшінші елдермен саудада тарифтік емес реттеу шаралары қолданылатын тауарлардың, бірыңғай тізбесіне енгізілген тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына лицензиялар және рұқсаттар беруге өтініштерді ресімдеу жөніндегі қағидаларына 4 қосымшасының Тауарлардың жекелеген түрлерінің экспортына немесе импортына лицензиялар өтініштерді рәсімдеу және сондай лицензияларды рәсімдеу нұсқаулығына сәйкес қатаң толтырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖЖЖЖ.КК.АА – ЖЖЖЖ – жыл, КК – күн, АА – ай.</w:t>
-      </w:r>
-[...16 lines deleted...]
-      СЭҚ БТН – Сыртқы экономикалық қызметтің бірыңғай тауар номенклатурасы.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15728,1796 +12889,997 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аумағына жекелеген тауарлар</w:t>
+              <w:t>аумағында тауарлардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">түрлерін экспорттауға және </w:t>
+              <w:t>жекелеген түрлерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) импорттауға рұқсат </w:t>
+              <w:t>экспортына және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">беру" мемлекеттiк қызметті </w:t>
+              <w:t>импортына рұқсат беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жекелеген тауарлар түрлерiнiң импортына рұқсат беру жобасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 312-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тізбеге өзгеріс енгізу көзделген - </w:t>
-[...169 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уәкілетті орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-Құжаттарды қабылдау және мемлекеттік қызмет нәтижесін беру "электрондық үкіметтің" веб-порталы www. egov. kz, www. eli cens e. kz. арқылы жүзеге асырылады.</w:t>
+1. № рұқсат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Қолданылу кезеңі ЖЖЖЖ.КК.АА-дан бастап ЖЖЖ.КК.АА. дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Рұқсаттың типі | ИМПОРТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. _______ № _______ келісімшарт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-Мемлекеттiк қызмет тіркелген күннен бастап 1 (бір) жұмыс күнін құрайды.</w:t>
+5. Өтініш беруші |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Сатушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-Электрондық (толық автоматтандырылған)</w:t>
+7. Жөнелту елі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Сатушының елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+9. Келісімшарт валютасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+10. Құны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жекелеген тауарлар түрлерін экспорттауға және (немесе) импорттауға рұқсат.</w:t>
-[...35 lines deleted...]
-Мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жолданады.</w:t>
+11. Статистикалық құны стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+12. Шығарылған елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде қызмет алушыдан алынатын төлем мөлшері және Қазақстан Республикасы заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+13. Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке және заңды тұлғаларға мемлекеттік көрсетілетін қызмет ақысыз негізде көрсетіледі.</w:t>
+14. Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...217 lines deleted...]
-Мемлекеттік қызмет көрсету мекенжайлары Министрліктің интернет-ресурсында орналастырылған: www.beta.egov.kz "Мемлекеттік көрсетілетін қызметтер".</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Мемлекеттік қызметті алу үшін жеке және заңды тұлға көрсетілетін қызметті берушіге портал арқылы осы мемлекеттік көрсетілетін қызмет "Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру" мемлекеттік қызметін көрсету қағидаларында 1 немесе 2-қосымшаға сәйкес рәсімделетін тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру жобасының электрондық көшірмесі бар сұрау жолдайды.</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16. Қосымша ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...107 lines deleted...]
-"Мемлекеттік көрсетілетін қызметтер" бөлімі.</w:t>
+17. Өтініш берушінің уәкiлетті адамы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18. Көліктік қолтаңба</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...21 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...63 lines deleted...]
-      </w:r>
+      Ескертпе. Жекелеген тауарлар түрлерiнiң импортына рұқсат беру жобасы көрсетілетін қызметті алушы Еуразиялық экономикалық комиссия Кеңесінің 2023 жылғы 24 қарашадағы № 125 шешімімен бекітілген Үшінші елдермен саудада тарифтік емес реттеу шаралары қолданылатын тауарлардың, бірыңғай тізбесіне енгізілген тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына лицензиялар және рұқсаттар беруге өтініштерді ресімдеу жөніндегі қағидаларына 4 қосымшасының Тауарлардың жекелеген түрлерінің экспортына немесе импортына лицензиялар өтініштерді рәсімдеу және сондай лицензияларды рәсімдеу нұсқаулығына сәйкес қатаң толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      ЖЖЖЖ.КК.АА – ЖЖЖЖ – жыл, КК – күн, АА – ай.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17566,50 +13928,1652 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>аумағына жекелеген тауарлар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">түрлерін экспорттауға және </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(немесе) импорттауға рұқсат </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">беру" мемлекеттiк қызметті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z55" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының аумағына тауарлардың жекелеген түрлерін экспорттауға және (немесе) импорттауға рұқсат беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымшаға өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.02.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды қабылдау және мемлекеттік қызмет нәтижесін беру "электрондық үкіметтің" веб-порталы www. egov. kz, www. eli cens e. kz. арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк қызмет көрсету мерзімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк қызмет тіркелген күннен бастап 1 (бір) жұмыс күнін құрайды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (толық автоматтандырылған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жекелеген тауарлар түрлерін экспорттауға және (немесе) импорттауға рұқсат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электрондық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесі көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" көліктік қолтаңбамен куәландырылған электрондық құжат нысанында жолданады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде қызмет алушыдан алынатын төлем мөлшері және Қазақстан Республикасы заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет жеке және заңды тұлғаларға мемлекеттік көрсетілетін қызмет ақысыз негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) Порталдың жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, құжаттарды қабылдау тәулік бойы жүзеге асырылады (көрсетілетін қызметті алушы Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының Заңының (бұдан әрі – Мерекелер туралы Заң) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Көрсетілетін қызметті беруші – Кодекске және Мерекелер туралы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 12:30-ден 13:30-ге дейінгі түскі үзіліспен сағат 08:30-ден 17:30-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мекенжайлары Министрліктің интернет-ресурсында орналастырылған: www. beta. egov.kz "Мемлекеттік көрсетілетін қызметтер".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті алу үшін жеке және заңды тұлға көрсетілетін қызметті берушіге портал арқылы осы мемлекеттік көрсетілетін қызмет "Қазақстан Республикасының аумағында тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру" мемлекеттік қызметін көрсету қағидаларында 1 немесе 2-қосымшаға сәйкес рәсімделетін тауарлардың жекелеген түрлерінің экспортына және (немесе) импортына рұқсат беру жобасының электрондық көшірмесі бар сұрау жолдайды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының мемлекеттiк қызмет көрсетудің мәртебесі туралы ақпаратты порталдың "жеке кабинеті" арқылы қашықтан қол жеткізу режимінде алуға және бiрыңғай байланыс орталығы: 1414, 8-800-080-77-77 арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мемлекеттік қызмет көрсету мәселелері туралы анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында көрсетілген www.beta.egov.kz,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мемлекеттік көрсетілетін қызметтер" бөлімі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>аумағында тауарлардың жекелеген түрлерінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>экспортына және (немесе)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -17672,51 +15636,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 27.02.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 312-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18541,51 +16525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15. Сыртқы экономикалық қызметтің Бірыңғай тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы |</w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауар коды және оның сипаттамасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18624,141 +16608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17. Өтініш берушінің</w:t>
-[...89 lines deleted...]
-Күні</w:t>
+17. Өтініш берушінің уәкілетті адамы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -18770,169 +16664,252 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. Көліктік қолтаңба</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумағында тауарлардың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жекелеген түрлерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экспортына және (немесе)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>импортына рұқсат беру"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет көрсету</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Сауда және интеграция министрінің м.а. 04.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 312-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5-қосымша жаңа редакцияда көзделген - </w:t>
-[...49 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18968,1231 +16945,911 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
-[...77 lines deleted...]
-              <w:t>қағидаларына 5-қосымша</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1460500" cy="1308100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1460500" cy="1308100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:tbl>
-[...81 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТАУАРЛАРДЫҢ ЖЕКЕЛЕГЕН ТҮРЛЕРІН ЭКСПОРТТАУҒА РҰҚСАТ БЕРУ ҚАЗАҚСТАН РЕСПУБЛИКАСЫ САУДА ЖӘНЕ ИНТЕГРАЦИЯ МИНИСТРЛІГІНІҢ САУДА КОМИТЕТІ</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Рұқсат №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...78 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ТАУАРЛАРДЫҢ ЖЕКЕЛЕГЕН ТҮРЛЕРІН ЭКСПОРТТАУҒА РҰҚСАТ БЕРУ</w:t>
+              <w:t>2. Қолдану кезеңі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ САУДА ЖӘНЕ ИНТЕГРАЦИЯ МИНИСТРЛІГІНІҢ САУДА КОМИТЕТІ</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>КК.АА.ЖЖЖЖ. дан бастап КК.АА.ЖЖЖЖ дейін</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1. Рұқсат № </w:t>
+              <w:t>
+3. Рұқсат түрі | ЭКСПОРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Қолдану кезеңі</w:t>
-[...17 lines deleted...]
-КК.АА.ЖЖЖЖ. дан бастап КК.АА.ЖЖЖЖ дейін</w:t>
+4. ____ _________№_______келісімшарт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Рұқсат түрі | ЭКСПОРТ</w:t>
+5. Өтініш беруші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. ____ _________№_______келісімшарт</w:t>
+6. Сатып алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Өтініш беруші</w:t>
+7. Межелі елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6. Сатушы </w:t>
+              <w:t>
+8. Сатып алушының елі |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...37 lines deleted...]
-8. Сатушының елі | </w:t>
+              <w:t>
+9. Келісімшарт валютасы |</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Құны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11. Статистикалық құны |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-9. Келісімшарт валютасы | </w:t>
+              <w:t>
+12. Шығарылған елі|</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10. Құны</w:t>
+13. Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-11. Статистикалық құны | </w:t>
+              <w:t>
+14. Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-14. Өлшем бірлігі</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15. Сыртқы экономикалық қызметтің Бірыңғай тауар номенклатурасы бойынша тауардың коды және оның сипаттамасы |</w:t>
+16. Қосымша ақпарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...40 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.Өтініш берушінің уәкілетті тұлғасы</w:t>
-            </w:r>
-[...70 lines deleted...]
-Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18. Көліктік қолтаңба</w:t>
-            </w:r>
-[...16 lines deleted...]
-Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20302,68 +17959,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 51-НҚ бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkStart w:name="z59" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тауар биржалары қызметімен айналысу құқығына лицензия беру" мемлекеттiк қызметті көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша алып тасталды - ҚР Сауда және интеграция министрінің 09.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20506,442 +18163,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 51-НҚ бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="58"/>
+    <w:bookmarkStart w:name="z82" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық экономика министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z83" w:id="59"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z83" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 21 сәуірдегі № 347 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 19 мамырда № 11079 тіркелді, 2015 жылғы 22 мамырда "Әділет" құқықтық жүйеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z84" w:id="60"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 20 мамырдағы № 396 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 11 маусымда № 11298 тіркелді, 2015 жылғы 23 маусымда "Әділет" құқықтық жүйеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z85" w:id="61"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 21 сәуірдегі № 347 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 26 қаңтардағы № 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 23 ақпанда № 13177 болып тіркелді), 2016 жылғы 10 наурызда "Әділет" құқықтық жүйеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z86" w:id="62"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Ұлттық экономика Министрінің 2015 жылғы 20 мамырдағы № 396 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 26 ақпандағы № 107 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 24 наурызда № 13519 болып тіркелді, 2016 жылғы 6 сәуір "Әділет" құқықтық жүйеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z87" w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 21 сәуірдегі № 347 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2016 жылғы 20 маусымдағы № 269 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 20 шілдеде № 13948 болып тіркелді, 2016 жылғы 1 тамызда "Әділет" құқықтық жүйеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z88" w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 20 мамырдағы № 396 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2017 жылғы 20 маусымдағы № 247 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 19 шілдеде № 15349 болып тіркелді, Қазақстан Республикасының нормативтік құқықтық актілерінің анықтамалық бақылау банкінде 2017жылғы 31 шілдеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z89" w:id="65"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 21 сәуірдегі № 347 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2019 жылғы 10 қаңтардағы № 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 16 қаңтарда № 18199 болып тіркелді, Қазақстан Республикасының нормативтік құқықтық актілерінің анықтамалық бақылау банкінде 2019 жылғы 23 қаңтарда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z90" w:id="66"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Ұлттық экономика министрлігі көрсететін мемлекеттік қызметтер регламенттерін бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 20 мамырдағы № 396 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2019 жылғы 19 наурыздағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 2 сәуірде № 18448 болып тіркелді, Қазақстан Республикасының нормативтік құқықтық актілерінің анықтамалық бақылау банкінде 2019 жылғы 9 сәуірде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>