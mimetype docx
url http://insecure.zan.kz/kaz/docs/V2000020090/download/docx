--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="944ce18" w14:textId="944ce18">
+    <w:p w14:paraId="cc82c8d" w14:textId="cc82c8d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 бұйрығына өзгеріс енгізу туралы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі төрағасының 2020 жылғы 2 наурыздағы № 40 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 4 наурызда № 20090 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі төрағасының 2020 жылғы 2 наурыздағы № 40 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 4 наурызда № 20090 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -328,127 +424,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік қызмет істері агенттігінің төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -7909,311 +8017,330 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Б" КОРПУСЫНЫҢ ӘКІМШІЛІК МЕМЛЕКЕТТІК ЛАУАЗЫМЫНА КАНДИДАТТЫҢ ҚЫЗМЕТТІК ТІЗІМІ ПОСЛУЖНОЙ СПИСОК КАНДИДАТА НА АДМИНИСТРАТИВНУЮ ГОСУДАРСТВЕННУЮ ДОЛЖНОСТЬ КОРПУСА "Б"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="716"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="12407"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ________________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегі, аты және әкесінің аты (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12300"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12300" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 ФОТО</w:t>
                   </w:r>
-                  <w:r>
-[...1 lines deleted...]
-                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 (түрлі түсті/ цветное,</w:t>
                   </w:r>
-                  <w:r>
-[...1 lines deleted...]
-                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 3х4)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 лауазымы/должность, санаты/категория</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (болған жағдайда/при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
@@ -8236,67 +8363,75 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (жеке сәйкестендіру нөмірі / индивидуальный</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
@@ -8328,51 +8463,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЖЕКЕ МӘЛІМЕТТЕР / ЛИЧНЫЕ ДАННЫЕ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8397,113 +8532,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні және жері /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8528,113 +8660,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлты (қалауы бойынша) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Национальность (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8659,113 +8788,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отбасылық жағдайы, балалардың бар болуы /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семейное положение, наличие детей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8790,113 +8916,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу орнын бітірген жылы және оныңатауы /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Год окончания и наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8921,113 +9044,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандығы бойынша біліктілігі, ғылыми дәрежесі, ғылыми атағы (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Квалификация по специальности, ученая степень, ученое звание (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9052,113 +9172,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетел тілдерін білуі /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Владение иностранными языками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9183,113 +9300,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік наградалары, құрметті атақтары (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные награды, почетные звания (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9314,113 +9428,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломатиялық дәрежесі, әскери, арнайы атақтары, сыныптық шені (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дипломатический ранг, воинское, специальное звание, классный чин (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9445,113 +9556,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаза түрі, оны тағайындау күні мен негізі (болған жағдайда) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид взыскания, дата и основания его наложения (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9576,807 +9684,765 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соңғы үш жылдағы қызметінің тиімділігін жыл сайынғы бағалау күні мен нәтижесі, егер үш жылдан кем жұмыс істеген жағдайда, нақты жұмыс істеген кезеңіндегі бағасы көрсетіледі (мемлекеттік әкімшілік қызметшілер толтырады) /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и результаты ежегодной оценки эффективности деятельности за последние три года, в случае, если проработал менее трех лет, указываются оценки за фактически отработанный период (заполняется государственными служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ЕҢБЕК ЖОЛЫ/ТРУДОВАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні / Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қызметі, жұмыс орны, мекеменің орналасқан жері /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 должность*, место работы, местонахождение организации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2350" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қабылданған /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2381" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 босатылған /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2350" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2381" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="12407" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="716" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидаттың қолы /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12407" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күні / дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -10687,929 +10753,860 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-сұрақ * (сұрақтардың жалпы тізіміндегі нөмірі) _________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7839"/>
-        <w:gridCol w:w="4461"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балл **</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1-сұраққа жауап </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2-сұраққа жауап </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3-сұраққа жауап *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эссені жазу ***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кәсіби тәжірибе </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқару дағдылары ****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Коммуникативтік дағдылар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -13336,1502 +13333,1377 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қатысушылардың әңгімелесуге жіберу тураы ШЕШІМ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1799"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1017"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="625" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лауазым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидаттың тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шешім (жіберілді / жіберілген жоқ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1017" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жіберілмеу себебі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="625" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5189" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="625" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="5189" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3670" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1017" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -15059,1502 +14931,1377 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әңгімелесу және эссе өткізу КЕСТЕСІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1632"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2698"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лауазым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кандидаттың тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әңгімелесу өтетін орны, күні және уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2698" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эссе өтетін орны, күні және уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4706" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4706" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4706" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2698" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -16600,55 +16347,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>