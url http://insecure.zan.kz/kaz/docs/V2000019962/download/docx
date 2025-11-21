--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28648f3" w14:textId="28648f3">
+    <w:p w14:paraId="8a2cc7b" w14:textId="8a2cc7b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,68 +76,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Балықтар мен басқа да су жануарларының мониторингі қағидаларын бекіту туралы</w:t>
+        <w:t>Балықтар мен басқа да су жануарларын мониторингтеу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2020 жылғы 29 қаңтардағы № 25 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 31 қаңтарда № 19962 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Тақырып жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -188,114 +236,258 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      "Жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану туралы" Қазақстан Республикасы Заңының 9-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса берілген Балықтар мен басқа да су жануарларының мониторингі </w:t>
+      1. Қоса берілген Балықтар мен басқа да су жануарларын мониторингтеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 379</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -693,902 +885,5239 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экология, геология және</w:t>
+            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Экология, геология және табиғи</w:t>
+              <w:t>табиғи ресурстар министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ресурстар министрінің</w:t>
-[...38 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>2020 жылғы 29 қаңтардағы № 25 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Балықтар мен басқа да су жануарларының мониторингі қағидалары</w:t>
+        <w:t xml:space="preserve"> Балықтар мен басқа да су жануарларын мониторингтеу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда – ҚР Экология, геология және табиғи ресурстар министрінің 15.06.2021 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 20.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 199</w:t>
+        <w:t>№ 379</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнiнен кейін күнтiзбелiк алпыс күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Балықтар мен басқа да су жануарлары мониторингінің қағидалары (бұдан әрі – Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 9-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және балықтар мен басқа да су жануарларының мемлекеттік мониторингін жүргізу тәртібін айқындайды.</w:t>
+      1. Осы Балықтар мен басқа да су жануарларын мониторингтеу қағидалары (бұдан әрі – Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 9-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>36) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және балықтар мен басқа да су жануарларын мониторингтеу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Балық шаруашылығы комитетінің аумақтық бөлімшелері – облысаралық бассейндік балық шаруашылығы инспекциялары;</w:t>
+      1) аквашаруашылық субъектілері – аквашаруашылық объектілерін көбейтуге және (немесе) күтіп-ұстауға, өсіруге байланысты қызметті жүзеге асыратын жеке және (немесе) заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) алып қою квотасы – балық аулаушылар мен балық шаруашылығы субъектілері қоғамдық бірлестіктерінің аккредиттелген республикалық қауымдастығы жануарлар дүниесін пайдаланушылар арасында бөлетін балықтар мен басқа да су жануарларын алып қою лимитінің бөлігі;</w:t>
+      2) аквашаруашылық объектілері – аквашаруашылық субъектілері көбейтетін және (немесе) күтіп-ұстайтын, өсіретін балықтар, су моллюскалары және шаян тәрізділер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) алып қою лимиті – балықтардың және басқа да су жануарларының табиғи өсімін молайту мен саны сақталатын, оларды алып қоюдың жол берілетін шекті көлемі;</w:t>
+      3) балық аулау объектілерін алып қою квотасы (бұдан әрі – алып қою квотасы) – балық шаруашылығы саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері (бұдан әрі – аумақтық бөлімше) белгілейтін балық ресурстарын және басқа да су жануарларын алып қою лимитінің бөлігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) балықтар мен басқа да су жануарлары мониторингінің ақпараттық жүйесі – заңсыз шығарылған балықтар мен басқа да су жануарларын уақтылы анықтау және олардың өткізілуін болғызбау мақсатында ауланған, сатып алынған, қолдан өсірілген балық немесе басқа да су жануарлары туралы ақпаратты жинауға және өңдеуге, оларды көтерме саудада өткізуге, экспорттауға және импорттауға арналған ақпараттық жүйе;</w:t>
+      4) балықтың қайда ауланғаны туралы анықтама – балық шаруашылығы саласындағы уәкілетті орган белгілеген, балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсат негізінде балық шаруашылығы су айдындарында және (немесе) учаскелерінде ауланған балық ресурстары мен басқа да су жануарларының шығу тегін растайтын құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) жеке кабинет – бұл тек авторландырылған пайдаланушыға қолжетімді, пайдаланушының қажетті функционалға қолжетімділігін қамтитын ақпараттық жүйенің бөлімі;</w:t>
+      5) балықтар мен басқа да су жануарларының мемлекеттік мониторингі (бұдан әрі – балықтар мен басқа да су жануарларының мониторингі) – заңсыз ауланған балықтар мен басқа да су жануарларын уақтылы анықтау және олардың өткізілуін болғызбау мақсатында ауланған, сатып алынған, жасанды жолмен өсірілген балық немесе басқа да су жануарлары, оларды көтерме саудада өткізу, экспорттау және импорттау туралы ақпаратты жинауды және уақтылы өңдеуді қамтамасыз ететін жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) балықтың қайдан ауланғаны туралы анықтама – балық ресурстары мен басқа да су жануарларының шығу тегінің және оларды балық шаруашылығы су айдындарында және (немесе) учаскелерінде аулаудың не балық өсіру шаруашылықтарында өсірудің заңдылығын растайтын, уәкілетті орган белгілеген құжат;</w:t>
+      6) балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесі – заңсыз ауланған балықтар мен басқа да су жануарларын уақтылы анықтау және олардың өткізілуін болғызбау мақсатында ауланған, сатып алынған, жасанды жолмен өсірілген балық немесе басқа да су жануарлары, оларды көтерме және бөлшек саудада өткізу, экспорттау және импорттау туралы ақпаратты жинауға және өңдеуге арналған ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) ведомство – Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Балық шаруашылығы комитеті;</w:t>
+      7) балық ресурстарын және басқа да су жануарларын алып қою лимиті – балықтар мен басқа да су жануарларының табиғи өсімі мен саны сақталатын оларды алып қоюдың жол берілетін шекті көлемі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жануарлар дүниесін пайдалану құқығы берілген жеке және заңды тұлғалар;</w:t>
+        <w:t>
+      8) балық ресурстарын және басқа да су жануарларын пайдалануға арналған рұқсат – жеке және заңды тұлғаларға балық ресурстарын және басқа да су жануарларын пайдалануға, сондай-ақ ауланған балықтар мен басқа да су жануарларын, олардың бөліктері мен дериваттарын, оның ішінде балық аулау олжаларын әкетуге және өткізуге құқық беретін, белгіленген нысандағы құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) жануарлар дүниесін пайдалануға рұқсат – жеке және заңды тұлғаларға жануарлар дүниесін пайдалануға, сондай-ақ ауланған жануарлар дүниесі объектілерін, олардың бөліктері мен дериваттарын, оның ішінде аңшылық және балық аулау трофейлерін әкетуге және өткізуге құқық беретін, белгіленген нысандағы құжат;</w:t>
+      9) балық шаруашылығы саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – балық ресурстарын және басқа да су жануарларын қорғау, өсімін молайту және пайдалану саласында басшылықты, сондай-ақ өз өкілеттіктері шегінде салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) уәкілетті орган – Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі.</w:t>
+      10) балық шаруашылығы субъектісі – қызметінің негізгі бағыты балық шаруашылығын жүргізу болып табылатын жеке және заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жеке кабинет – пайдаланушының қажетті функционалға қол жеткізуін қамтитын, тек авторландырылған пайдаланушыға ғана қолжетімді балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесінің бөлімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) оператор – балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесін сүйемелдеуді жүзеге асыратын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық символдар жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Балық және басқа су жануарлары мемлекеттік мониторингін жүргізу тәртібі</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Балықтар мен басқа да су жануарларына мониторингтеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Балықтар мен басқа да су жануарларының мемлекеттік мониторингін осы Қағидаларға сәйкес уәкілетті орган жүзеге асырады.</w:t>
+      3. Балықтар мен басқа да су жануарларын мониторингі осы Қағидаларға сәйкес уәкілетті орган жергілікті атқарушы органмен және Балық аулаушылар және балық шаруашылығы субъектілер қоғамдық бірлестіктерінің республикалық қауымдастығымен бірлесіп жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Балықтар мен басқа да су жануарларының мемлекеттік мониторингі балықтар мен басқа да су жануарлары мониторингінің ақпараттық жүйесін пайдалана отырып жүзеге асырылады.</w:t>
+      Балықтар мен басқа да су жануарларын мониторингі балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесін пайдалана отырып, жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жануарлар дүниесін пайдаланушылардың, ведомствоның, аумақтық бөлімшелердің, жергілікті атқарушы органдардың қызметкерлерінің, балық аулаушылар мен балық шаруашылығы субъектілері қоғамдық бірлестіктерінің аккредиттелген республикалық қауымдастығы (бұдан әрі – Қауымдастық) өкілдерінің балықтар мен басқа да су жануарлары мониторингінің ақпараттық жүйесінде жұмыс істеуге арналған жеке кабинеттері болады.</w:t>
+      Жергілікті атқарушы органдар балық және басқа да су жануарлары мониторингінің ақпараттық жүйесінде жануарлар дүниесін пайдалануға берілген рұқсаттардың журналын жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Балық және басқа да су жануарлары мониторингінің ақпараттық жүйесіне жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы уәкiлеттi орган бекіткен балық және басқа да су жануарларын аулау лимиттерінің көлемі туралы ақпаратты енгізуді ведомство тиісті бұйрық бекітілген күннен бастап 5 жұмыс күні ішінде балықтарды және басқа да су жануарларын алып қою лимиттерін түзету мүмкіндігімен жүзеге асырады.</w:t>
+      Жергілікті атқарушы органдарға есеп беретін ветеринариялық қызметтердің қызметкерлері тиісті облыстың әкімшілік шекаралары шегінде балықтарды және басқа да су жануарларын өткізу, тасымалдау үшін өтініш берушінің өтініші бойынша белгіленген мерзімдерде балық және басқа да су жануарлары мониторингінің ақпараттық жүйесінде балықтың қайда ауланғаны туралы анықтама берілгені туралы мәліметтер болған кезде ғана ветеринариялық анықтама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10865 болып тіркелген) Жануарлар дүниесі объектілерін алып қою квоталарын бөлу қағидаларында белгіленген тәртіппен бекітілген алып қою лимиттері негізінде жануарлар дүниесін пайдаланушылар арасында балық және басқа су жануарлары мониторингінің ақпараттық жүйесінде бөледі.</w:t>
+        <w:t>
+      4. Балық шаруашылығы субъектілері, аквашаруашылық субъектілері, уәкілетті органның, оның ішінде оның ведомствосының және аумақтық бөлімшелерінің, жергілікті атқарушы органдардың, қаржы мониторингі жөніндегі мемлекеттік органның қызметкерлерінің балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесінде жұмыс істеуге арналған жеке кабинеттері болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Жануарлар дүниесін пайдаланушы пайдалану түріне қарай аулау, сатып алу немесе өткізу кезінен бастап күнтізбелік үш күн ішінде ауланған, сатып алынған, қолдан өсірілген балық немесе басқа да су жануарлары, олардың көтерме және бөлшек саудада сатылуы, сондай-ақ балық және балық өнімдерінің түрлер бөлінісінде экспорты мен импортының көлемі туралы деректерді балықтар мен басқа да су жануарлары мониторингінің ақпараттық жүйесіне енгізуді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      Балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесіне қолжетімділікті оператор "Ақпараттандыру туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті органның мемлекеттік көрсетілетін қызметтерді дамыту және агроөнеркәсіптік кешенді цифрландыру саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесінің хаты негізінде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14117 болып тіркелген) нысан бойынша балықтың қайдан ауланғаны туралы анықтаманы береді.</w:t>
+        <w:t>
+      Балықтар мен басқа да су жануарлары мониторингтеудің ақпараттық жүйесінде жұмыс істеу үшін жеке кабинетте авторландырылу үшін ЭЦҚ немесе логинді (бизнес-сәйкестендіру нөмірі/жеке сәйкестендіру нөмірі)/ құпиясөзді) пайдалану қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8. Жануарлар дүниесін пайдаланушы балық және басқа да су жануарлары мониторингінің ақпараттық жүйесінде кәсіпшілік журналды жүргізеді.</w:t>
+        <w:t xml:space="preserve">
+      5. Балықтар мен басқа да су жануарлары мониторингтеудің ақпараттық жүйесіне уәкілетті органның ведомствосы Заңның 29-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті орган бекіткен балық ресурстары мен басқа да су жануарларын алып қою лимиттерінің көлемі туралы ақпаратты енгізуді тиісті бұйрық бекітілген немесе өзгертілген күннен бастап бес жұмыс күні ішінде, сондай-ақ аквашаруашылық объектілерін көбейтуге және (немесе) күтіп-ұстауға, өсіруге байланысты қызметтің қуаттылығы туралы ақпаратты – аквашаруашылық субъектілері тізіліміне енгізілген күннен бастап жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9. Жергілікті атқарушы органдар балық және басқа да су жануарлары мониторингінің ақпараттық жүйесінде жануарлар дүниесін пайдалануға берілген рұқсаттардың журналын жүргізеді.</w:t>
+        <w:t xml:space="preserve">
+      6. Балық шаруашылығы субъектісі пайдалану түріне қарай және аквашаруашылық субъектісі шаруашылық қызмет түріне қарай өндірілген, сатып алынған немесе өткізілген күннен бастап күнтізбелік үш күн ішінде балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесіне өндірілген, сатып алынған, жасанды жолмен өсірілген балық немесе басқа да су жануарлары, оларды көтерме және бөлшек саудада өткізу, экспорт және импорт көлемдері туралы ақпаратты енгізуді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10. Жергілікті атқарушы органдарға есеп беретін ветеринариялық қызметтердің қызметкерлері тиісті облыстың әкімшілік шекаралары шегінде балықтарды және басқа да су жануарларын өткізу, тасымалдау үшін өтініш берушінің өтініші бойынша белгіленген мерзімдерде балық және басқа да су жануарлары мониторингінің ақпараттық жүйесінде балықтың қайда ауланғаны туралы анықтама берілгені туралы мәліметтер болған кезде ғана ветеринариялық анықтама береді.</w:t>
+        <w:t xml:space="preserve">
+      7. Балық шаруашылығы субъектісі балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесінде балық ресурстарын және басқа да су жануарларын аулауды есепке алу журналын (кәсіпшілік журналын) Заңның 27 бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 14-тармақшасына сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ветеринариялық бақылау және қадағалау мәселелері жөніндегі уәкілетті орган ведомствосының аумақтық бөлімшелері балықтарды және басқа да су жануарларын Қазақстан Республикасынан тыс жерлерге әкету үшін тасымалданатын балықтың және басқа да су жануарларының шығу тегі мен көлемін растайтын ақпараттық жүйеде мәліметтер болған кезде ветеринариялық сертификат береді.</w:t>
+        <w:t xml:space="preserve">
+      Аквашаруашылық субъектісі балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өсірілген аквашаруашылық объектілері бойынша мәліметтерді толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. Аумақтық бөлімшелер балықтардың және басқа да су жануарларының мониторингінің ақпараттық жүйесінде балықтың қайдан ауланғаны туралы берілген анықтамалардың журналын жүргізеді.</w:t>
+        <w:t xml:space="preserve">
+      8. Көтерме және (немесе) бөлшек сауданы жүзеге асыратын жеке немесе заңды тұлғаларға балықтар мен басқа да су жануарларын өткізу кезінде өткізуші тұлға бір мезгілде сатып алушыға "Балықтың қайдан ауланғаны туралы анықтама нысанын бекіту туралы" Қазақстан Республикасы Премьер-Министрі орынбасарының – Ауыл шаруашылығы министрінің 2016 жылғы 8 шілдедегі № 304 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14117 болып тіркелген) бұйрығына сәйкес балықтың қайдан ауланғаны туралы анықтаманы береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Аумақтық бөлімшелер тұрақты негізде балық және басқа да су жануарлары мониторингінің ақпараттық жүйесінде жануарлар дүниесін пайдаланушылардың ауланған, сатып алынған, жасанды өсірілген, экспортталған немесе импортталған балық немесе басқа да су жануарлары, оның көтерме және бөлшек саудада өткізілуі және ветеринариялық қызметтер енгізген орны ауыстырылатын балық және басқа да су жануарлары көлемдері туралы деректерін салыстырып тексеруді жүзеге асырады.</w:t>
+      9. Балық ресурстарын және басқа да су жануарларын пайдалануға берілген рұқсаттар және балықтың қайдан ауланғаны туралы анықтамалар бойынша мәліметтер рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесінен балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесіне келіп түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Жануарлар дүниесін пайдалануға берілген рұқсаттар және балықтың қайдан ауланғаны туралы анықтамалар жөніндегі мәліметтер "Электрондық лицензиялау" ақпараттық жүйесінен балықтар мен басқа да су жануарлары мониторингінің ақпараттық жүйесіне түседі.</w:t>
+        <w:t xml:space="preserve">
+      Балықтың қайдан ауланғаны туралы берілген анықтамалар бойынша мәліметтер балықтар мен басқа да су жануарлары мониторингтеудің ақпараттық жүйесінен "e-Agriculture" агроөнеркәсіптік кешен салаларын басқарудың бірыңғай автоматтандырылған жүйесіне (бұдан әрі – ББАЖ) келіп түседі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Ведомство және жергілікті атқарушы органдар ұсынылған мәліметтер негізінде балықтар мен басқа да су жануарларының мемлекеттік мониторингі шеңберінде ұсынылған ақпаратқа талдау және қорыту жүргізеді.</w:t>
+      Балықтың қайдан ауланғаны туралы анықтамаларда көрсетілген көлемдерді ветеринариялық анықтамалар мен ветеринариялық сертификаттарды ресімдеу кезінде ұсынылған деректермен автоматты түрде салыстыру балықтар мен басқа да су жануарлары мониторингтеудің ақпараттық жүйесі мен ББАЖ ақпараттық өзара іс-қимылы арқылы жүзеге асырылады. Мәлімделген ауланған көлемдердің сәйкессіздігі немесе асып кетуі анықталған жағдайда, ББАЖ балықтар мен басқа да су жануарларын бақылау жүйесімен автоматты түрде салыстырып тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Балықтар мен басқа да су жануарлары мониторингінің ақпараттық жүйесіне олар туралы мәліметтер енгізілмеген балықтар мен басқа да су жануарларын өткізу Қазақстан Республикасының әкімшілік және қылмыстық заңнамасына сәйкес жауаптылыққа әкеп соғады.</w:t>
+      Берілген ветеринариялық анықтамалар, ветеринариялық сертификаттар бойынша мәліметтер ББАЖ-дан балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесіне келіп түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      16. Қажет болған жағдайда балық пен басқа да су жануарларына мемлекеттік мониторинг нәтижелерін ведомство Қазақстан Республикасының әкімшілік және қылмыстық заңнамасына сәйкес шаралар қабылдау үшін құқық қорғау органдарына және мемлекеттік кіріс органдарына жолдайды.</w:t>
+        <w:t xml:space="preserve">
+      Балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесі мен ақпараттық жүйелердің ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Осы Қағидалардың талаптарын сақтамағаны үшін жергілікті атқарушы органдарға есеп беретін ветеринариялық бақылау және қадағалау мәселелері жөніндегі уәкілетті орган ведомствосының аумақтық бөлімшелерінің, аумақтық бөлімшелерінің, ветеринариялық қызметтердің лауазымды адамдары, сондай-ақ жеке және заңды тұлғалар Қазақстан Республикасының әкімшілік және қылмыстық заңнамасына сәйкес жауапкершілікке тартылады.</w:t>
+      10. Аумақтық бөлімшелер Балық аулаушылар және балық шаруашылығы субъектілер қоғамдық бірлестіктерінің республикалық қауымдастығымен бірлесіп тоқсан сайын балықтар мен басқа да су жануарларын мониторингтеудің ақпараттық жүйесінде балық шаруашылығы субъектілері/аквашаруашылық субъектілері енгізген өндірілген, сатып алынған, жасанды жолмен өсірілген, экспортталған және импортталған балық немесе басқа да су жануарлары туралы, сондай-ақ оларды көтерме және бөлшек саудада өткізу туралы ақпаратты салыстырып тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салыстырып тексеру балық ресурстарын және басқа да су жануарларын пайдалануға берілген рұқсаттар, балықтың қайдан ауланғаны туралы анықтамалар, ветеринариялық анықтамалар, ветеринариялық сертификаттар, балық ресурстарын және басқа да су жануарларын алып қою лимиттері және алып қою квоталары негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Уәкілетті орган және жергілікті атқарушы органдар балық шаруашылығы субъектілері/аквашаруашылық субъектілері енгізген өндірілген, сатып алынған, жасанды жолмен өсірілген, экспортталған және импортталған балық немесе басқа да су жануарлары туралы, сондай-ақ оларды көтерме және бөлшек саудада өткізу туралы ақпараттың негізінде тоқсан сайын ұсынылған мәліметтерге талдау және жинақтап қорытындылау жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балықтар мен басқа да су</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарларын мониторингтеу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өсірілген аквашаруашылық объектілері бойынша мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аквашаруашылық субъектісінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке сәйкестендіру нөмірі/бизнес- сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экономикалық қызмет түрлері жалпы жіктеуішінен коды мен атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орналасқан мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дара кәсіпкер ретінде тіркелген/заңды тұлға ретінде мемлекеттік тіркелген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жүзеге асырылатын қызмет түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аквашаруашылық объектісі (түрлер бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сумен жабдықтау көзі және тұтынылатын су көлемі (текше метр)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоба қуаттылығы (түрлер бойынша/тонна)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Іс жүзінде өсірілгені түрлер бойынша (тонна)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткізілгені (тонна)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Кестнің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсірілген аквашаруашылық объектілері құртшабақтарының көлемі (жас топтары бойынша), дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткізілген аквашаруашылық объектілерінің құртшабақтары, дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z67" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсірілген аналық балық үйірінің көлемі</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(дана)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткізілген аналық балық үйірі (дана)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмсалған азық (тонна/теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Азық пен азық өндірушінің түрі және шығу тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -1609,55 +6138,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>