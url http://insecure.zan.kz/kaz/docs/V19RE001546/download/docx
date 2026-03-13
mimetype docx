--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c1a09d" w14:textId="3c1a09d">
+    <w:p w14:paraId="a48024c" w14:textId="a48024c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -647,51 +647,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 20.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1918,1031 +1938,1069 @@
         <w:t>мемлекеттік мекемесі, Алматы қаласы, Потанин көшесі, № 226 үй)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шекаралары: Баянауыл тұйық көшесінен солтүстікке қарай Қыдырбекұлы көшесінің шығыс жағымен Баянауыл көшесіне дейін; Баянауыл көшесінің солтүстік жағымен Шемякин көшесіне дейін; Шемякин көшесінің шығыс жағымен Семиреченский көшесіне дейін; Семиреченский көшесінің оңтүстік жағымен Гурьевская көшесіне дейін; Гурьевская көшесінің шығыс жағымен Айтыков көшесіне дейін; Айтыков көшесінің шығыс жағымен Рысқұлов даңғылына дейін; Рысқұлов даңғылының оңтүстік жағымен Кіші Алматы өзеніне дейін; Кіші Алматы өзенінің батыс жағалауымен Станиславский көшесіне дейін; Станиславский көшесінің батыс жағымен Омский көшесіне дейін; Омский көшесінің шығыс жағымен Баянауыл көшесіне дейін; Баянауыл көшесімен Қыдырбекұлы көшесіне дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 341 сайлау учаскесі (орталығы: "№ 102 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Потанин көшесі, № 226 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Герцен көшесінен батысқа қарай Баянауыл көшесінің солтүстік жағымен Сүйінбай даңғылына дейін; Сүйінбай даңғылының шығыс жағымен Рысқұлов даңғылына дейін; Рысқұлов даңғылының оңтүстік жағымен шығысқа қарай Герцен көшесіне дейін; Герцен көшесінің батыс жағымен оңтүстікке қарай Баянауыл көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z26" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 342 сайлау учаскесі (орталығы: "№ 102 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Потанин көшесі, № 226 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z27" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Герцен көшесінен оңтүстікке қарай шығыс жағымен Баянауыл көшесіне дейін; Баянауыл көшесінен шығысқа қарай солтүстік жағымен Жетісу көшесіне дейін; Жетісу көшесінен солтүстікке қарай батыс жағымен одан әрі Гурьевская, Айтықов көшесімен Рысқұлов даңғылына дейін; Рысқұлов даңғылынан оңтүстік жағымен батысқа қарай Герцен көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 343 сайлау учаскесі (орталығы: "№ 43 Жалпы білім беретін мектеп" коммуналдық </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесі, Алматы қаласы, Шилов көшесі, № 5 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сүйінбай даңғылынан батысқа қарай Ломоносов көшесінің солтүстік жағымен Ботанический көшесіне дейін; Ботанический көшесінің шығыс жағымен Рысқұлов даңғылына дейін; Рысқұлов даңғылының оңтүстік жағымен Сүйінбай даңғылына дейін; Сүйінбай даңғылының батыс жағымен Ломоносов көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 341 сайлау учаскесі (орталығы: "№ 102 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Потанин көшесі, № 226 үй)</w:t>
-[...109 lines deleted...]
-      Шекаралары: Сүйінбай даңғылынан батысқа қарай Ломоносов көшесінің солтүстік жағымен Ботанический көшесіне дейін; Ботанический көшесінің шығыс жағымен Рысқұлов даңғылына дейін; Рысқұлов даңғылының оңтүстік жағымен Сүйінбай даңғылына дейін; Сүйінбай даңғылының батыс жағымен Ломоносов көшесіне дейін.</w:t>
+        <w:t>№ 344 сайлау учаскесі (орталығы: "№ 80 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жайсаң көшесі, № 22 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Бурундай көшесінен Солтүстік айналма тас жолы бойымен батысқа қарай Жайсан көшесіне дейін (солтүстік жағы); Солтүстік айналма тас жолынан солтүстік бағытта Венера көшесіне дейін (шығыс жағы); Венера көшесінен солтүстік бағытта Феоктистов көшесіне дейін (шығыс жағы); Венера көшесінен Феоктистов көшесі бойымен батыс бағытта Есентай өзеніне дейін; Есентай өзенінің арнасымен солтүстік бағытта Дыбенко көшесіне дейін; Дыбенко көшесінен шығысқа қарай Ақсуат көшесімен оңтүстікке қарай Бурундай көшесіне дейін; Бурундай көшесімен (батыс жағымен) оңтүстік-батысқа қарай Солтүстік айналма тас жолына дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 344 сайлау учаскесі (орталығы: "№ 80 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жайсаң көшесі, № 22 үй)</w:t>
-[...17 lines deleted...]
-      Шекаралары: Бурундай көшесінен Солтүстік айналма тас жолы бойымен батысқа қарай Жайсан көшесіне дейін (солтүстік жағы); Солтүстік айналма тас жолынан солтүстік бағытта Венера көшесіне дейін (шығыс жағы); Венера көшесінен солтүстік бағытта Феоктистов көшесіне дейін (шығыс жағы); Венера көшесінен Феоктистов көшесі бойымен батыс бағытта Есентай өзеніне дейін; Есентай өзенінің арнасымен солтүстік бағытта Дыбенко көшесіне дейін; Дыбенко көшесінен шығысқа қарай Ақсуат көшесімен оңтүстікке қарай Бурундай көшесіне дейін; Бурундай көшесімен (батыс жағымен) оңтүстік-батысқа қарай Солтүстік айналма тас жолына дейін.</w:t>
+        <w:t>№ 345 сайлау учаскесі (орталығы: "№ 80 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жайсаң көшесі, № 22 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Есентай өзенінен Бурундай көшесімен батысқа қарай Алматы қаласының шекарасына дейін; Алматы қаласының шекарасымен солтүстікке қарай Талант көшесіне дейін; Талант көшесімен (екі жағы) Көкжиек шағын ауданының шекарасымен шығысқа қарай Есентай өзеніне дейін; Есентай өзенінен Феоктистов көшесімен шығыс бағытта (оңтүстік жағы) Венера көшесіне дейін; Феоктистов көшесінен Венера көшесімен оңтүстік бағытта Жайсан көшесіне дейін (батыс жағы); Венера көшесінен Жайсан көшесімен оңтүстік бағытта Солтүстік айналма тас жолына дейін; Жайсан көшесінен Солтүстік айналма тас жолы бойымен шығыс бағытта (оңтүстік жағы) Бурундай көшесіне дейін, Есентай өзенімен қиылысқанға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 346 сайлау учаскесі (орталығы: "№ 101 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жансүгіров көшесі, № 352 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сұлтанқарасу өзенінен Бурундай көшесімен оңтүстікке қарай Жансүгіров көшесіне дейін; Жансүгіров көшесінің батыс жағымен Палладин көшесіне дейін; Жансүгіров көшесінен Палладин көшесінің солтүстік жағымен Айнабұлақ-3 шағынауданының шығыс шекарасына дейін; Айнабұлақ-3 шағынауданының шекарасы бойымен солтүстікке қарай Ермолова көшесіне дейін; Ермолова көшесінің батыс жағымен Мещерский көшесіне дейін; Мещерский көшесімен одан әрі Сұлтанқарасу өзенінің бойымен Бурундайская көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z30" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 347 сайлау учаскесі (орталығы: "№ 101 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жансүгіров көшесі, № 352 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z31" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Палладин көшесі 110/1 үйден Айнабұлақ-3 шағынауданы шекарасының шығыс жағымен, Палладин көшесі 174 үйге дейін; Палладин көшесі 174 үйден солтүстік жағымен одан әрі шығысқа қарай Анна Никольская көшесімен Жансүгіров көшесіне дейін; Жансүгіров көшесінен батыс жағымен солтүстікке қарай Жансүгіров көшесі 392 үйге дейін; Жансүгіров көшесі 352 үйден оңтүстік жағымен батысқа қарай Палладина көшесі 110/1 үйге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 348 сайлау учаскесі (орталығы: 2468 Әскери бөлімі, Алматы қаласы, "Көкмайса" </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шағын ауданы, № 26А үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: 2468 әскери бөлімінің шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 345 сайлау учаскесі (орталығы: "№ 80 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жайсаң көшесі, № 22 үй)</w:t>
-[...17 lines deleted...]
-      Шекаралары: Есентай өзенінен Бурундай көшесімен батысқа қарай Алматы қаласының шекарасына дейін; Алматы қаласының шекарасымен солтүстікке қарай Талант көшесіне дейін; Талант көшесімен (екі жағы) Көкжиек шағын ауданының шекарасымен шығысқа қарай Есентай өзеніне дейін; Есентай өзенінен Феоктистов көшесімен шығыс бағытта (оңтүстік жағы) Венера көшесіне дейін; Феоктистов көшесінен Венера көшесімен оңтүстік бағытта Жайсан көшесіне дейін (батыс жағы); Венера көшесінен Жайсан көшесімен оңтүстік бағытта Солтүстік айналма тас жолына дейін; Жайсан көшесінен Солтүстік айналма тас жолы бойымен шығыс бағытта (оңтүстік жағы) Бурундай көшесіне дейін, Есентай өзенімен қиылысқанға дейін.</w:t>
+        <w:t>№ 349 сайлау учаскесі (орталығы: "№ 109 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Гончаров көшесі, № 23 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Брюсов көшесінен Казаков көшесімен солтүстік-шығысқа (оңтүстік-шығыс, шығыс жағы) Ниязбеков көшесіне дейін; Ниязбеков көшесінен Райымбек даңғылына дейін; Райымбек даңғылынан батысқа қарай (солтүстік жағы) Брюсов көшесіне дейін; Брюсов көшесімен солтүстікке қарай (шығыс жағы) Казаков көшесіне дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 346 сайлау учаскесі (орталығы: "№ 101 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жансүгіров көшесі, № 352 үй)</w:t>
-[...17 lines deleted...]
-      Шекаралары: Сұлтанқарасу өзенінен Бурундай көшесімен оңтүстікке қарай (батыс жағы) одан әрі Жансүгіров көшесімен (батыс жағы) Великолукская көшесі № 53 үйге дейін; Великолукская көшесі № 53 үйден батыс бағытта Қожамьяров көшесіне дейін (солтүстік жағы); Қожамьяров көшесінен оңтүстік бағытта Сельская көшесіне дейін (батыс жағы); Сельская көшесімен №№ 27Б, 27А, 27 үйлерге дейін; Сельская көшесі №№ 27Б, 27А, 27 үйлерінен Палладин көшесі № 172А үйге дейін; Палладин көшесі № 172А үйден солтүстік бағытта Ермолова көшесі № 78 үйге дейін; Ермолова көшесі № 78 үйден шығыс бағытта (оңтүстік жағы) Сұлтанқарасу өзеніне дейін Бурундай көшесі №№ 231, 221, 223, 173А/1 үйлерді қоса алғанда; Бурундай көшесі № 173А/1 үйден Сұлтанқарасу өзені бойымен солтүстік бағытта (шығыс жағы) Бурундай көшесіне дейін.</w:t>
+        <w:t>№ 350 сайлау учаскесі (орталығы: Алматы автомеханикалық колледжі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы қаласы, Казыбаев көшесі, № 270 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Тихов көшесінен Жансүгіров көшесінің бойымен оңтүстікке Рысқұлов даңғылына дейін (батыс жағы); Рысқұлов даңғылымен батысқа қарай (солтүстік жағы) Қазыбаев көшесіне дейін; Қазыбаев көшесімен солтүстікке (Рысқұлов даңғылындағы № 65 А үйді, Қазыбаев көшесіндегі № 7Г үйді қоспағанда) (шығыс жағы) Серіков көшесіне дейін; Серіков көшесімен шығысқа қарай (оңтүстік жағы) Серіков көшесіндегі №45 үйге дейін; тұйық көшемен солтүстікке қарай (шығыс жағы) "Құлагер" шағын ауданындағы № 95 А үйге дейін; "Құлагер" шағын ауданындағы № 95А үйден шығысқа қарай Омаров көшесіне дейін (оңтүстік жағы); Омаров көшесінен солтүстікке қарай Тихов көшесіне дейін (шығыс жағы); Тихов көшесінен шығысқа қарай (оңтүстік жағы) Жансүгіров көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 351 сайлау учаскесі (орталығы: "№ 2 жалпы білім беретін мектеп" коммуналдық </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесі, Алматы қаласы, Черкасской обороны көшесі, № 71 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Станиславский көшесінен Бөлтірік Шешен көшесінің солтүстік жағымен Жангелдин көшесіне дейін; Жангелдин көшесінің батыс жағымен Бондаренко көшесіне дейін; Бондаренко көшесінің оңтүстік жағымен Черкасской Обороны көшесіне дейін; Черкасской Обороны көшесімен Леваневский көшесіне дейін; Леваневский көшесімен Қыдырбекұлы көшесіне дейін; Қыдырбекұлы көшесінің шығыс жағымен Баянауыл тұйық көшесіне дейін; Баянауыл көшесінің оңтүстік жағымен Омский көшесіне дейін; Омский көшесінің батыс жағымен Станиславский көшесіне дейін; Станиславский көшесі бойымен Кіші Алматы өзеніне дейін; Кіші Алматы өзені жағалауының батыс жағымен Райымбек даңғылына дейін; Райымбек даңғылының солтүстік жағымен Жетысуйский көшесіне дейін; Жетысуйский көшесінің шығыс жағымен Колпаковский көшесінен өтіп Станиславский көшесіне дейін, әрі қарай Тәтібеков көшесінен өтіп Бөлтірік Шешен көшесіне дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 347 сайлау учаскесі (орталығы: "№ 101 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жансүгіров көшесі, № 352 үй)</w:t>
-[...63 lines deleted...]
-      Шекаралары: 2468 әскери бөлімінің шекарасында.</w:t>
+        <w:t>№ 352 сайлау учаскесі (орталығы: "Алматы қаласы Жетісу ауданы бойынша кірістер басқармасы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Абылай хан даңғылы, № 2 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Райымбек даңғылының солтүстік жағымен Сүйінбай даңғылынан Желтоқсан көшесіне дейін; Желтоқсан көшесінің шығыс жағымен темір жол желісіне дейін; темір жол желісінің оңтүстік жағымен Назарбаев даңғылына дейін; Назарбаев даңғылының оңтүстік жағымен Сүйінбай даңғылына дейін; Сүйінбай даңғылының батыс жағымен Райымбек даңғылына дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 349 сайлау учаскесі (орталығы: "№ 109 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Гончаров көшесі, № 23 үй)</w:t>
-[...17 lines deleted...]
-      Шекаралары: Брюсов көшесінен Казаков көшесімен солтүстік-шығысқа (оңтүстік-шығыс, шығыс жағы) Ниязбеков көшесіне дейін; Ниязбеков көшесінен Райымбек даңғылына дейін; Райымбек даңғылынан батысқа қарай (солтүстік жағы) Брюсов көшесіне дейін; Брюсов көшесімен солтүстікке қарай (шығыс жағы) Казаков көшесіне дейін.</w:t>
+        <w:t>№ 353 сайлау учаскесі (орталығы: "№ 129 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, "Айнабұлақ-3" шағын ауданы, № 165А үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Есентай өзенінен Бурундай көшесінің оңтүстік жағымен, әрі қарай оңтүстікке қарай Бурундай көшесінің батыс жағымен Сұлтанқарасу өзеніне дейін; Бурундай көшесінен Сұлтанқарасу өзенінің арнасы бойымен Бурундай көшесінің № 173/20 үйге дейін батыс бағытта Бурундай көшесі № № 207А, 219, 235А үйлерді қоса алғанда (оңтүстік жағы) Павлодар көшесі № 75 үйге дейін; Павлодар көшесімен батыс бағытта Есентай өзеніне дейін (солтүстік жағы) Мещерский көшесі № 77 үйді, Павлодар көшесі № № 106, 133А үйлерді, Воронеж көшесі № 56А үйді қоса алғанда; Есентай өзенінен солтүстік бағытта Бурундай көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 354 сайлау учаскесі (орталығы: "№ 148 мектеп-гимназиясы" коммуналдық </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесі, Алматы қаласы, "Құлагер" шағын ауданы, № 52 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Тихов көшесінен Жансүгіров көшесімен солтүстікке қарай (батыс жағы) Омаров көшесіне дейін; Омаров көшесімен батысқа Беспақов көшесінің № 57 үйге дейін (оңтүстік жағы); Беспақов көшесімен солтүстікке қарай (батыс жағы) Жұмабаев көшесіне дейін; Жұмабаев көшесімен батысқа қарай (оңтүстік жағы) Палладин көшесіне дейін (оңтүстік жағы); Палладин көшесімен оңтүстікке қарай Айнабұлақ-2 шағын ауданы № 42 В үйге дейін; Айнабұлақ-2 шағын ауданы № 42 В үйден Сұлтанка өзенінің бойымен шығысқа қарай Омаров көшесіне дейін (№ 83 үйге дейін шығыс жағы); Омаров көшесінен батысқа Құлагер шағын ауданы № 34 үйге дейін (оңтүстік жағы); Құлагер шағын ауданы № 34 үйден оңтүстікке қарай Құлагер шағын ауданы №14 үйге дейін (шығыс жағы); Құлагер шағын ауданы № 14 үйден шығысқа қарай (солтүстік жағы) Омаров көшесіне дейін; Омаров көшесімен солтүстікке қарай (батыс жағы) Тихов көшесіне дейін; Тихов көшесімен шығысқа қарай (солтүстік жағы) Жансүгіров көшесі № 256 үйге дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 350 сайлау учаскесі (орталығы: Алматы автомеханикалық колледжі,</w:t>
-[...80 lines deleted...]
-      Шекаралары: Станиславский көшесінен Бөлтірік Шешен көшесінің солтүстік жағымен Жангелдин көшесіне дейін; Жангелдин көшесінің батыс жағымен Бондаренко көшесіне дейін; Бондаренко көшесінің оңтүстік жағымен Черкасской Обороны көшесіне дейін; Черкасской Обороны көшесімен Леваневский көшесіне дейін; Леваневский көшесімен Қыдырбекұлы көшесіне дейін; Қыдырбекұлы көшесінің шығыс жағымен Баянауыл тұйық көшесіне дейін; Баянауыл көшесінің оңтүстік жағымен Омский көшесіне дейін; Омский көшесінің батыс жағымен Станиславский көшесіне дейін; Станиславский көшесі бойымен Кіші Алматы өзеніне дейін; Кіші Алматы өзені жағалауының батыс жағымен Райымбек даңғылына дейін; Райымбек даңғылының солтүстік жағымен Жетысуйский көшесіне дейін; Жетысуйский көшесінің шығыс жағымен Колпаковский көшесінен өтіп Станиславский көшесіне дейін, әрі қарай Тәтібеков көшесінен өтіп Бөлтірік Шешен көшесіне дейін.</w:t>
+        <w:t>№ 355 сайлау учаскесі (орталығы: "№ 177 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, "Көкжиек" шағын ауданы, № 63 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Геологов көшесінен Талант көшесімен батыс бағытта (солтүстік жағы) Көкжиек шағын ауданы № 58Б үйге дейін қоса алғанда; Көкжиек шағын ауданы № 58Б үйден кварталаралық көше бойымен солтүстік бағытта (шығыс жағы) Көкжиек шағын ауданы № 60А үйге дейін қоса алғанда; Көкжиек шағын ауданы № 60А үйден кварталаралық көше бойымен шығыс бағытта (оңтүстік жағы) Көкжиек шағын ауданы № 43А үйге дейін қоса алғанда; Көкжиек шағын ауданы № 43А үйден кварталаралық көше бойымен оңтүстік-шығыс бағытта Геологов көшесіне дейін; Геологов көшесінен оңтүстік бағытта Талант көшесіне дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 352 сайлау учаскесі (орталығы: "Алматы қаласы Жетісу ауданы бойынша кірістер басқармасы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Абылай хан даңғылы, № 2 үй)</w:t>
-[...17 lines deleted...]
-      Шекаралары: Райымбек даңғылының солтүстік жағымен Сүйінбай даңғылынан Желтоқсан көшесіне дейін; Желтоқсан көшесінің шығыс жағымен темір жол желісіне дейін; темір жол желісінің оңтүстік жағымен Назарбаев даңғылына дейін; Назарбаев даңғылының оңтүстік жағымен Сүйінбай даңғылына дейін; Сүйінбай даңғылының батыс жағымен Райымбек даңғылына дейін.</w:t>
+        <w:t>№ 356 сайлау учаскесі (орталығы: "№ 177 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, "Көкжиек" шағын ауданы, № 63 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Алматы қаласының шекарасы бойымен (Талант көшесінен) солтүстікке қарай (шығыс жағы) Есентай өзеніне дейін; Есентай өзенінен Көкжиек шағын ауданы №18 үйге дейін батыс жағымен; бұдан әрі Көкжиек шағын ауданы №№ 19, 14, 7А, 7, 8Б үйлердің батыс жағымен Талант көшесіне дейін; Талант көшесінің бойымен батысқа қарай (солтүстік жағы) Алматы қаласының шекарасына дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 496 сайлау учаскесі (орталығы: "№ 193 жалпы білім беретін мектеп" коммуналдық </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік мекемесі, Алматы қаласы, "Кемел" шағын ауданы, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жар-жар көшесі, № 54 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Кемел шағын ауданы шекарасы: Қазанат көшесінің № 1-ден № 5-ке дейінгі үйлер, Октябрский көшесінің № 1-ден № 13-ке дейінгі үйлер, Перекрестный көшесінің № 4-тен № 10-ға дейінгі үйлер, Жоламан көшесінің № 1-ден № 7-ге дейінгі үйлер, Әлқисса көшесінің № 1-ден № 19-ға дейінгі үйлер, Ақсуат көшесінің № 1-ден № 30-ға дейінгі үйлер, Өрлеу көшесінің № 1-ден № 21-ге дейінгі үйлер, Еламан көшесінің № 1-ден № 31-ге дейінгі үйлердің (тақ жағы), № 2-ден № 26-ға дейінгі үйлердің (жұп жағы), Космический көшесінің № 1-ден № 31-ге дейінгі үйлер, Юность көшесінің № 1-ден № 46, № 46А-ға дейінгі үйлер, Жадаукөк көшесінің № 1-ден № 12-ге дейінгі үйлер, Веселый көшесінің № 1-ден № 17-ге дейінгі үйлер, Есім хан көшесінің № 1-ден № 35-ке дейінгі үйлердің (тақ жағы), № 2-ден № 38-ге дейінгі үйлердің (жұп жағы), Гамарник көшесінің № 47А-дан № 62-ге дейінгі үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 353 сайлау учаскесі (орталығы: "№ 129 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, "Айнабұлақ-3" шағын ауданы, № 165А үй)</w:t>
-[...17 lines deleted...]
-      Шекаралары: Есентай өзенінен Бурундай көшесінің оңтүстік жағымен, әрі қарай оңтүстікке қарай Бурундай көшесінің батыс жағымен Сұлтанқарасу өзеніне дейін; Бурундай көшесінен Сұлтанқарасу өзенінің арнасы бойымен Бурундай көшесінің № 173/20 үйге дейін батыс бағытта Бурундай көшесі № № 207А, 219, 235А үйлерді қоса алғанда (оңтүстік жағы) Павлодар көшесі № 75 үйге дейін; Павлодар көшесімен батыс бағытта Есентай өзеніне дейін (солтүстік жағы) Мещерский көшесі № 77 үйді, Павлодар көшесі № № 106, 133А үйлерді, Воронеж көшесі № 56А үйді қоса алғанда; Есентай өзенінен солтүстік бағытта Бурундай көшесіне дейін.</w:t>
+        <w:t>№ 497 сайлау учаскесі (орталығы: Мәдениет үйі, Алматы қаласы "Кемел" шағын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ауданы, Есім хан көшесі, № 127 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Кемел шағын ауданы шекарасы: Мұхамеджан Сералин көшеснің № 1-ден № 23-ке дейінгі үйлер, Национальный көшесінің № 1-ден № 57-ге дейінгі үйлер, Жанбота көшесінің № 1-ден № 24-ке дейінгі үйлер, Жидебай көшесінің № 1-ден № 79, № 79А-ға дейінгі үйлер, Жолымбет көшесінің № 1-ден № 51, № 51А-ға дейінгі үйлер, Дәурен Құдабайұлы көшесінің № 1-ден № 164-ке дейінгі үйлер, Кеңсуат көшесінің № 1-ден № 70-ке дейінгі үйлер, Жар-жар көшесінің № 1-ден № 75-ке дейінгі үйлер, Дауылпаз көшесінің № 1-ден № 26-ға дейінгі үйлер, Көкшолақ көшесінің № 1-ден № 34-ке дейінгі үйлер, Қартқожа көшесінің № 1-ден № 21-ге дейінгі үйлер, Қоңыртөбе көшесінің № 1-ден № 8, № 8А-ға дейінгі үйлер, Бидайық көшесінің № 1-ден № 19-ға дейінгі үйлер, тұйық көшелер: Ақбөбек көшесінің № 1-ден № 17-ге дейінгі үйлер, Насихат көшесінің № 1-ден № 14-ке дейінгі үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 354 сайлау учаскесі (орталығы: "№ 148 мектеп-гимназиясы" коммуналдық </w:t>
+        <w:t xml:space="preserve"> № 498 сайлау учаскесі (орталығы: № 193 жалпы білім беретін мектеп" коммуналдық </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>мемлекеттік мекемесі, Алматы қаласы, "Құлагер" шағын ауданы, № 52 үй)</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+        <w:t>мемлекеттік мекемесі, "Кемел" шағын ауданы, Жар-жар көшесі, № 54 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Кемел шағын ауданы шекарасы: Еламан көшесінің № 33-тен № 231-ге дейінгі үйлер, Әділет көшесінің № 1-ден № 184-ке дейінгі үйлер, Космический көшесінің № 32-ден № 86-ға дейінгі үйлердің (жұп жағы), № 33-тен № 47-ге дейінгі үйлердің (тақ жағы), Арлан көшесінің № 1-ден № 208-ге дейінгі үйлер, Есім хан көшесінің № 79-дан № 217-ге дейінгі үйлердің (тақ жағы), № 40-тан № 204-ке дейінгі үйлердің (жұп жағы), Дулыға көшесінің № 1-ден № 16, № 1Б, 15, № 15А, № 17, № 18 дейінгі үйлер, № 19-дан № 25-ке дейінгі үйлер, Серпін көшесінің № 1-ден № 15-ке дейінгі үйлер, Майдақоңыр көшесінің № 6-дан № 18-ге дейінгі үйлер, Аралтөбе көшесінің № 1-ден № 29-ға дейінгі үйлер, Торғай көшесінің № 1-ден № 20-ға дейінгі үйлер, тұйық көше: Ақжүрек көшесінің № 1-ден № 6-ға дейінгі үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 355 сайлау учаскесі (орталығы: "№ 177 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, "Көкжиек" шағын ауданы, № 63 үй)</w:t>
-[...63 lines deleted...]
-      Шекаралары: Алматы қаласының шекарасы бойымен (Талант көшесінен) солтүстікке қарай (шығыс жағы) Есентай өзеніне дейін; Есентай өзенінен Көкжиек шағын ауданы №18 үйге дейін батыс жағымен; бұдан әрі Көкжиек шағын ауданы №№ 19, 14, 7А, 7, 8Б үйлердің батыс жағымен Талант көшесіне дейін; Талант көшесінің бойымен батысқа қарай (солтүстік жағы) Алматы қаласының шекарасына дейін.</w:t>
+        <w:t>№ 536 сайлау учаскесі (орталығы: "№ 148 мектеп-гимназиясы" коммуналдық</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесі, Алматы қаласы, "Құлагер" шағын ауданы, № 52 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Сұлтанка өзенінің бойымен солтүстік-батыс бағытқа қарай (батыс жағы) Қазыбаев көшесіне дейін; Қазыбаев көшесімен оңтүстікке қарай (шығыс жағы) "Құлагер" шағын ауданы № 26 үйге дейін; "Құлагер" шағын ауданының № 25, № 26, № 37 үйлерін қоспағанда тұйық көшемен солтүстік-шығыс бағытқа қарай (солтүстік жағы) "Құлагер" шағын ауданы № 36 үйге дейін; "Құлагер" шағын ауданы № 36 үйді қоса алғанда тұйық көшемен солтүстік бағытқа қарай (батыс жағы) "Құлагер" шағын ауданы № 34 үйге дейін; "Құлагер" шағын ауданы № 34 үйді қоса алғанда тұйық көшемен шығыс бағытқа қарай (солтүстік жағы) Сұлтанка өзеніне дейін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 496 сайлау учаскесі (орталығы: "№ 193 жалпы білім беретін мектеп" коммуналдық </w:t>
-[...106 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 675 сайлау учаскесі (орталығы: "№ 102 жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Потанин көшесі, № 226 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Бондаренко көшесінен Жангелдин көшесінің шығыс жағымен Баянауыл көшесіне дейін; Баянауыл көшесінен оңтүстік жағымен Қыдырбекұлы көшесіне дейін; Қыдырбекұлы көшесінің батыс жағымен Леваневский көшесіне дейін; Леваневский көшесінен Шерхан Мұртаза көшесіне дейін; Шерхан Мұртаза көшесінің батыс жағымен Бондаренко көшесіне дейін; Бондаренко көшесінің солтүстік жағымен Жангелдин көшесіне дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z40" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 498 сайлау учаскесі (орталығы: № 193 жалпы білім беретін мектеп" коммуналдық </w:t>
-[...96 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 676 сайлау учаскесі (орталығы: "№ 101 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесі, Алматы қаласы, Жансүгіров көшесі, № 352 үй)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z41" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекаралары: Палладин көшесі 184 үйден бастап Айнабұлақ шағынауданының шығыс шекарасы бойымен Мағжан Жұмабаев көшесіне дейін; Мағжан Жұмабаев көшесінен солтүстік жағымен шығысқа қарай Мұқатай Беспаков көшесіне дейін; Мұқатай Бепаков көшесінен шығыс жағымен оңтүстікке қарай Омаров көшесіне дейін; Омаров көшесінен солтүстік жағымен шығысқа қарай Жансүгіров көшесіне дейін; Жансүгіров көшесінен батыс жағымен Анна Никольская көшесіне дейін; Анна Никольская көшесінен оңтүстік жағымен батысқа қарай, одан кейин Сельская көшесінен Палладина көшесі 184 үйге дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3276,55 +3334,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>