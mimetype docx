--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3342232" w14:textId="3342232">
+    <w:p w14:paraId="a0c25da" w14:textId="a0c25da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,69 +86,140 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Алматы қаласында салық салу объектісінің орналасуын ескеретін аймаққа бөлу коэффициентін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Алматы қаласы әкімдігінің 2019 жылғы 5 қарашадағы № 4/605 қаулысы. Алматы қаласы Әділет департаментінде 2019 жылғы 11 қарашада № 1595 болып тіркелді</w:t>
+        <w:t>Алматы қаласы әкімдігінің 2019 жылғы 5 қарашадағы № 4/605 қаулысы. Алматы қаласы Әділет департаментінде 2019 жылғы 11 қарашада № 1595 болып тіркелді. Күші жойылды - Алматы қаласы әкімдігінің 2026 жылғы 19 қаңтардағы № 1/37 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - Алматы қаласы әкімдігінің 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2017 жылғы 25 желтоқсандағы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>529 бабының 6 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -154,189 +227,200 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Алматы қаласының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Алматы қаласында салық салу объектісінің орналасуын ескеретін аймаққа бөлу коэффициенті, осы қаулының </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Алматы қаласында салық салу объектісінің орналасуын ескеретін аймаққа бөлу коэффициенті, осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, бекітілсін.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Алматы қаласы әкімдігінің "Алматы қаласында салық салу объектісінің орналасқан жерін ескеретін аймаққа бөлу коэффициентін бекіту туралы" 2018 жылғы 31 мамырдағы № 2/280 қаулысының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1488 болып тіркелген, 2018 жылғы 28 маусымда "Алматы ақшамы" және "Вечерний Алматы" газеттерінде жарияланған) күші жойылды деп танылсын.</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Алматы қаласы әкімдігінің "Алматы қаласында салық салу объектісінің орналасқан жерін ескеретін аймаққа бөлу коэффициентін бекіту туралы" 2018 жылғы 31 мамырдағы № 2/280 қаулысының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1488 болып тіркелген, 2018 жылғы 28 маусымда "Алматы ақшамы" және "Вечерний Алматы" газеттерінде жарияланған) күші жойылды деп танылсын.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Алматы қаласы Стратегия және бюджет басқармасы" коммуналдық мемлекеттік мекемесі Қазақстан Республикасының заңнамасымен белгіленген тәртіпте осы қаулыны әділет органдарында мемлекеттік тіркеуді, кейіннен ресми мерзімді басылымдарда жариялауды және Алматы қаласы әкімдігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау Алматы қаласы әкімінің орынбасары І. Өсеровке жүктелсін.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы 2020 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -344,51 +428,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Алматы қаласының әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -396,50 +480,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Б. Сағынтаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -531,33225 +636,43372 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1564"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1186"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...7 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:t>№ р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...7 lines deleted...]
-            <w:tcW w:w="1464" w:type="dxa"/>
+              <w:t>Алматы қаласында салық салу объектісінің орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>Аймаққа бөлу коэффициенті</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>I. Алатау ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан солтүстікке қарай, Жұмахан Күдерин көшесінен батысқа қарай, Тұрар Рысқұлов даңғылынан оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан солтүстікке қарай, Тұрар Рысқұлов даңғылынан батысқа қарай, Ақкент шағынауданы, Ақсай көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаланың шекарасынан батысқа қарай Теректі, Нұркент, Зерделі шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан солтүстікке қарай, Бауыржан Момышұлы көшесінен батысқа қарай, Дарабоз шағынауданынан оңтүстікке қарай, Ақбұлақ шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әйгерім-1 және Әйгерім-2 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Самғау және Түркістан шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шаңырақ-1, Шаңырақ-2, Көкқайнар шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саялы шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шапағат шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлжан-1, Ұлжан-2 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өжет және Қарасу шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Байбесік және Дархан, Болашақ шағынаудандары, Птицевод бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...120 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Томирис шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мәдениет, Көкқайнар шағынаудандары; Энергостроитель бау-бақша серіктестігі, Теплоэнергетик бау-бақша серіктестігі, Радуга бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер, көп пәтерлі тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нұркент шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Зерделі шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ботакөз, Ақмаржан, Ғажайып және Дарабоз шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рахат, Боралдай шағынаудандары, 71 разъезд, Алтын Алма бау-бақша серіктестігі, Көк Өзек өндірістік кооперативі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және көп пәтерлі тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>II. Алмалы ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан оңтүстікке қарай, Төле би көшесінен солтүстікке қарай, Николай Гоголь көшесі және Мұқағали Мақатаев көшесі, Мұхтар Әуезов көшесінен батысқа қарай, Есентай өзені, Абдулла Розыбакиев көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Есентай өзенінен батысқа қарай, Сәкен Сейфуллин даңғылынан шығысқа қарай, Райымбек даңғылынан оңтүстікке қарай, Мұқағали Мақатаев көшесінен солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан оңтүстікке қарай, Абдулла Розыбакиев көшесінен батысқа қарай, Төле би көшесінен солтүстікке қарай, Үлкен Алматы өзенінен шығысқа қарай, Тастақ-2, Тастақ-3 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан оңтүстікке қарай, Мұқағали Мақатаев көшесінен солтүстікке қарай, Нұрсұлтан Назарбаев даңғылынан батысқа қарай, Сәкен Сейфуллин даңғылынан шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Мұқағали Мақатаев көшесінен және Николай Гоголь көшесінен оңтүстікке қарай, Абай даңғылынан солтүстікке қарай, Нұрсұлтан Назарбаев даңғылынан шығысқа қарай, Сәкен Сейфуллин даңғылынан батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Мұқағали Мақатаев көшесінен және Николай Гоголь көшесінен оңтүстікке қарай, Төле би көшесінен солтүстікке қарай, Сәкен Сейфуллин даңғылынан батысқа қарай, Мұхтар Әуезов көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан солтүстікке қарай, Төле би көшесінен оңтүстікке қарай, Сәбит Мұқанов көшесінен шығысқа қарай, Сәкен Сейфуллин даңғылынан батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...69 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан солтүстікке қарай,Төле би көшесінен оңтүстікке қарай, Мұхтар Әуезов көшесінен шығысқа қарай, Сәбит Мұқанов көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан солтүстікке қарай, Төле би көшесінен оңтүстікке қарай, Абдулла Розыбакиев көшесінен шығысқа қарай, Мұхтар Әуезов көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Ұзақбай Кұлымбетов көшесінен оңтүстікке қарай, Абай даңғылынан солтүстікке қарай, Тілендиев көшесінен шығысқа қарай, Абдулла Розыбакиев көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Төле би көшесінен оңтүстікке қарай, Ұзақбай Құлымбетов көшесінен солтүстікке қарай, Тілендиев көшесінен шығысқа қарай, Абдулла Розыбакиев көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Үлкен Алматы өзенінен шығысқа қарай, Тілендиев көшесінен батысқа қарай, Төле би көшесінен оңтүстікке қарай, Абай даңғылынан солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>III. Әуезов ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан оңтүстікке қарай, Абай даңғылынан солтүстікке қарай, Өтеген батыр көшесінен батысқа қарай, Үлкен Алматы өзенінен шығысқа қарай, Сайран және Тастақ-1 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан оңтүстікке қарай, Ахмет Жұбанов көшесінен солтүстікке қарай, Өтеген батыр көшесінен батысқа қарай, Жұмағали Саин көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Ахмет Жұбанов көшесінен оңтүстікке қарай, Абай даңғылынан солтүстікке қарай, Өтеген батыр көшесінен және Үлкен Алматы өзенінен батысқа қарай, Жұмағали Саин көшесінен шығысқа қарай (1 шағынаудан, 2-шағынаудан, 3-шағынаудан, 4-шағынаудан, 5-шағынаудан)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан оңтүстікке қарай, Жұмағали Саин көшесінен шығысқа қарай, Ораз Жандосов көшесінен солтүстікке қарай, Үлкен Алматы өзенінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақсай-1, Ақсай-1А және Ақсай-2 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баянауыл және Алтын Бесік шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...69 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақсай-3, Ақсай-3А, Ақсай-3Б шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақсай-4, Ақсай-5, Жетісу-1, Жетісу-2, Жетісу-3, Жетісу-4 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мамыр-1, Мамыр-2, Мамыр-3, Мамыр-4, Мамыр-7 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Астана, Шабыт, Атамекен, Жазира, Алмас, Мамыр шағынаудандары, ауданның батыс шекарасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таугүл-3 шағынауданы; Садовод бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер, көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Ораз Жандосов көшесінен оңтүстікке қарай, Қайрат Рысқұлбеков көшесінен солтүстікке қарай, Жұмағали Саин көшесінен шығысқа қарай, Үлкен Алматы өзенінен батысқа қарай (Таугүл-1және Таугүл-2 шағынаудандары)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Достық шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>IV. Бостандық ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан оңтүстікке қарай, Тайыр Жароков көшесінен батысқа қарай, Климент Тимирязев, Ораз Жандосов көшелерінен солтүстікке қарай, Үлкен Алматы өзенінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан оңтүстікке қарай, Тайыр Жароков көшесінен батысқа қарай, Хамит Ерғалиев жағалауынан шығысқа қарай, Климент Тимирязев көшесінен солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан оңтүстікке қарай, Хамит Ерғалиев жағалауынан шығысқа қарай, Сәкен Сейфуллин даңғылынан батысқа қарай, Әл-Фараби даңғылынан солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан оңтүстікке қарай, Сәкен Сейфуллин даңғылынан батысқа қарай, Нұрсұлтан Назарбаев даңғылынан шығысқа қарай, Әл-Фараби даңғылынан солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Климент Тимирязев көшесінен оңтүстікке қарай, Есентай өзенінен батысқа қарай, Әл-Фараби даңғылынан солтүстікке қарай, Тайыр Жароков көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Әл-Фараби даңғылынан солтүстікке қарай, Үлкен Алматы өзенінен батысқа қарай, Климент Тимирязев көшесінен оңтүстікке қарай, Тайыр Жароков көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Қайрат Рысқұлбеков көшесінен оңтүстікке қарай, Үлкен Алматы өзенінен батысқа қарай, Әл-Фараби даңғылынан солтүстікке қарай, Жұмағали Саин көшесінен шығысқа қарай (Орбита-2, Орбита-3, Орбита-4 шағынаудандары)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Әлмерек шағынауданынан және Әл-Фараби даңғылынан оңтүстікке қарай, Асанбай Асқаров және Дулати көшелерінен батысқа қарай, Дарын-2 шағынауданы, Мирас шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көктем шипажайы, Асанбай Асқаров көшесі, Ерменсай, Аққайың шағынаудандары, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Асқартау шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағанашыл, Бәйшешек шағынаудандары, Таң бау-бақша серіктестігі, Достық бау-бақша серіктестігі, Мамыр бау-бақша серіктестігі, Алма бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақфильм шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Әл-Фараби даңғылынан оңтүстікке қарай, Дулати көшесінен шығысқа қарай, Нұр Алатау шағынауданынан оңтүстікке қарай, Дзержинский атындағы бау-бақша серіктестігі, Алма-3 бау-бақша серіктестігі, Энергостроитель бау-бақша серіктестігі, Сирень бау-бақша серіктестігі, Труд-1 бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8086" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Весна бау-бақша серіктестігі, Машиностроитель бау-бақша серіктестігі, Цветущий сад бау-бақша серіктестігі, Энергетик бау-бақша серіктестігі, Труд бау-бақша серіктестігі, Картограф бау-бақша серіктестігі, Картограф-2 бау-бақша серіктестігі, Ерменсай бау-бақша серіктестігі, Нефтянник бау-бақша серіктестігі, Мичуринец-Ерменсай бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Асанбай Асқаров көшесінен оңтүстікке қарай, Дулати көшесінен батысқа қарай, Тарлан, Хан Тәңірі шағынаудандарынан солтүстікке қарай, Свежесть бау-бақша серіктестігі, Свежесть-2 бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нұрлытау шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...69 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көкшоқы шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...72 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақтөбе шағынауданының маңындағы саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Архат шағынауданы, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>V. Жетісу ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан солтүстікке қарай, Сәкен Сейфуллин даңғылынан шығысқа қарай, Жамбыл Тобаяқов көшесінен және Бөлтірік Шешен көшесінен оңтүстікке қарай, Кіші Алматы өзенінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан оңтүстікке қарай, Сүйінбай даңғылынан шығысқа қарай, Бөлтірік Шешен көшесінен солтүстікке қарай, Кіші Алматы өзенінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Жамбыл Тобаяқов көшесінен солтүстікке қарай, Сәкен Сейфуллин даңғылынан шығысқа қарай, Тұрар Рысқұлов даңғылынан оңтүстікке қарай, Сүйінбай даңғылынан батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Баубек Бұлқышев көшесінен солтүстікке қарай (238, 206-үйлер), Тұрар Рысқұлов даңғылынан шығысқа қарай, Сәкен Сейфуллин даңғылынан шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан солтүстікке қарай, Казаков көшесінен және Бродский көшесінен батысқа қарай, Тұрар Рысқұлов даңғылынан оңтүстікке қарай, Кәкімжан Қазыбаев көшесінен және Баубек Бұлқышев көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек даңғылынан солтүстікке қарай, Жұмахан Күдерин көшесінен шығысқа қарай, Тұрар Рысқұлов даңғылынан оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан солтүстікке қарай, Солтүстік айналым көшесінен шығысқа қарай, Әлихан Бөкейханов көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан солтүстікке қарай, Әлихан Бөкейханов көшесінен батысқа қарай, Ангарская көшесінен, Владимир Палладин көшесінен шығысқа қарай, Мағжан Жұмабаев көшесінен және Сайлау Серіков көшесінен оңтүстікке қарай, Жансүгіров көшесінен батысқа қарай, Ілияс Омаров көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Сайлау Серіков көшесінен солтүстікке қарай, Кәкімжан Қазыбаев көшесінен және Сұлтан өзенінен шығысқа қарай, Боралдай көшесінен оңтүстікке қарай, Жансүгіров көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көкмайса, Айнабұлақ шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көкжиек шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
-[...138 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құлагер шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Боралдай көшесінен оңтүстікке қарай, Солтүстік айналым көшесінен шығысқа қарай, Владимир Палладин көшесінен солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Владимир Палладин көшесінен оңтүстікке қарай, ауданның солтүстік шекарасы, Кемел шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>VI. Медеу ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Нұрсұлтан Назарбаев даңғылынан батысқа қарай, Николай Гоголь көшесінен солтүстікке қарай, Кіші Алматы өзенінен батысқа қарай, Райымбек даңғылынан оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Абай даңғылынан солтүстікке қарай, Нұрсұлтан Назарбаев даңғылынан шығысқа қарай, Николай Гоголь көшесінен оңтүстікке қарай, Кіші Алматы өзенінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Әл-Фараби даңғылынан солтүстікке қарай, Кіші Алматы өзенінен батысқа қарай, Абай даңғылынан оңтүстікке қарай, Нұрсұлтан Назарбаев даңғылынан шығысқа қарай, Самал-1, Самал-2 шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,03</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атырау шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Қонаев атындағы каналдан оңтүстікке қарай, Құлжа күре жолынан шығысқа қарай, Райымбек батыр көшесінен солтүстікке қарай, Халық аренаның (Мұз аренасы) маңайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Думан-1, Думан-2 шағынаудандары, Жиренше көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Кіші Алматы өзенінен шығысқа қарай (Волочаевская көшесі), Добролюбов көшесінен солтүстікке қарай, Жарбұлақ өзенінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...36 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,65</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...26 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Медеу, Шымбұлақ шатқалдары, Горная көшесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көлсай шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сұлусай шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Самал-3 шағынауданы, Тайманов көшесінен шығысқа қарай, Достық даңғылынан батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,02</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжай алаптары, Дружба бау-бақша серіктестігі, Курортное бау-бақша серіктестігі, Түрксіб бау-бақша серіктестігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Каменское шоқысы, Ақтөбе шағынауданы, Асқартау шағынауданы, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер, көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алатау шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Райымбек батыр даңғылынан оңтүстікке қарай, шығыс айналма автомобиль жолының шығысына қарай, Жиренше көшесінен батысқа қарай, Әбу Сәрсенбаев көшесінен, Шоқай көшесінен, Балтабаев көшесінен, Ғали Орманов көшесінен солтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: шығыс айналма автомобиль жолының батысы мен шығысы, Жарбұлақ өзенінен шығысқа қарай, Төле би көшесінен солтүстікке қарай (хайуанаттар бағы, орталық мәдениет және демалыс саябағы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Төле би көшесінен оңтүстікке қарай, Кіші Алматы өзенінен батысқа қарай, шығыс айналма автомобиль жолынан (Көктөбе-2 шағынауданы), Достық даңғылынан, Горная көшесінен шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Әл-Фараби даңғылынан оңтүстікке қарай, Достық даңғылынан шығысқа қарай, Көктөбе шағынауданы, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94</w:t>
-[...3 lines deleted...]
-            </w:r>
+Таулы Қырат және Эдельвейс шағынаудандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...134 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мұзтау шатқалы (шағынауданы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,09</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Горный Гигант өндірістік кооперативі, саяжай алаптары (Кеңсай)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>VII. Наурызбай ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қалқаман-1, Қалқаман-2 шағынаудандары, Бәйкен Әшімов көшесінен шығысқа қарай, Федор Шаляпин көшесінен солтүстікке қарай, Тұлпар шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таусамалы шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рахат шағынауданы, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,05</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарғалы шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарағайлы шағынауданы, ауданның оңтүстік шекарасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таужолы шағынауданындағы саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Таужолы шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұлақты шағынауданы, Наурыз шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ақжар шағынауданы, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұғыла шағынауданы</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="876300" cy="685800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="876300" cy="685800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай шағынауданы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...84 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Әлімов көшесінен батысқа қарай (Қалқаман-2 шағынауданы), Айтматов көшесінен солтүстікке қарай (Таусамалы шағынауданы), Белжайлау көшесінен оңтүстікке қарай (Ақжар шағынауданы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Химик бау-бақша серіктестігі, Шұғыла шағынауданынан шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрамыс шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тастыбұлақ шағынауданы, саяжай алаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...2 lines deleted...]
-            </w:r>
+              <w:t>VIII. Түрксіб ауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан солтүстікке қарай, Ізғұтта Айтықов көшесінен батысқа қарай, Кожедуб көшесінен, Григорий Шемякин көшесінен оңтүстікке қарай, Сүйінбай даңғылынан шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Кожедуб көшесінен солтүстікке қарай, Григорий Шемякин көшесінен батысқа қарай, Сүйінбай даңғылынан шығысқа қарай, Богдан Хмельницкий көшесінен оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан солтүстікке қарай, Сәкен Сейфуллин даңғылынан және Ақан Сері көшесінен батысқа қарай, Жансүгіров көшесінен шығысқа қарай, Жұбанов көшесінен оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Тұрар Рысқұлов даңғылынан солтүстікке қарай, Сәкен Сейфуллин даңғылынан және Ақан Сері көшесінен шығысқа қарай, Майборода көшесінен оңтүстікке қарай (Баум тоғайы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Мағжан Жұмабаев көшесінен солтүстікке қарай, Жансүгіров көшесінен шығысқа қарай, Ақан Сері көшесінен батысқа қарай, Михаил Шолохов көшесінен оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Григорий Шемякин көшесінен шығысқа қарай, Кіші Алматы өзенінен батысқа қарай, Тұрар Рысқұлов даңғылынан солтүстікке қарай, Коминтерн көшесінен оңтүстікке қарай, Айша бибі шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұрар Рысқұлов даңғылынан солтүстікке қарай, Қайрат шағынауданы, ауданның батыс шекарасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>119</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жас Қанат шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Богдан Хмельницкий көшесінен солтүстікке қарай, Красногвардейский күре жолынан шығысқа қарай, Бейімбет Майлин көшесінен батысқа қарай, Ермұхан Бекмаханов көшесінен оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Сүйінбай даңғылынан батысқа қарай, Михаил Шолохов көшесінен, Зорге көшесінен, Полина Осипенко көшесінен солтүстікке қарай, Иван Земнухов көшесінен оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>122</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Иван Земнухов көшесінен солтүстікке қарай, Красногвардейский күре жолынан батысқа қарай, ауданның батыс шекарасы, ауданның солтүстік шекарасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Бейімбет Майлин көшесінен шығысқа қарай, Маяк шағынауданынан оңтүстікке қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нұршашқан шағынауданы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер және саяжайлар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Алтай-1, Алтай-2, Жұлдыз-1, Жұлдыз-2 және Маяк шағынаудандарының батысы, ауданның шығыс шекарасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алтай-1, Алтай-2 шағынаудандары, Жұлдыз-1, Жұлдыз-2 шағынаудандары, Розовая көшесінен шығысқа қарай, ауданның солтүстік шекарасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шекарасы: Сүйінбай даңғылынан шығысқа қарай, Резвых көшесінен батысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8086" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...85 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әлмерек шағынауданы, Іле күре жолынан шығысқа қарай</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұрғын үйлер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1464" w:type="dxa"/>
-[...66 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көп пәтерлі тұрғын үйлер және гараждар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -33762,63 +44014,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -34140,35 +44414,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>