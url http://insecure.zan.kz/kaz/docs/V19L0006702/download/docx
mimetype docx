--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a324fab" w14:textId="a324fab">
+    <w:p w14:paraId="f4bd753" w14:textId="f4bd753">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Су қорғау аймақтарын, белдеулерін және оларды шаруашылықта пайдалану режимін белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облысы әкімдігінің 2019 жылғы 18 ақпандағы № 1335 қаулысы. Қызылорда облысының Әділет департаментінде 2019 жылғы 19 ақпанда № 6702 болып тіркелді</w:t>
+        <w:t>Қызылорда облысы әкімдігінің 2019 жылғы 18 ақпандағы № 1335 қаулысы. Қызылорда облысының Әділет департаментінде 2019 жылғы 19 ақпанда № 6702 болып тіркелді. Күші жойылді - Қызылорда облысы әкімдігінің 22.10.2025 № 201 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Қызылорда облысы әкімдігінің 22.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Су Кодексі" Қазақстан Республикасының 2003 жылғы 9 шілдедегі Кодексінің 116-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,62 +386,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -381,51 +460,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қызылорда облысының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -438,191 +517,237 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қ. Көшербаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "КЕЛІСІЛДІ"</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Қазақстан Республикасы Ауыл</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шаруашылығы министрлігі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Су ресурстары комитетінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Су ресурстарын пайдалануды</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реттеу және қорғау жөніндегі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Арал-Сырдария бассейндік</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инспекциясы" Республикалық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік мекемесімен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -718,5992 +843,5993 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қызылорда облысының Арал, Қазалы, Қармақшы, Жалағаш, Сырдария, Шиелі, Жаңақорған аудандары және Қызылорда қаласындағы су объектілерінің су қорғау аймақтары мен белдеулері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1415"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1674"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су объектілерінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әкімшілік-аумақтық бірліктердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су қорғау аймағы мен белдеуінің көлемі, гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су қорғау аймағының ені, метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су қорғау белдеуінің ені, метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иіркөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 393,243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сасықкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 390,503</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иіркөл көлі (Прудхоз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылорда қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 482,587</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарықкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арал ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3476,122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұщыкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арал ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3846,711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домалақкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арал ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 385,083</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мариямкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазалы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1988,134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томайкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазалы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 852,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жанай №1 көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазалы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 347,801</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9-Құдық-Әлтәй көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1748,243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таскөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 536,352</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лайкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 591,576</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меңей көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қармақшы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 269,977</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иіркөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 546,647</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бәйбіше көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 539,992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаракөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72,078</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Серкеш көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалағаш ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 574,641</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазымбет көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 757,487</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаракөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 440,932</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Байсары көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырдария ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 303,621</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итатқан көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шиелі ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 317,505</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домалақ көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шиелі ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 640,232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құмшұқырой көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шиелі ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 452,728</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзгент көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңақорған ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 590,644</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жашыкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңақорған ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 589,578</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1415" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қойлық ата көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1249" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңақорған ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 672,161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1923" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7367,63 +7493,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7745,35 +7893,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>