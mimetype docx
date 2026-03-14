--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e649b20" w14:textId="e649b20">
+    <w:p w14:paraId="549aeca" w14:textId="549aeca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -491,64 +492,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарағанды облысы</w:t>
-[...12 lines deleted...]
-              <w:t>әкімдігінің</w:t>
+              <w:t>Қарағанды облысы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2019 жылғы 4 қыркүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -582,128 +570,148 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарағанды облысы бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - Қарағанды облысының әкімдігінің 18.07.2023 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - Қарағанды облысының әкімдігінің 30.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 48/02</w:t>
+        <w:t>№ 75/03</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қарағанды облысы бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың қағидалары (бұдан әрі - Қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының </w:t>
+      1. Осы Қарағанды облысы бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың қағидалары (бұдан әрі - Қағидалар) "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының Заңының (бұдан әрі - Заң) 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Заңына</w:t>
+        <w:t>39) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі - Заң) және "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2019 жылғы 29 шілдедегі №280 </w:t>
+        <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2019 жылғы 29 шілдедегі №280 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19123 болып тіркелді) (бұдан әрі – Үлгілік қағидалар) сәйкес әзірленген және әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асырудың тәртiбiн айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
@@ -819,51 +827,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ауыл шаруашылығы тауарын өндіруші (бұдан әрі - ауылшартауарынөндіруші) - ауыл шаруашылығы өнімін өндірумен айналысатын жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) сатып алу интервенциялары – облыстардың, республикалық маңызы бар қалалардың, астананың аумағында бағалар төмендеген кезде, Қазақстан Республикасының аумағында төтенше жағдай енгізілген кезде, сондай-ақ Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің немесе Қазақстан Республикасы Премьер-Министрінің тапсырмалары шеңберінде мамандандырылған ұйымдардың әлеуметтік маңызы бар азық-түлік тауарларын сатып алуы жөніндегі іс-шаралар;</w:t>
+      6) сатып алу интервенциялары – облыс аумағында бағалар төмендеген кезде, Қазақстан Республикасының аумағында төтенше жағдай енгізілген кезде, сондай-ақ Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің немесе Қазақстан Республикасы Премьер-Министрінің тапсырмалары шеңберінде мамандандырылған ұйымдардың әлеуметтік маңызы бар азық-түлік тауарларын сатып алуы жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тауар интервенциялары - бағалар өскен кезде ішкі нарықты тұрақтандыру мақсатында жүзеге асырылатын, азық-түлiк тауарларының өңірлік тұрақтандыру қорларынан ішкі нарықта азық-түлік тауарларын өткізу жөніндегі іс-шаралар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
@@ -959,51 +967,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерінің тиімді және уақтылы қолданылуын қамтамасыз ету мақсатында облыстың әкімі Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыруды қамтамасыз ету жөніндегі комиссияны (бұдан әрі - Комиссия) құрады және оның құрамын бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Комиссия төрағасы облыс әкімінің орынбасары болып табылады, кәсіпкерлік, сауда және ауыл шаруашылығы басқармаларының (бөлімдерінің) қызметкерлері, сондай-ақ жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері Комиссия мүшелері болып табылады. Комиссия өз қызметін тұрақты негізде жүзеге асырады.</w:t>
+      5. Облыс әкімінің орынбасары Комиссияның төрағасы болып табылады, кәсіпкерлік, сауда және ауыл шаруашылығы басқармаларының (бөлімдерінің) қызметкерлері, сондай-ақ жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері Комиссия мүшелері болып табылады. Комиссия өз қызметін тұрақты негізде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Комиссияның сандық құрамы тақ болуы және кемінде тоғыз адамнан тұруы тиіс. Бұл ретте комиссия мүшелерінің үштен екісі жеке кәсіпкерлік субъектілері бірлестіктерінің және қоғамдық ұйымдардың өкілдері болуы тиіс. Комиссия хатшысы оның мүшесі болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
@@ -1258,1363 +1266,20468 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес агроөнеркәсіптік кешенді дамыту саласындағы уәкілетті орган бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Облыс әкімдігі мамандандырылған ұйыммен бірлесіп Қазақстан Республикасының ауыл шаруашылығы және сауда және интеграция министрліктеріне ұсынады:</w:t>
+        <w:t xml:space="preserve">
+      13. Мамандандырылған ұйымдар облыс әкімдігіне электрондық құжат айналымы, пошта байланысы арқылы не облыс әкімдігінің кеңсесі арқылы қолма-қол осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) ай сайын есепті айдан кейінгі айдың 20-күніне дейін әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерінің іске асырылу барысы туралы ақпаратты;</w:t>
+        <w:t xml:space="preserve">
+      Облыс әкімдігі Қазақстан Республикасының ауыл шаруашылығы және сауда және интеграция министрліктеріне электрондық құжат айналымы арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) көкөніс өнімдерінің форвардтық шарттары шеңберінде ауылшартауарынөндірушілерді қаржыландыруға бір ай қалғанда алдын ала төлем сомасын, өткізу нүктелерін және (немесе) сауда объектілерін көрсете отырып, жеткізу кестесін көрсете отырып, сатып алынатын көкөніс өнімдерінің көлемі туралы ақпаратты;</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру бойынша тетіктерді іске асыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) форвардтық шарттар шеңберінде ауылшартауарынөндірушілерді түпкілікті қаржыландырғаннан кейін 10 (он) жұмыс күні ішінде өткізу нүктелерін және (немесе) сауда объектілерін көрсете отырып, сатып алынған көкөніс өнімдерінің көлемі, жеткізу кестелері туралы ақпаратты қамтиды.</w:t>
+      14. Әлеуметтік маңызы бар азық-түлік тауарларының нарығын тұрақтандыру мақсатында облыс әкімдігі әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандырудың:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру бойынша тетіктерді іске асыру тәртібі</w:t>
+        <w:t>
+      1) тұрақтандыру қорларының қызметі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Әлеуметтік маңызы бар азық-түлік тауарларының нарығын тұрақтандыру мақсатында облыс әкімдігі әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандырудың:</w:t>
+      2) кәсіпкерлік субъектілеріне қарыз беру тетіктерін іске асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тұрақтандыру қорларының қызметі;</w:t>
+      15. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыруды қаржыландыру көзі облыс әкімдігі бөлетін, оның ішінде бұрын азық-түлік тауарларының өңірлік тұрақтандыру қорын қалыптастыруға бөлінген ақшалай қаражат болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) кәсіпкерлік субъектілеріне қарыз беру тетіктерін іске асырады.</w:t>
+      16. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру шеңберінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін қайта өңдеуші кәсіпорындарды қаржыландыру белгіленген бағаны белгілей отырып, форвардты қолданумен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыруды қаржыландыру көзі облыс әкімдігі бөлетін, оның ішінде бұрын азық-түлік тауарларының өңірлік тұрақтандыру қорын қалыптастыруға бөлінген ақшалай қаражат болып табылады.</w:t>
+      Әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және өңдеуші кәсіпорындарды форвардтық қаржыландыру форвардтық шарттың жалпы сомасының 70 (жетпіс) пайызы мөлшерінде алдын ала төлем және өнім жеткізілгеннен кейін түпкілікті есеп айырысу шарттарымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру шеңберінде көкөніс өнімдерін өндіру үшін ауыл шаруашылығы тауарын өндірушілерді, сондай-ақ қарақұмық жармасын (дәні), тазартылған (домалақ дәнді) күрішті, күнбағыс майын, бірінші сортты бидай ұнын және ақ қантты – құмшекерді өндіру үшін қайта өңдеуші кәсіпорындарды қаржыландыру белгіленген бағаны белгілей отырып, форвардты қолданумен жүзеге асырылады.</w:t>
+      17. Форвардтық шарттар шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарларының көлемі Комиссия шешіміне сәйкес өңірлік сұраныс негізінде облыс халқының (қалалық немесе жалпы) үш айлық қажеттілігінің 50 пайызына дейін қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көкөніс өнімдерін өндіру үшін ауыл шаруашылығы тауарын өндірушілерді және қарақұмық жармасын (дәні), тазартылған (домалақ дәнді) күрішті, күнбағыс майын, бірінші сортты бидай ұнын және ақ қантты – құмшекерді өндіру үшін өңдеуші кәсіпорындарын қаржыландыру форвардтық шарттың жалпы сомасының 70 (жетпіс) пайызынан аспайтын мөлшерде алдын ала төлем және өнім жеткізілгеннен кейін түпкілікті есеп айырысу шарттарында жүзеге асырылады.</w:t>
+      18. Мамандандырылған ұйым форвардтық шарттар шеңберінде ауылшартауарынөндірушілерді қаржыландыруды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 10 қаңтарға дейін 2023 жылғы ерте шығатын көкөніс өнімдерін өндіру және 2023 жылғы көктемгі - жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 1 ақпанға дейін 2023 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2024 жылғы қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 1 тамызға дейін 2024 жылғы ерте шығатын көкөніс өнімдерін өндіру және 2024 жылғы көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2023 жылғы 1 қыркүйекке дейін 2024 жылғы күзгі түсімнің көкөніс өнімдерін өндіру және 2025 жылғы қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2024 жылдан бастап және одан кейінгі жылдары көкөніс өнімдерін өндіру үшін ауылшартауарынөндірушілерді қаржыландыру мынадай мерзімдерде жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       келесі жылдың көктемгі-жазғы кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін ағымдағы қаржы жылының 1 тамызына дейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       келесі жылдың қысқы-көктемгі кезеңінде халықты көкөніс өнімдерімен қамтамасыз ету үшін ағымдағы қаржы жылының 1 қыркүйегіне дейін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Мамандандырылған ұйым көкөніс өнімдерін сатуды бастағанға дейін ауылшартауарынөндірушілерде немесе басқа қоймаларда сақтауды жүзеге асырады. Сақтау шығындарын есептеу жергілікті атқарушы органдардың өңірдегі сақтаудың ұқсас түрлеріндегі сақтаудың орташа құны туралы деректері негізінде жүргізіледі.</w:t>
+      19. Мамандандырылған ұйым көкөніс өнімдерін сатуды бастағанға дейін ауылшартауарынөндірушілерде немесе басқа қоймаларда сақтауды жүзеге асырады. Сақтау шығындарын есептеу жергілікті атқарушы органдардың өңірдегі сақтаудың ұқсас түрлеріндегі сақтаудың орташа құны туралы деректері негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Белгіленген бағаны бекіте отырып, форвард шеңберінде сатып алынған көкөніс өнімдерін, сондай-ақ қарақұмық жармасын (дәні), тазартылған (домалақ дәнді) күрішті, күнбағыс майын, бірінші сортты бидай ұнын және ақ қантты – құмшекерді жеткізу мамандандырылған ұйым облыстың жергілікті атқарушы органымен бірлесіп бекіткен кесте және белгіленген сату/бөлшек сауда бағалары арқылы, оның ішінде көкөніс өнімдерін маусымаралық кезеңде (қыс-көктем кезеңі: ақпан, наурыз, сәуір; көктемгі-жазғы кезең: мамыр, маусым, шілде) немесе ішкі нарыққа реттеуші әсер ету қажет болған жағдайда басқа кезеңдерде жүзеге асырады.</w:t>
+      20. Белгіленген бағаны бекіте отырып, форвард шеңберінде сатып алынған әлеуметтік маңызы бар азық-түлік тауарларын жеткізу мамандандырылған ұйым облыстың жергілікті атқарушы органымен бірлесіп бекіткен кесте және белгіленген көтерме/бөлшек сауда бағалары арқылы, оның ішінде көкөніс өнімдерін маусымаралық кезеңде (қыс-көктем кезеңі: ақпан, наурыз, сәуір; көктемгі-жазғы кезең: мамыр, маусым, шілде) немесе ішкі нарыққа реттеуші әсер ету қажет болған жағдайда басқа кезеңдерде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Мамандандырылған ұйым облыс әкімдігімен бірлесіп, форвардтық шарт жасалған сәттен бастап көкөніс өнімдерін өндіру циклінің барлық кезеңдерінде егістікке шыға отырып, ауылшартауарынөндірушілердің қызметіне мониторингті жүзеге асырады.</w:t>
+      21. Мамандандырылған ұйым облыс әкімдігімен бірлесіп, форвардтық шарт жасалған сәттен бастап көкөніс өнімдерін өндіру циклінің барлық кезеңдерінде егістікке шыға отырып, ауылшартауарынөндірушілердің қызметіне мониторингті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      23. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары "Тамақ өнімдерінің қауіпсіздігі туралы" Қазақстан Республикасы Заңының </w:t>
+      22. Әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктері шеңберінде сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары "Тамақ өнімдерінің қауіпсіздігі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес оны сақтау, тасымалдау және өткізу кезінде тамақ өнімдерінің қауіпсіздігіне қойылатын талаптарға сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Үлгілік қағидаларымен регламенттелмеген әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асырудың ерекшеліктері (егжей-тегжейлері) осы әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асыру осы қағидаларында айқындалады.</w:t>
+      23. Үлгілік қағидаларымен регламенттелмеген әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асырудың ерекшеліктері (егжей-тегжейлері) осы әлеуметтік маңызы бар азық-түлік тауарларына бағаны тұрақтандыру тетіктерін іске асыру осы қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Азық-түлік тауарларының өңірлік тұрақтандыру қорлары қызметінің тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Азық-түлік тауарларының тұрақтандыру қорларының қызметі өңірлік тұрақтандыру қорын қалыптастыру және пайдалану жолымен жүзеге асырылады.</w:t>
+      24. Азық-түлік тауарларының тұрақтандыру қорларының қызметі өңірлік тұрақтандыру қорын қалыптастыру және пайдалану жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру мен пайдалану жөніндегі тетікті іске асыру мақсатында Комиссия сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін, сондай-ақ шекті сауда үстемесін айқындайды.</w:t>
+      25. Азық-түлік тауарларының тұрақтандыру қорын қалыптастыру мен пайдалану жөніндегі тетікті іске асыру мақсатында Комиссия сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының тізбесін, сондай-ақ шекті сауда үстемесін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы форвардтық шарттар шеңберінде ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
+      26. Азық-түлік тауарларының өңірлік тұрақтандыру қорларын қалыптастыру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы форвардтық шарттар шеңберінде ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      28. Азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алуға қажетті әлеуметтік маңызы бар азық-түлік тауарларының тізбесі Қазақстан Республикасы Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 2023 жылғы 11 мамырдағы № 166-НҚ бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №32474 болып тіркелді) </w:t>
+      27. Азық-түлік тауарларының өңірлік тұрақтандыру қорына сатып алуға қажетті әлеуметтік маңызы бар азық-түлік тауарларының тізбесі Қазақстан Республикасы Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 2023 жылғы 11 мамырдағы № 166-НҚ бұйрығымен бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №32474 болып тіркелді) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізімнен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. Мамандандырылған ұйым өткізетін әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі "Мемлекеттік статистика туралы" Қазақстан Республикасының Заңы 19-бабының </w:t>
+      28. Мамандандырылған ұйым өткізетін әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесі "Мемлекеттік статистика туралы" Қазақстан Республикасының Заңы 19-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Статистикалық жұмыстар жоспарына сәйкес тиісті облыстың, мемлекеттік статистика органдары қалыптастыратын әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының ресми нарықтық мәндерінен 10 немесе одан да көп пайызға төмен бағаларды ұстап тұру ескеріле отырып қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Комиссия Қарағанды облысының әкіміне сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін бекіту туралы ұсынымдар енгізеді.</w:t>
+      29. Комиссия Қарағанды облысының әкіміне сатып алынатын азық-түлік тауарларының тізбесін және олар бойынша шекті сауда үстемесін бекіту туралы ұсынымдар енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      31. Облысы әкімдігі Комиссияның ұсынымы негізінде сатып алынатын азық-түлік тауарларының тізбесін және шекті сауда үстемесін бекітеді.</w:t>
+      30. Облысы әкімдігі Комиссияның ұсынымы негізінде сатып алынатын азық-түлік тауарларының тізбесін және шекті сауда үстемесін бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Өңірлік тұрақтандыру қорын қалыптастыру кезінде әлеуметтік маңызы бар азық-түлік тауарларын сатып алу тікелей өндірушілерден, оның ішінде ауыл шаруашылығы тауарын өндірушіде сақтау мүмкіндігі бар форвардтық шарттар мен офтейк-келісімшарттар жасасу арқылы жүзеге асырылады. Егер өндіруші өнімді өткізуді тікелей жүзеге асырмаған жағдайда, әлеуметтік маңызы бар азық-түлік тауарларын сатып алу азық-түлік тауарларын өткізуге маманданған көтерме жеткізушілерден (дистрибьютерлерден) жүзеге асырылады.</w:t>
+      31. Өңірлік тұрақтандыру қорын қалыптастыру кезінде әлеуметтік маңызы бар азық-түлік тауарларын сатып алу тікелей өндірушілерден, оның ішінде ауыл шаруашылығы тауарын өндірушіде сақтау мүмкіндігі бар форвардтық шарттар мен офтейк-келісімшарттар жасасу арқылы жүзеге асырылады. Егер өндіруші өнімді өткізуді тікелей жүзеге асырмаса, әлеуметтік маңызы бар азық-түлік тауарларын азық-түлік тауарларын өткізуге маманданған көтерме сауда жеткізушілерінен (дистрибьютерлерден), сондай-ақ мамандандырылған ұйымнан сатып алу жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Мамандандырылған ұйым статистикалық деректер және басқа да көздер негізінде өңірдің азық-түлік тауарларының ішкі нарығына және агроөнеркәсіптік кешен өнімдерінің нарықтарына тұрақты негізде талдау (өндіріс көлемі және азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың, бағалардың болуы) жүргізеді, өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының көлемін айқындайды және сатып алу интернвенциялары туралы шешімді қабылдайды.</w:t>
+      32. Азық-түлiк тауарларының өңірлік тұрақтандыру қорларына сатып алынатын әлеуметтік маңызы бар азық-түлік тауарлары техникалық регламенттердің талаптарына сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Мамандандырылған ұйымның сатып алу интервенциялары туралы шешімі әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін тиімді және уақтылы қолдануды қамтамасыз ету мақсатында қабылданады.</w:t>
+      33. Әлеуметтік маңызы бар азық-түлік тауарларын тұрақтандыру қорларына сатып алу кезінде мамандандырылған ұйым ауыл шаруашылығы тауарын өндірушілердің, қайта өңдеу кәсіпорындарының, азық-түлік тауарларын өткізуге маманданған көтерме жеткізушілердің (дистрибьюторлардың) қаржылық тұрақтылығына талдау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Өңірлік тұрақтандыру қорын пайдалануды тауар интервенцияларын жүргізу және азық-түлік тауарларын жаңарту жолымен мамандандырылған ұйым жүзеге асырады.</w:t>
+      Егер ауыл шаруашылығы тауарын өндіруші (қайта өңдеу кәсіпорны, азық-түлік тауарларын өткізуге маманданған көтерме жеткізуші (дистрибьютор)) салықтар мен бюджетке міндетті төлемдер, бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналары бойынша, сондай-ақ екінші деңгейдегі банктер, банктік операциялардың жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің және мамандандырылған ұйым алдындағы орындалмаған міндеттемелердің, сондай-ақ атқару құжаттары бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың жоқтығы бойынша жиынтық талаптарға сәйкес келсе, онда қаржылық тұрақты болып саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      36. Мамандандырылған ұйым аграрлық азық-түлік нарығына реттеушілік ықпал ету қажет баға деңгейінің көтерілуі жағдайында, 2 (екі) жұмыс күнінен кешіктірмей, тауар интервенцияларын жүргізу туралы шешім қабылдайды.</w:t>
+      34. Мамандандырылған ұйым статистикалық деректер және басқа да көздер негізінде өңірдің азық-түлік тауарларының ішкі нарығына және агроөнеркәсіптік кешен өнімдерінің нарықтарына тұрақты негізде талдау (өндіріс көлемі және азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың, бағалардың болуы) жүргізеді, өңірлік тұрақтандыру қорына сатып алынатын азық-түлік тауарларының көлемін айқындайды және сатып алу интернвенциялары туралы шешімді қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Мамандандырылған ұйым өңірлік тұрақтандыру қорын уақтылы жаңарту мақсатында тұрақты негізде өңірлік тұрақтандыру қорының азық-түлік тауарларының сақталу мерзімдерін қамтамасыз етеді.</w:t>
+      35. Мамандандырылған ұйымның сатып алу интервенциялары туралы шешімі әлеуметтік маңызы бар азық-түлік тауарлары бағаларын тұрақтандыру тетіктерін тиімді және уақтылы қолдануды қамтамасыз ету мақсатында қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Өңірлік тұрақтандыру қорын жаңарту азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу немесе кейін дәл сондай көлемдегі жаңа сақталу мерзімімен немесе келесі жылғы жаңа шығымнан азық-түлік тауарларын жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін азық түлік тауарларын қайтару жолымен жүзеге асырылады.</w:t>
+      36. Өңірлік тұрақтандыру қорын пайдалануды тауар интервенцияларын жүргізу және азық-түлік тауарларын жаңарту жолымен мамандандырылған ұйым жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Өңірлік тұрақтандыру қорының азық-түлік тауарларын тауар интервенциялары, азық-түлік тауарларын жаңарту үшін мамандандырылған ұйымдар өздердерінің өткізу нүктелері және (немесе) азық-түлік тауарларын өткізетін сауда объектілері арқылы, сондай-ақ өңдеу кәсіпорындары шекті сауда үстемесі шегінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін өткізуді жүзеге асырады.</w:t>
+      37. Мамандандырылған ұйым аграрлық азық-түлік нарығына реттеушілік ықпал ету қажет баға деңгейінің көтерілуі жағдайында, 2 (екі) жұмыс күнінен кешіктірмей, тауар интервенцияларын жүргізу туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      40. Бұл ретте өңдеу кәсіпорны өндірген дайын азық-түлік тауарының бағасы облыс әкімдігімен бекіткен шекті рұқсат етілген бөлшек сауда бағасынан аспайды және мамандандырылған ұйымның өңдеу кәсіпорнымен жасасқан өткізу туралы шартында айтылады.</w:t>
+      38. Мамандандырылған ұйым өңірлік тұрақтандыру қорын уақтылы жаңарту мақсатында тұрақты негізде өңірлік тұрақтандыру қорының азық-түлік тауарларының сақталу мерзімдерін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. Облыс әкімдігі мамандандырылған ұйыммен бірлесіп халыққа бұқаралық ақпарат құралдары, облыс әкімдігінің және мамандандырылған ұйымның ресми сайттары арқылы тауар интервенцияларын жүзеге асыратын сауда объектілерінің орналасқан жері туралы ақпаратты жеткізу бойынша ақпараттық жұмыс жүргізеді.</w:t>
+      39. Өңірлік тұрақтандыру қорын жаңарту азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін өңірлік тұрақтандыру қорынан азық-түлік тауарларын өткізу немесе кейін дәл сондай көлемдегі жаңа сақталу мерзімімен немесе келесі жылғы жаңа шығымнан азық-түлік тауарларын жеткізе отырып, азық-түлік тауарларының сақталу мерзімі аяқталғанға дейін азық түлік тауарларын қайтару жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Өңірлік тұрақтандыру қорының азық-түлік тауарларын тауар интервенциялары, азық-түлік тауарларын жаңарту үшін мамандандырылған ұйымдар өздердерінің өткізу нүктелері және (немесе) азық-түлік тауарларын өткізетін сауда объектілері арқылы, сондай-ақ өңдеу кәсіпорындары шекті сауда үстемесі шегінде әлеуметтік маңызы бар азық-түлік тауарларын өндіру үшін өткізуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Бұл ретте өңдеу кәсіпорны өндірген дайын азық-түлік тауарының бағасы облыс әкімдігімен бекіткен шекті рұқсат етілген бөлшек сауда бағасынан аспайды және мамандандырылған ұйымның өңдеу кәсіпорнымен жасасқан өткізу туралы шартында айтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Облыс әкімдігі мамандандырылған ұйыммен бірлесіп тауар интервенцияларын жүзеге асыратын сауда объектілерінің орналасқан жері, сондай-ақ кәсіпкерлік субъектілеріне қарыз беру тәртібі туралы ақпаратты бұқаралық ақпарат құралдары, жергілікті атқарушы органның және мамандандырылған ұйымның ресми сайттары арқылы халықтың назарына жеткізу бойынша ақпараттық жұмыс жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Кәсіпкерлік субъектілеріне қарыз беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. Облыс әкімдігі әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мамандандырылған ұйымдар арқылы кәсіпкерлік субъектілеріне сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде Комиссия айқындайтын азық-түлік тауарларының тізбесіне сәйкес қарыз береді. Қарыз беру қарыз шартын жасасу жолымен қайтарымдылық, қамтамасыз ету және ақылық талаптарының шарттарымен жүзеге асырылады.</w:t>
+      43. Облыс әкімдігі әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мамандандырылған ұйымдар арқылы кәсіпкерлік субъектілеріне сұраныс пен ұсыныстың өңірлік балансының (өндіріс көлемі, азық-түлік тауарларымен қамтамасыз етілуі, олардың тауарларының жылжытылуы, запастардың болуы), егіс алаңдары (жоспарлы), егіннің болжамды шығымы, өткен күнтізбелік жыл ішінде қалыптасқан бағалар туралы мәліметтердің, сондай-ақ өзге де мәліметтер негізінде Комиссия айқындайтын азық-түлік тауарларының тізбесіне сәйкес қарыз береді. Қарыз беру қарыз шартын жасасу жолымен қайтарымдылық, қамтамасыз ету және ақылық талаптарының шарттарымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z88" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Кәсіпкерлік субъектілеріне қарыз беру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
+      44. Кәсіпкерлік субъектілеріне қарыз беру кезінде бюджеттік қаражаттың 70 (жетпіс) пайызы ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарына бағытталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z89" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы тармақтың бірінші бөлігіндегі талаптарды орындау үшін ауыл шаруашылығы тауарын өндірушілер мен қайта өңдеу кәсіпорындарынан өтінімдер болмаған кезде, қарыз азық-түлік тауарларын өткізуді жүзеге асыратын кәсіпкерлік субъектілеріне беріледі.</w:t>
+      45. Бағаларды тұрақтандыру мамандандырылған ұйымның әлеуметтік маңызы бар азық-түлік тауарларына белгіленген төмендетілген бөлшек/көтерме бағаларды белгілеу жолымен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Бағаларды тұрақтандыру мамандандырылған ұйымның әлеуметтік маңызы бар азық-түлік тауарларына белгіленген төмендетілген бөлшек/көтерме бағаларды белгілеу жолымен қамтамасыз етіледі.</w:t>
+      46. Қарыз беру үшін кәсіпкерлік субъектісін Комиссия айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Комиссия қарыз беру үшін кәсіпкерлік субъектісін кәсіпкерлік субъектілеріне қойылатын мынадай талаптарға (өлшемшарттарға) сәйкес айқындайды:</w:t>
+      Кәсіпкерлік субъектілеріне қарыз беру үшін әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында мынадай бірыңғай талаптар (өлшемшарттар) белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жұмыс істеп тұрған сауда объектісінің (объектілерінің) меншігінде не жалдау құқығында (қарыз беру кезеңіне қолданылу мерзімімен) немесе жұмыс істеп тұрған бөлшек сауда субъектісімен өнімді жеткізу шартының (шарттарының) (қарыз беру кезеңіне қолданылу мерзімімен) болуы;</w:t>
+      1) заңды тұлға немесе дара кәсіпкер ретінде мемлекеттік тіркеудің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мамандандырылған ұйымның қарызын қайтару бойынша міндеттемелердің орындалуын қамтамасыз ету. Міндеттемелердің орындалуын қамтамасыз ету: кепіл, банк кепілдігі, сақтандыру шарты түрінде беріледі. Міндеттемелердің орындалуын қамтамасыз ету заңнамада көзделген жазбаша нысанда ресімделеді.</w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес төлеу мерзімі кейінге қалдырылған жағдайларды қоспағанда, кәсіпкерлік субъектісінен алынған құжаттарды қарау күніне салықтар және бюджетке төленетін басқа да міндетті төлемдер және бірыңғай жинақтаушы зейнетақы қорына төленетін міндетті зейнетақы жарналары бойынша берешектің болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46. Кәсіпкерлік субъектілерінен өтінімдерді қабылдауды мамандандырылған ұйым жүзеге асырады және Қағидалардың талаптарына сәйкестігін тексергеннен кейін Комиссияның отырысына шығару үшін облыс әкімдігіне жібереді.</w:t>
+      3) екінші деңгейдегі банктер, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар берген кредиттер (қарыздар) бойынша мерзімі өткен берешектің болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. Комиссияның хаттамасында әлеуметтік маңызы бар азық - түлік тауарларының тізбесі, бөлшек сауда субъектілері үшін – олар бойынша тіркелген бөлшек сауда бағалары, өндірушілер үшін-босату бағалары, қарыз сомасы және кәсіпкерлік субъектісі көрсетіледі.</w:t>
+      4) меншік құқығында немесе өзге де заңды негізде (жалға алу/өтеусіз пайдалану/сенімгерлік басқару) азық-түлік тауарларын тиісті сақтауға және азық-түлік тауарларымен сатып алу, дайындық, тарату операцияларын орындауға арналған қойма үй-жайлары мен арнайы жабдығы бар үй-жайлардан тұратын инфрақұрылымдық сауда-логистикалық кешеннің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z96" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. Қарыз беру шарттары мамандандырылған ұйым мен кәсіпкерлік субъектісі арасында жасалатын қарыз шартында белгіленеді.</w:t>
+      5) мемлекеттік сатып алуға жосықсыз қатысушылардың тізілімінде болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49. Қарыз мерзімі өткен берешекті қайта қаржыландыруға берілмейді.</w:t>
+      6) мамандандырылған ұйым алдында орындалмаған міндеттемелердің, сондай-ақ атқарушылық құжаттар бойынша орындалмаған міндеттемелердің, кәсіпкерлік субъектісінің мүлкіне шектеулер мен ауыртпалықтардың болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Қарыз тек ұлттық валютада беріледі.</w:t>
+      7) осы осы қағидалардың 49-тармағына сәйкес міндеттемелердің орындалуын қамтамасыз етудің болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Кәсіпкерлік субъектілерінен өтінімдерді қабылдауды мамандандырылған ұйым жүзеге асырады және Қағидалардың талаптарына сәйкестігін тексергеннен кейін Комиссияның отырысына шығару үшін облыс әкімдігіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Комиссия кәсіпкерлік субъектісін айқындағаннан кейін мамандандырылған ұйым кәсіпкерлік субъектісіне қарыз береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Кәсіпкерлік субъектісі мамандандырылған ұйымның қарызын қайтару бойынша міндеттемелерінің орындалуын қамтамасыз етеді. Міндеттемелердің орындалуы кепіл, банктік кепілдендіру, сақтандыру шарты, үшінші тұлғалардың кепілдік/кепілгерлігі түрінде қамтамасыз етіледі. Міндеттемелердің орындалуын қамтамасыз ету заңнамада көзделген жазбаша нысанда ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Қарыз беру шарттары мамандандырылған ұйым мен кәсіпкерлік субъектісі арасында жасалатын қарыз шартында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Қарыз шарттарында әлеуметтік маңызы бар азық-түлік тауарларының бағасын тұрақтандыру мақсатында кәсіпкерлік субъектілерінің мамандандырылған ұйыммен келісу бойынша әлеуметтік маңызы бар азық-түлік тауарларын өткізу графигін қалыптастыру, әлеуметтік маңызы бар азық-түлік тауарларын белгіленген бағамен толық көлемде өткізу; әлеуметтік маңызы бар азық-түлік тауарларын өткізу фактісін растайтын құжаттарды ұсыну жөніндегі міндеттемелері көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көрсетілген міндеттемелерді орындау бөлігінде қарыз шарты талаптарының орындалмауы немесе тиісінше орындалмауы қарыз шартын елеулі түрде бұзу деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Қарыз мерзімі өткен берешекті қайта қаржыландыруға берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Қарыз тек ұлттық валютада беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қарағанды облысы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік маңызы бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азық-түлік тауарларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағаларды тұрақтандыру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тетіктерін іске асырудың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыру барысы туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: № 1-ӘМАТ нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділік: апта сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: 20___жылғы_________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: әлеуметтік маңызы бар азық-түлік тауарларына шекті бағаларды белгілеу жөніндегі шараларды қоспағанда, әлеуметтік маңызы бар азық-түлік тауарларына бағаларды тұрақтандыру тетіктерін іске асыратын мамандандырылған ұйым (бұдан әрі – мамандандырылған ұйым), Қарағанды облысы әкімдігі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған ұйым Қарағанды облысы әкімдігіне апта сайын сәрсенбі күндері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарағанды облысы әкімдігі Қазақстан Республикасы ауыл шаруашылығы және сауда және интеграция министрліктеріне апта сайын бейсенбі күндері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5346700" cy="431800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5346700" cy="431800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдіс: электрондық түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="879"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатылып алынған тауарлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тікелей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+форвардтық шарттар мен офтейк-келісімшарттар шеңберінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+берілген қарыздар бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыл шаруашылығы тауарын өндірушілер және қайта өңдеу кәсіпорындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+азық-түлік тауарларын сатуға мамандандырылған көтерме жеткізушілер (дистрибьюторлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыл шаруашылығы тауарын өндірушілер және қайта өңдеу кәсіпорындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+азық-түлік тауарларын сатуға мамандандырылған көтерме жеткізушілер (дистрибьюторлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыл шаруашылығы тауарын өндірушілер және қайта өңдеу кәсіпорындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+азық-түлік тауарларын өткізуді жүзеге асыратын кәсіпкерлік субъектілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сиыр еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарақұмық жармасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қырыққабат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Картоп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айран</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басты пияз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рожки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күнбағыс майы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сары май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Асханалық сәбіз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бидай ұны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауық еті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күріш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құмшекер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүзбе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауық жұмыртқасы, мың дана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы қорытынды, тауық жұмыртқасы мен нанды қоспағанда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бар тауарлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткізілген көлем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалдық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тұрақтандыру қорларындағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+форвардтық шарттар мен офтейк-келісімшарттар шеңберінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+берілген қарыздар бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өткізу орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Атауы: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почтасы_ __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аты және әкесінің аты (бар болса), тегі (электрондық цифрлық қолтаңбасы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні: 20___ жылғы "____" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2990,35 +22103,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>