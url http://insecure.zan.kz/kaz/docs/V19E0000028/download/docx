--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f7c681c" w14:textId="f7c681c">
+    <w:p w14:paraId="8629c63" w14:textId="8629c63">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -961,303 +961,321 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шымкент қаласының Құрмет грамотасымен наградтау туралы ереже</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Шымкент қаласының Құрмет грамотасымен наградтау туралы ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Шымкент қаласы мәслихатының 29.09.2023 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Шымкент қаласы мәслихатының 26.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 7/73-VIII</w:t>
+        <w:t>№ 32/298-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешiмiмен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t xml:space="preserve"> шешiмiмен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Шымкент қаласының Құрмет грамотасымен наградтау туралы ереже (бұдан әрі – Ереже) "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-3) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және Шымкент қаласының Құрмет грамотасымен наградтау тәртібін реттейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...15 lines deleted...]
-      2. Шымкент қаласының Құрмет грамотасымен (бұдан әрі - Құрмет грамотасы) Шымкент қаласына сіңірген еңбегін мойындау белгісі ретінде өндіріс, бизнес, білім беру, денсаулық сақтау, ғылым, мәдениет, шығармашылық, спорт, заңдылықты, қоғамдық тәртіпті қамтамасыз ету, азаматтардың құқықтары мен бостандықтарын қорғау, қоршаған ортаны қорғау, басқа өңірлермен мәдени және экономикалық байланыстарды кеңейту, халықтар арасындағы достық пен ұлтаралық келісімді нығайту салаларындағы Шымкент қаласының әлеуметтік-экономикалық дамуына елеулі үлес қосқан, мемлекеттік және әскери қызметте елеулi жетiстiктерi, жемісті қоғамдық және қайырымдылық қызмет атқарған Қазақстан Республикасының азаматтары наградталады.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Шымкент қаласының Құрмет грамотасымен (бұдан әрі – Құрмет грамотасы) Шымкент қаласына сіңірген еңбегін мойындау белгісі ретінде өндіріс, бизнес, білім беру, денсаулық сақтау, ғылым, мәдениет, шығармашылық, спорт, заңдылықты, қоғамдық тәртіпті қамтамасыз ету, азаматтардың құқықтары мен бостандықтарын қорғау, қоршаған ортаны қорғау, басқа өңірлермен мәдени және экономикалық байланыстарды кеңейту, халықтар арасындағы достық пен ұлтаралық келісімді нығайту салаларындағы қаланың әлеуметтік-экономикалық дамуына елеулі үлес қосқан, мемлекеттік және әскери қызметте елеулi жетiстiктерi, жемісті қоғамдық және қайырымдылық қызмет атқарған Қазақстан Республикасының азаматтары наградталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сондай-ақ, Құрмет грамотасымен Шымкент қаласына еңбек сiңiрген шетел азаматтары да наградталуы мүмкiн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Құрмет грамотасымен осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген қызмет салаларында кемінде 5 жыл жұмыс өтілі бар азаматтар наградталады.</w:t>
+        <w:t xml:space="preserve"> көрсетілген қызмет салаларында кемінде 5 (бес) жыл жұмыс өтілі бар азаматтар наградталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Құрмет грамотасымен наградтау туралы өтінішхатты Шымкент қаласы мәслихатының депутаттары, еңбек және шығармашылық ұжымдар, қоғамдық және діни бірлестіктер, саяси партиялар, заңды тұлғалар немесе бастамашыл топтар (бұдан әрі – өтінішхат беруші тұлға) енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      5. Заңсыз сотталған және толық ақталған азаматтарды қоспағанда, соттылығы бар, сондай-ақ бұрын сотталған адамдар Құрмет грамотасымен наградтауға жатпайды.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заңсыз сотталған және кейіннен толық ақталған азаматтарды қоспағанда, соттылығы бар, сондай-ақ бұрын сотталған адамдар Құрмет грамотасымен наградтауға жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Құрмет грамотасымен наградтау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      6. Азаматты немесе шетел азаматын Құрмет грамотасымен наградтау туралы өтінішхат Шымкент қаласының әкімдігіне мынадай мәліметтерді көрсете отырып жолданады:</w:t>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Азаматты немесе шетел азаматын Құрмет грамотасымен наградтау туралы өтінішхат Шымкент қаласы мәслихатының аппаратына (бұдан әрі – мәслихат аппараты) мынадай мәліметтерді көрсете отырып жолданады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1345,383 +1363,403 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес еңбек қызметі, жетістіктері, құрметті атақтар, наградалар туралы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген құжаттар қарау үшін наградтау күніне дейін 30 (отыз) күнтізбелік күннен кешіктірілмей Шымкент қаласының әкімдігіне ұсынылады. Егер құжаттарды ұсынудың соңғы күні мереке немесе демалыс күнге дәл келсе, құжаттарды ұсынудың соңғы күні одан кейінгі келесі жұмыс күні болып саналады.</w:t>
+        <w:t xml:space="preserve"> көрсетілген құжаттар қарау үшін наградтау күніне дейін 30 (отыз) күнтізбелік күннен кешіктірілмей мәслихат аппаратына ұсынылады. Егер құжаттарды ұсынудың соңғы күні мереке немесе демалыс күнге дәл келсе, құжаттарды ұсынудың соңғы күні одан кейінгі келесі жұмыс күні болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Құжаттардың уақтылы ұсынылмауы немесе ұсынылған құжаттардың осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келмеуі өтінішхатты қараусыз қалдыру үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      9. Азаматтарды Құрмет грамотасымен наградтаутуралы қайта өтінішхат беру алдыңғы наградтау сәтінен бастап бес жылдан ерте емес уақыттан кейін жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Азаматтарды Құрмет грамотасымен наградтау туралы қайта өтінішхат беру алдыңғы наградтау сәтінен бастап 5 (бес) жылдан ерте емес уақыттан кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Құрмет грамотасымен наградтау туралы өтінішхат, Шымкент қаласы әкімінің аппараты құжаттардың уақтылы ұсынылуын және ұсынылған құжаттардың осы Ереженің </w:t>
+      10. Құрмет грамотасымен наградтау туралы өтінішхат, мәслихат аппараты құжаттардың уақтылы ұсынылуын және ұсынылған құжаттардың осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес келуін тексергеннен кейін, түскен күнінен бастап 5 жұмыс күн ішінде Шымкент қаласының әкімімен (бұдан әрі – әкім) Шымкент қаласының мәслихатының (бұдан әрі – мәслихат) қарауына енгізіледі.</w:t>
+        <w:t xml:space="preserve"> сәйкес келуін тексергеннен кейін, мәслихаттың тұрақты комиссиясының (бұдан әрі – Тұрақты комиссия) қарауына енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тұрақты комиссия өтінішхатты түскен күнінен бастап 10 (он) жұмыс күн ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. Құрмет грамотасымен наградтау туралы өтінішхат мәслихат сессиясында қаралғанға дейін түскен күнінен бастап 10 жұмыс күн ішінде мәслихаттың жергілікті өзін-өзі басқару және қоғамдық қауіпсіздік жөніндегі тұрақты комиссиясында (бұдан әрі – Комиссия) қаралады. </w:t>
-[...37 lines deleted...]
-      12. Құрмет грамотасымен наградтау туралы шешімді мәслихат қабылдайды. Қарау нәтижесі бойынша мәслихат Құрмет грамотасымен наградтау немесе наградтаудан бас тарту туралы шешім қабылдайды. Бас тартқан жағдайда, әкім аппараты қабылданған шешім туралы өтінішхат беруші тұлғаға шешім қабылданған күннен бастап 2 жұмыс күн ішінде жазбаша хабарлайды.</w:t>
+      Қарау нәтижесі бойынша Тұрақты комиссия "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 14-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қаулы қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Құрмет грамотасымен наградтау туралы шешімді мәслихат қабылдайды. Мәслихат Құрмет грамотасымен наградтау немесе наградтаудан бас тарту туралы шешім қабылдайды. Бас тартқан жағдайда, мәслихат аппараты қабылданған шешім туралы өтінішхат беруші тұлғаға шешім қабылданған күннен бастап 2 (екі) жұмыс күн ішінде жазбаша хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәслихаттың шешiмi түпкiлiктi болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      13. Құрмет грамотасына әкім және мәслихат төрағасы қол қояды.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Құрмет грамотасына мәслихат төрағасы қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      14. Құрмет грамотасын салтанатты түрде әкім және мәслихат төрағасы тапсырады.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Құрмет грамотасын салтанатты жағдайда мәслихат төрағасы тапсырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      15. Наградталған адам, көрсетілген адамға қатысты соттың айыптау үкімі заңды күшіне енген жағдайда әкімнің ұсынысы негізінде мәслихат шешімімен Құрмет грамотасынан айырылады.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Наградталған адам, оған қатысты соттың айыптау үкімі күшіне енген жағдайда мәслихат төрағасының ұсынысы негізінде мәслихат шешімімен Құрмет грамотасынан айырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Осы Ереженің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша Құрмет грамотасынан айырылған адамдарды қайта наградтау жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      17. Заңсыз сотталған және толық ақталған азаматтар әкімнің ұсынысы негізінде мәслихат шешімімен Құрмет грамотасына құқықтарын қалпына келтіреді.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Заңсыз сотталған және толық ақталған азаматтардың Құрмет грамотасына құқықтары мәслихат төрағасының өтінішхаты негізінде мәслихат шешімімен қалпына келтіріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
@@ -1730,55 +1768,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2104,31 +2142,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>