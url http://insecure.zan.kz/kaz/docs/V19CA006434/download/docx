--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f943296" w14:textId="f943296">
+    <w:p w14:paraId="43eb42a" w14:textId="43eb42a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -772,68 +772,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      2019 жылғы "__" тамыз</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -899,94 +881,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 жылғы 25 қазандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 7 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ақтөбе қаласының аумағында сайлау учаскелерінің шекаралары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t xml:space="preserve"> Ақтөбе қаласының аумағындағы сайлау учаскелерінің шекаралары</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Ақтөбе қаласы әкімінің 13.08.2024 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Ақтөбе қаласы әкімінің 22.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 6</w:t>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1040,51 +1020,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шәкен Айманов атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 9А, № 10, № 11, № 11А, № 12, № 13, № 14, № 14А, № 15, № 15А, № 16, № 16А, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30, № 31, № 32, № 33, № 33А, № 34, № 35, № 35А, № 36, № 36А, № 37, № 37А, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 59А, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 66/1, № 66/2, № 67, № 68, № 68/1, № 68/3, № 69, № 69А, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 82/2, № 83, № 84, № 85, № 86, № 87, № 88, № 88/1, № 89, № 90, № 91, № 91А, № 92, № 93, № 93А, № 95, № 97, № 99, № 99А, № 101;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Нахимов көшесі, № 2, № 2А, № 4, № 5, № 5А, № 6, № 6А, № 6Б, № 7, № 8, № 8А, № 8Б, № 8В, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 55А, № 55/1, № 56, № 56А, № 57, № 58, № 59, № 59А, № 60, № 60А, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 71А, № 71Б, № 72, № 73, № 73А, № 74, № 75, № 75А, № 76, № 78, № 80, № 82, № 84, № 86, № 88;</w:t>
+      Тоқтамыс хан көшесі, № 2, № 2А, № 4, № 5, № 5А, № 6, № 6А, № 6Б, № 7, № 8, № 8А, № 8Б, № 8В, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 55А, № 55/1, № 56, № 56А, № 57, № 58, № 59, № 59А, № 60, № 60А, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 71А, № 71Б, № 72, № 73, № 73А, № 74, № 75, № 75А, № 76, № 78, № 80, № 82, № 84, № 86, № 88;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақ желкен көшесі, № 3, № 4, № 5, № 5А, № 6, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17А, № 18, № 20, № 22, № 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1486,141 +1466,141 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 3 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ә.Смағұлов атындағы көшесі, № 1, "Ақтөбе технико-технологиялық колледжі" жеке мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ә. Смағұлов атындағы көшесі, № 1, "Ақтөбе технико-технологиялық колледжі" жеке мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Бурабай көшесі, № 31, № 33, № 35, № 37, № 39, № 39А, № 39Б, № 41, № 41А, № 43, № 45, № 47, № 49, № 49А, № 49Б, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 67А, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 89А, № 89Б, № 91, № 91А, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.Т.Ряхов көшесі, № 58, № 60, № 62, № 62А, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 77, № 78, № 79, № 79А, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 92А, № 93, № 94, № 94А, № 95, № 96, № 96А, № 97, № 98, № 98А, № 99, № 100, № 100А, № 101, № 101А, № 102, № 103, № 103А, № 104, № 105, № 106, № 107, № 108, № 108А, № 109, № 109А, № 109Б, № 110, № 111, № 111А, № 112, № 112А, № 113, № 114, № 115, № 116, № 116А, № 118, № 118А, № 119, № 119А, № 120, № 121, № 122, № 122А, № 122Б, № 123, № 124, № 125, № 125А, № 126, № 126А, № 127, № 128, № 129, № 129А, № 129Б, № 130, № 131, № 131А, № 132, № 133, № 134, № 136, № 137, № 138, № 138А, № 139, № 140, № 141, № 142, № 143, № 143А, № 144, № 145, № 146, № 147, № 148, № 149, № 151, № 153, № 155;</w:t>
+      М. Т. Ряхов көшесі, № 58, № 60, № 62, № 62А, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 77, № 78, № 79, № 79А, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 92А, № 93, № 94, № 94А, № 95, № 96, № 96А, № 97, № 98, № 98А, № 99, № 100, № 100А, № 101, № 101А, № 102, № 103, № 103А, № 104, № 105, № 106, № 107, № 108, № 108А, № 109, № 109А, № 109Б, № 110, № 111, № 111А, № 112, № 112А, № 113, № 114, № 115, № 116, № 116А, № 118, № 118А, № 119, № 119А, № 120, № 121, № 122, № 122А, № 122Б, № 123, № 124, № 125, № 125А, № 126, № 126А, № 127, № 128, № 129, № 129А, № 129Б, № 130, № 131, № 131А, № 132, № 133, № 134, № 136, № 137, № 138, № 138А, № 139, № 140, № 141, № 142, № 143, № 143А, № 144, № 145, № 146, № 147, № 148, № 149, № 151, № 153, № 155;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нұрпейіс Байғанин көшесі, № 85, № 87, № 89, № 89А, № 91, № 91А, № 93, № 93Б, № 95, № 95А, № 97, № 97А, № 97Б, № 99, № 99А, № 101, № 101А, № 103, № 105, № 107, № 109, № 109А, № 111, № 111А, № 111Б, № 111В, № 113, № 113А, № 115, № 117, № 119, № 121, № 123, № 123А, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 139А, № 140, № 141, № 141А, № 142, № 144, № 146, № 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ә.Смағұлов атындағы көшесі, № 1, № 1А, № 42, № 44, № 46, № 48, № 50, № 50А, № 50Б, № 52, № 52А, № 52Б, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68;</w:t>
-[...17 lines deleted...]
-      Д.А.Қонаев көшесі, № 112, № 114, № 116, № 118, № 120, № 122, № 122А, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 138А, № 140, № 140А, № 142, № 144, № 146, № 148, № 150, № 152, № 154, № 156, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174, № 174А, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 190, № 190А, № 192, № 194, № 196, № 196А, № 198А;</w:t>
+      Ә. Смағұлов атындағы көшесі, № 1, № 1А, № 42, № 44, № 46, № 48, № 50, № 50А, № 50Б, № 52, № 52А, № 52Б, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д. А. Қонаев көшесі, № 112, № 114, № 116, № 118, № 120, № 122, № 122А, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 138А, № 140, № 140А, № 142, № 144, № 146, № 148, № 150, № 152, № 154, № 156, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174, № 174А, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 190, № 190А, № 192, № 194, № 196, № 196А, № 198А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұзақбай Құлымбетов көшесі, № 78, № 79, № 80А, № 81, № 81А, № 82, № 82А, № 82Б, № 83, № 83А, № 84, № 85, № 86, № 86А, № 87, № 87А, № 88, № 88/1, № 88А, № 88Б, № 88В, № 89, № 89А, № 90, № 90А, № 90Б, № 91, № 91А, № 92, № 93, № 93А, № 94, № 95, № 95А, № 95Б, № 96, № 97, № 98, № 99, № 99А, № 100, № 100А, № 101, № 102, № 102А, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 110А, № 110Б, № 111, № 112, № 112А, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 124А, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1630,51 +1610,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жангелдин Әліби көшесі, № 79, № 81, № 83, № 85, № 87, № 88, № 89, № 89А, № 89Б, № 90, № 91, № 91А, № 92, № 92А, № 92Б, № 93, № 93А, № 93Б, № 94, № 94А, № 94Б, № 95, № 96, № 96А, № 96Б, № 96В, № 97, № 98, № 98А, № 98Б, № 99, № 100, № 100А, № 100Б, № 101, № 101А, № 101Б, № 102, № 102А, № 102Б, № 103, № 103А, № 103Б, № 103В, № 104, № 104А, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 115А, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 124, № 125, № 126, № 127, № 127А, № 127Б, № 128, № 128А, № 129, № 130, № 131, № 132, № 132А, № 132/1, № 133, № 134, № 135, № 136, № 136А, № 138, № 138А, № 140, № 142, № 144, № 146;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Әкімжанов атындағы көшесі, № 57, № 57А, № 59, № 59А, № 61, № 63, № 64, № 64А, № 65, № 65А, № 66, № 67, № 68, № 69, № 69А, № 70, № 70А, № 70Б, № 71, № 72, № 73, № 74, № 75, № 77, № 78, № 78А, № 79, № 80, № 80А, № 80Б, № 81, № 82, № 83, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110;</w:t>
+      А. Әкімжанов атындағы көшесі, № 57, № 57А, № 59, № 59А, № 61, № 63, № 64, № 64А, № 65, № 65А, № 66, № 67, № 68, № 69, № 69А, № 70, № 70А, № 70Б, № 71, № 72, № 73, № 74, № 75, № 77, № 78, № 78А, № 79, № 80, № 80А, № 80Б, № 81, № 82, № 83, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жәнібек хан атындағы көшесі, № 109, № 111, № 111А, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 120А, № 121, № 121А, № 122, № 123, № 124, № 125, № 125А, № 126, № 126А, № 126Б, № 126В, № 127, № 128, № 128А, № 128Б, № 128В, № 129, № 130, № 130А, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 142А, № 143, № 143А, № 144, № 144А, № 144Б, № 145, № 145А, № 146, № 146А, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 161А, № 162, № 163, № 163А, № 164, № 165, № 166, № 166А, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 173А, № 174, № 175, № 175А, № 175Б, № 176, № 177, № 178, № 179, № 180, № 180А, № 181, № 181А, № 182, № 183, № 184, № 186, № 188, № 188А, № 190, № 190А, № 192;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1684,51 +1664,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Керей хан атындағы көшесі, № 82, № 84, № 84А, № 86, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 94А, № 95, № 96, № 96А, № 97, № 98, № 98А, № 99, № 100, № 101, № 102, № 102А, № 103, № 103А, № 104, № 104А, № 104Б, № 105, № 106, № 107, № 108, № 109, № 110, № 110А, № 110Б, № 111, № 111Б, № 112, № 112А, № 112Б, № 113, № 113А, № 114, № 114А, № 114Б, № 115, № 116, № 116А, № 117, № 118, № 119, № 119А, № 119Б, № 120, № 121, № 121А, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 134А, № 135, № 135А, № 136, № 136А, № 136Б, № 137, № 137А, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 151А, № 152, № 153, № 154, № 155, № 156, № 156А, № 156Б, № 157, № 158, № 158А, № 159, № 160, № 160А, № 161, № 162, № 162А, № 163, № 164, № 165, № 166, № 168;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.К.Жүргенов көшесі, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155;</w:t>
+      Т. К. Жүргенов көшесі, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лиза Чайкина тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 16;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1738,51 +1718,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Халықаралық тұйық көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 5А, № 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ю.Смирнов тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 8, № 10.</w:t>
+      Ю. Смирнов тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 8, № 10.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 4 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1898,51 +1878,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жамбыл көшесі, № 26, № 27А, № 28, № 28А, № 29, № 29А, № 29/1, № 29/2, № 30, № 30А, № 31, № 31А, № 32, № 32А, № 33, № 34, № 35, № 35А, № 36, № 37, № 39, № 40, № 41, № 42, № 42А, № 43, № 44, № 45, № 46, № 46А, № 47, № 48, № 49, № 50, № 52, № 53, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 62, № 62А, № 64, № 64А, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 88А, № 90, № 92, № 94, № 96, № 96А, № 98;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Д.А.Қонаев көшесі, № 19, № 21, № 23, № 25, № 27, № 31, № 32, № 32/1,2,3,4, № 33, № 34, № 35, № 35А, № 36, № 37, № 37А, № 37Б, № 38, № 39, № 39А, № 39Б, № 40, № 40А, № 41, № 42, № 43, № 43А, № 44, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 57А, № 59, № 60, № 62, № 63, № 64, № 64/1, № 64/А1, № 64А, № 66, № 66А, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 75А, № 76, № 77, № 78, № 79, № 80, № 80А, № 81, № 82, № 82А, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 102А, № 104, № 104А, № 106, № 108, № 110;</w:t>
+      Д. А. Қонаев көшесі, № 19, № 21, № 23, № 25, № 27, № 31, № 32, № 32/1,2,3,4, № 33, № 34, № 35, № 35А, № 36, № 37, № 37А, № 37Б, № 38, № 39, № 39А, № 39Б, № 40, № 40А, № 41, № 42, № 43, № 43А, № 44, № 46, № 47, № 48, № 49, № 50, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 57А, № 59, № 60, № 62, № 63, № 64, № 64/1, № 64/А1, № 64А, № 66, № 66А, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 75А, № 76, № 77, № 78, № 79, № 80, № 80А, № 81, № 82, № 82А, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 102А, № 104, № 104А, № 106, № 108, № 110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жәнібек хан атындағы көшесі, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 44, № 45, № 46, № 46А, № 47, № 48, № 50, № 52, № 53, № 55, № 56, № 57, № 58, № 58А, № 59, № 59А, № 60, № 61, № 62, № 64, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 75, № 76, № 77, № 78, № 79, № 80, № 80Г, № 81, № 82, № 82А, № 84, № 84А, № 84Б, № 84В, № 84Г, № 84Д, № 86, № 86А, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 102А, № 103, № 104, № 104А, № 105, № 105А, № 106, № 107, № 108, № 110, № 110А, № 112;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1952,51 +1932,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанқожа батыр көшесі, № 50, № 52А, № 54, № 56, № 58, № 60, № 60А, № 62, № 62А, № 62/2, № 63А, № 63/1,2,3, № 65, № 65/1,2,3, № 66, № 67, № 67А, № 68, № 69, № 70, № 70/1,2, № 71, № 72, № 72/2, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 82А, № 83, № 84, № 85, № 87, № 88, № 89, № 89А, № 89/1, № 90, № 91, № 91А, № 92, № 94, № 95, № 96, № 96А, № 96Б, № 97, № 98, № 98А, № 99, № 100, № 100А, № 100Б, № 101, № 102, № 102А, № 103, № 104, № 104А, № 104Б, № 105, № 106, № 106А, № 106Б, № 107, № 107А, № 108, № 109, № 109А, № 109Б, № 110, № 111, № 111А, № 112, № 113, № 113А, № 114, № 114А, № 114В, № 115, № 116, № 116А, № 116Б, № 117, № 117А, № 118, № 119, № 120, № 121, № 121А, № 121Б, № 123, № 123А, № 123Б, № 123В, № 123Г, № 123Е, № 125, № 125А, № 125Б, № 125В, № 125Г, № 125Д, № 129, № 129А, № 131, № 133, № 135, № 137, № 141, № 141Д, № 143, № 145;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.К.Жүргенов көшесі, № 79, № 81, № 83, № 83А, № 85, № 85А, № 87, № 87А, № 87Б, № 87В, № 89, № 90, № 91, № 91А, № 92, № 93, № 94, № 95, № 96, № 97, № 97Б, № 98, № 98А, № 98Б, № 100, № 100А, № 100Б, № 100В, № 101, № 102, № 103, № 105, № 106, № 107, № 107А, № 107Б, № 107В, № 107Г, № 108, № 109, № 109А, № 109Б, № 109В, № 110, № 111, № 111А, № 111Б, № 112, № 112А, № 113, № 113А, № 113Б, № 113В, № 114, № 114А, № 114Б, № 115, № 115А, № 115Б, № 115В, № 115Г, № 115Д, № 115Е, № 116, № 116А, № 116Б, № 116Г, № 117, № 117А, № 118, № 118А, № 118Б, № 119, № 120, № 120А, № 120Б, № 122, № 122А, № 122Б, № 123, № 123А, № 124, № 125, № 125А, № 125Б, № 125В, № 126, № 127, № 127А, № 127Б, № 129, № 130, № 131, № 132, № 132А, № 132Б, № 134, № 134А, № 136, № 138;</w:t>
+      Т. К. Жүргенов көшесі, № 79, № 81, № 83, № 83А, № 85, № 85А, № 87, № 87А, № 87Б, № 87В, № 89, № 90, № 91, № 91А, № 92, № 93, № 94, № 95, № 96, № 97, № 97Б, № 98, № 98А, № 98Б, № 100, № 100А, № 100Б, № 100В, № 101, № 102, № 103, № 105, № 106, № 107, № 107А, № 107Б, № 107В, № 107Г, № 108, № 109, № 109А, № 109Б, № 109В, № 110, № 111, № 111А, № 111Б, № 112, № 112А, № 113, № 113А, № 113Б, № 113В, № 114, № 114А, № 114Б, № 115, № 115А, № 115Б, № 115В, № 115Г, № 115Д, № 115Е, № 116, № 116А, № 116Б, № 116Г, № 117, № 117А, № 118, № 118А, № 118Б, № 119, № 120, № 120А, № 120Б, № 122, № 122А, № 122Б, № 123, № 123А, № 124, № 125, № 125А, № 125Б, № 125В, № 126, № 127, № 127А, № 127Б, № 129, № 130, № 131, № 132, № 132А, № 132Б, № 134, № 134А, № 136, № 138;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Асау-Барақ көшесі, № 51, № 53, № 55, № 63, № 65, № 69, № 69А, № 69Б, № 71, № 71А, № 71Б, № 72, № 72А, № 73, № 73Б, № 74, № 74А, № 75, № 75А, № 76, № 77, № 78, № 78А, № 80, № 82, № 82А, № 82Б, № 84, № 84А, № 86, № 88, № 90, № 92, № 94, № 98, № 100, № 102;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2112,51 +2092,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нұрпейіс Байғанин көшесі, № 1, № 3, № 5, № 5А, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 23А, № 25, № 27, № 27А, № 29, № 31, № 33, № 73, № 75, № 77, № 79, № 81, № 83;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ы.Алтынсарин көшесі, № 82, № 84;</w:t>
+      Ы. Алтынсарин көшесі, № 82, № 84;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ломоносов көшесі, № 34, № 36, № 38, № 40, № 40А, № 42, № 44, № 46, № 48, № 50, № 52, № 52А, № 54, № 56, № 58, № 58А, № 60, № 62, № 64, № 68, № 70, № 70А, № 70Б, № 72, № 72А, № 74, № 74А, № 76, № 76А, № 78, № 80, № 80А, № 80Б, № 82, № 84, № 84А, № 86, № 86А, № 88, № 90, № 92, № 92А, № 94, № 96А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2184,105 +2164,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарасай батыр көшесі, № 87, № 89, № 91, № 91А, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 112, № 113, № 113А, № 114, № 115, № 116, № 116А, № 116Б, № 117, № 118, № 118Б, № 119, № 120, № 120А, № 121, № 122, № 122А, № 123, № 124, № 124А, № 125, № 126, № 126А, № 127, № 128, № 128А, № 130, № 132, № 134, № 136, № 138, № 140, № 140А, № 142, № 142А, № 144, № 144А, № 146, № 146А, № 148, № 148В, № 150, № 150А, № 152, № 154, № 156, № 158, № 158А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Әкімжанов атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 10А, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 23А, № 24, № 25, № 25А, № 26, № 26А, № 27, № 27А, № 27Б, № 28, № 28А, № 28Б, № 29, № 29А, № 30, № 30А, № 31, № 31А, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 43А, № 43Б, № 44, № 44А, № 45, № 45А, № 45Б, № 46, № 46А, № 47, № 47А, № 47Б, № 48, № 48А, № 49, № 49А, № 49Б, № 50, № 50А, № 51, № 51А, № 51Б, № 52, № 53, № 54, № 54А, № 55, № 56, № 56А, № 58, № 60;</w:t>
-[...17 lines deleted...]
-      Ә.Смағұлов атындағы көшесі, № 2, № 4, № 6, № 8, № 8А, № 8Б, № 10, № 10Б, № 12, № 12А, № 12Б, № 12В, № 14, № 14А, № 14Б, № 16, № 16А, № 16Б, № 16В, № 18, № 18А, № 18Б, № 20, № 20А, № 22, № 24, № 26, № 26А, № 26Б, № 28, № 28А, № 28Б, № 30А, № 30Б, № 32, № 32А, № 34, № 36, № 38, № 38А, № 40;</w:t>
+      А. Әкімжанов атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 10А, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 23А, № 24, № 25, № 25А, № 26, № 26А, № 27, № 27А, № 27Б, № 28, № 28А, № 28Б, № 29, № 29А, № 30, № 30А, № 31, № 31А, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 42, № 43, № 43А, № 43Б, № 44, № 44А, № 45, № 45А, № 45Б, № 46, № 46А, № 47, № 47А, № 47Б, № 48, № 48А, № 49, № 49А, № 49Б, № 50, № 50А, № 51, № 51А, № 51Б, № 52, № 53, № 54, № 54А, № 55, № 56, № 56А, № 58, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Смағұлов атындағы көшесі, № 2, № 4, № 6, № 8, № 8А, № 8Б, № 10, № 10Б, № 12, № 12А, № 12Б, № 12В, № 14, № 14А, № 14Б, № 16, № 16А, № 16Б, № 16В, № 18, № 18А, № 18Б, № 20, № 20А, № 22, № 24, № 26, № 26А, № 26Б, № 28, № 28А, № 28Б, № 30А, № 30Б, № 32, № 32А, № 34, № 36, № 38, № 38А, № 40;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жангелдин Әліби көшесі, № 1, № 2, № 3, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11Б, № 12, № 13, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 25А, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 31А, № 31/1, № 32, № 32А, № 33, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 47, № 48, № 48А, № 49, № 50, № 50А, № 50Б, № 51, № 52, № 52А, № 52Б, № 53, № 54, № 54А, № 55, № 56, № 56А, № 56Б, № 57, № 57А, № 58, № 58А, № 59, № 59А, № 60, № 61, № 61А, № 62, № 63, № 64, № 65, № 65А, № 66, № 66А, № 67, № 67А, № 68, № 68А, № 69, № 69А, № 70, № 70Б, № 71, № 72, № 72А, № 73, № 73Б, № 74, № 74А, № 74Б, № 75, № 76, № 76А, № 76Б, № 78, № 78А, № 80, № 80Б, № 82, № 84, № 86;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Д.А.Қонаев көшесі, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 115А, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 155А, № 155Б, № 157, № 159, № 161, № 163;</w:t>
+      Д. А. Қонаев көшесі, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 115А, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 155А, № 155Б, № 157, № 159, № 161, № 163;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жасыл тұйық көшесі, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 8А, № 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2434,51 +2414,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанқожа батыр көшесі, № 35, № 37, № 39, № 39А, № 41, № 43, № 43А, № 45, № 47, № 49, № 53, № 57А, № 57Б, № 57В, № 57Г, № 59, № 59А, № 59Б, № 59В, № 59Г, № 61, № 61А, № 61Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Махамбет Өтемісов көшесі, № 26, № 31, № 33, № 35, № 37, № 39, № 39А, № 40А, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 55/2, № 56, № 57, № 58, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 71, № 73, № 73А, № 75, № 77, № 79, № 81, № 87, № 89, № 89А, № 91, № 91А, № 93, № 95, № 95А, № 95Б, № 95В, № 97, № 97А, № 97Б, № 97В, № 99, № 99А, № 101, № 103, № 103А, № 103Б;</w:t>
+      Махамбет Өтемісов көшесі, № 26, № 31, № 33, № 35, № 37, № 39,№ 39А, № 40А, № 41, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 55/2, № 56, № 57, № 58, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 71, № 73, № 73А, № 75, № 77, № 79, № 81, № 87, № 89, № 89А, № 91, № 91А, № 93, № 95, № 95А, № 95Б, № 95В, № 97, № 97А, № 97Б, № 97В, № 99, № 99А, № 101, № 103, № 103А, № 103Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жамбыл көшесі, № 61, № 61А, № 61Б, № 63, № 65, № 67, № 69, № 69А, № 71, № 73А, № 73Б, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 97А, № 99, № 99А, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2506,85 +2486,85 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарасай батыр көшесі, № 33, № 35, № 35А, № 37, № 39, № 41, № 43, № 43А, № 45, № 45/1, № 45/3, № 45/4, № 45/5, № 45/6, № 46, № 47, № 48, № 49, № 50, № 52, № 53, № 54, № 55, № 55А, № 55Б, № 56, № 57, № 57А, № 58, № 58А, № 58Б, № 58В, № 59, № 59А, № 59Б, № 60, № 61, № 61А, № 62, № 63, № 63А, № 64, № 64А, № 65, № 66, № 68, № 69, № 70, № 71, № 72, № 72А, № 72Б, № 73, № 73А, № 74, № 74А, № 75, № 75А, № 76, № 76А, № 78, № 79, № 81, № 81А, № 82, № 82А, № 83, № 83А, № 83Б, № 83В, № 84, № 84А, № 86, № 86А, № 86Б, № 88, № 90, № 92, № 94, № 96, № 96А, № 98, № 98/2, № 98А, № 98Б, № 100, № 100А, № 102, № 102А, № 104, № 106, № 108, № 110;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.К.Жүргенов көшесі, № 1, № 3, № 20, № 22, № 24, № 26, № 28, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 50, № 52, № 56, № 58, № 60, № 62, № 62А, № 63, № 63А, № 64, № 64А, № 65, № 66, № 66А, № 68, № 69, № 69А, № 69/2, № 70, № 71, № 71А, № 72, № 73, № 73А, № 74, № 74А, № 74Б, № 75, № 75А, № 76, № 76А, № 76Б, № 76В, № 76Г, № 77, № 78, № 78А, № 78Б, № 80, № 80А, № 80Б, № 80В, № 80Г, № 82, № 84, № 86, № 88.</w:t>
+      Т. К. Жүргенов көшесі, № 1, № 3, № 20, № 22, № 24, № 26, № 28, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 43А, № 44, № 45, № 46, № 46А, № 47, № 48, № 48А, № 50, № 52, № 56, № 58, № 60, № 62, № 62А, № 63, № 63А, № 64, № 64А, № 65, № 66, № 66А, № 68, № 69, № 69А, № 69/2, № 70, № 71, № 71А, № 72, № 73, № 73А, № 74, № 74А, № 74Б, № 75, № 75А, № 76, № 76А, № 76Б, № 76В, № 76Г, № 77, № 78, № 78А, № 78Б, № 80, № 80А, № 80Б, № 80В, № 80Г, № 82, № 84, № 86, № 88.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 7 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Актөбе қаласы, Алматы ауданы, Ы.Алтынсарин көшесі, № 4, "Қ.Жұбанов атындағы Ақтөбе өңірлік университеті" коммерциалық емес акционерлік қоғамының оқу корпусы.</w:t>
+      Сайлау учаскесінің орналасқан жері: Актөбе қаласы, Алматы ауданы, Ы. Алтынсарин көшесі, № 4, "Қ. Жұбанов атындағы Ақтөбе өңірлік университеті" коммерциалық емес акционерлік қоғамының оқу корпусы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Әйтеке би көшесі, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 90/2, № 92, № 94, № 94А, № 96, № 98, № 100, № 102, № 102А, № 104, № 104А, № 104Б, № 106, № 106А, № 108, № 110, № 112, № 112А, № 114, № 114А, № 116, № 120, № 122, № 122А, № 126, № 128, № 128Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2666,51 +2646,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарасай батыр көшесі, № 2А, № 2Б, № 2В, № 2Г, № 3, № 5, № 6, № 7, № 8, № 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ы.Алтынсарин көшесі, № 1, № 2, № 5, № 6;</w:t>
+      Ы. Алтынсарин көшесі, № 1, № 2, № 5, № 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Александр Яншин көшесі, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2756,87 +2736,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Набережный көшесі, № 1, № 3, № 5, № 7, № 7А, № 9, № 11, № 13, № 13/2, № 15, № 15/1, № 17, № 17/1,2, № 19, № 21, № 23, № 23А, № 25, № 25А, № 25/2, № 27, № 29, № 31, № 33, № 35, № 35А, № 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Д.А.Қонаев көшесі, № 3, № 5, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 18В, № 20, № 22, № 22А, № 24, № 24А, № 24Б, № 26, № 26А, № 26Б, № 28, № 30;</w:t>
+      Д. А. Қонаев көшесі, № 3, № 5, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 18В, № 20, № 22, № 22А, № 24, № 24А, № 24Б, № 26, № 26А, № 26Б, № 28, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жәнібек хан атындағы көшесі, № 12, № 13, № 14, № 14/2, № 15, № 16, № 16А, № 17, № 18, № 19, № 21, № 21А, № 22, № 22А, № 23, № 24, № 25, № 25А, № 26, № 27;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.Т.Ряхов көшесі, № 2, № 2А, № 2В, № 2/1, № 3, № 5, № 5А, № 5Б, № 7, № 7А, № 9, № 9А;</w:t>
+      М. Т. Ряхов көшесі, № 2, № 2А, № 2В, № 2/1, № 3, № 5, № 5А, № 5Б, № 7, № 7А, № 9, № 9А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанша Досмұхамедұлы атындағы көшесі, № 2, № 2А, № 4, № 6, № 8, № 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2862,69 +2842,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 8 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ы.Алтынсарин көшесі, № 24, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің жанындағы "Балалар мен жасөспірімдер шығармашылығы орталығы" мемлекеттік қазыналық коммуналдық кәсіпорнының ғимараты</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің шекаралары: Ж.Кереев көшесі, № 1, № 2, № 3, № 4, № 4, корпус 1, № 5, № 6, № 7, № 7А;</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ы. Алтынсарин көшесі, № 24, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің жанындағы "Балалар мен жасөспірімдер шығармашылығы орталығы" мемлекеттік қазыналық коммуналдық кәсіпорнының ғимараты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ж. Кереев көшесі, № 1, № 2, № 3, № 4, № 4, корпус 1, № 5, № 6, № 7, № 7А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нағым Қобыландин көшесі, № 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2952,51 +2932,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанқожа батыр көшесі, № 3, № 5, № 9, № 28А, № 30, № 34;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ы.Алтынсарин көшесі, № 18, № 19, № 19А, № 21, № 21А, № 21Б, № 23, № 24, № 25А;</w:t>
+      Ы. Алтынсарин көшесі, № 18, № 19, № 19А, № 21, № 21А, № 21Б, № 23, № 24, № 25А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шоқан Уәлиханов көшесі, № 30, № 32.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3040,85 +3020,85 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ломоносов көшесі, № 2, № 2, корпус 1, № 4, № 4, корпус 1, № 8, корпус 2, № 8/6, № 28, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ы.Алтынсарин көшесі, № 31, № 31А, № 33, № 33, корпус 1, № 35, № 37.</w:t>
+      Ы. Алтынсарин көшесі, № 31, № 31А, № 33, № 33, корпус 1, № 35, № 37.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 10 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Шоқан Уәлиханов көшесі, № 12, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Бауыржан Момышұлы атындағы № 62 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Шоқан Уәлиханов көшесі, № 12А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Бауыржан Момышұлы атындағы № 62 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Тахауи Ахтанов көшесі, № 59, № 61;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3128,51 +3108,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарасай батыр көшесі, № 13, № 18, № 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ы.Алтынсарин көшесі, № 15А, № 16;</w:t>
+      Ы. Алтынсарин көшесі, № 15А, № 16;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шернияз Жарылғасұлы көшесі, № 33, № 37, № 39, № 43, № 45, № 51, № 53, № 55, № 57, № 58, № 60;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3270,51 +3250,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 11 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Нағым Қобыландин көшесі, № 4, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ғ.Ақтаев атындағы № 6 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Нағым Қобыландин көшесі, № 4, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ғ. Ақтаев атындағы № 6 мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Интернациональный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 9А, № 10, № 10А, № 11, № 11А, № 11Б, № 12, № 13, № 13А, № 13Б, № 13В, № 14, № 15, № 16, № 16А, № 17, № 18, № 19, № 20, № 22, № 23, № 24, № 24А, № 24Б, № 25, № 26, № 26А, № 27, № 28, № 29, № 29Б, № 30, № 31, № 32, № 33, № 34, № 35, № 37, № 39;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3486,51 +3466,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Безымянный тұйық көшесі, № 3, № 5, № 7, № 9, № 11, № 13;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Матросов көшесі, № 1, № 2, № 3А, № 3А/1, № 3А/2, № 3А/3, № 8, № 9, № 10, № 11, № 11/1, № 11А, № 12, № 13, № 13Д, № 14, № 15, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32;</w:t>
+      А. Матросов көшесі, № 1, № 2, № 3А, № 3А/1, № 3А/2, № 3А/3, № 8, № 9, № 10, № 11, № 11/1, № 11А, № 12, № 13, № 13Д, № 14, № 15, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Самал тұйық көшесі, № 3, № 4, № 5, № 6, № 7, № 7А, № 7"З", № 8, № 9, № 9А, № 10, № 11, № 11А, № 11"З", № 12, № 13, № 15, № 16, № 17, № 18, № 20;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4040,51 +4020,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әйтеке би көшесі, № 1, № 2, № 4, № 6, № 8, № 9, № 9А, № 9Б, № 10, № 10А, № 12, № 12А, № 13, № 14, № 15, № 16, № 18, № 20, № 22, № 24, № 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Матросов көшесі, № 17, № 19, № 19А, № 21, № 23, № 23/1, № 25, № 27, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 52, № 52/1, № 52/2, № 54, № 54А, № 54Б, № 56, № 58;;</w:t>
+      А. Матросов көшесі, № 17, № 19, № 19А, № 21, № 23, № 23/1, № 25, № 27, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 52, № 52/1, № 52/2, № 54, № 54А, № 54Б, № 56, № 58;;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ырғыз көшесі, № 41, № 43, № 45, № 47, № 49, № 51, № 51А, № 53, № 55, № 57, № 59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4610,51 +4590,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 16 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Н.В.Гоголь көшесі, № 12, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ілияс Есенберлин атындағы № 15 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Н. В. Гоголь көшесі, № 12, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ілияс Есенберлин атындағы № 15 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Жұмысшы көшесі, № 1, № 2, № 3, № 3А, № 3Б, № 3В, № 4, № 5, № 5А, № 5Б, № 5В, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 13А, № 13Б, № 15, № 15А, № 15Б, № 15В, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 25А, № 26, № 27, № 27А, № 27Б, № 28, № 29, № 29А, № 29Б, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 37А, № 38, № 39, № 40, № 40А, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 49А, № 50, № 51, № 51А, № 52, № 53, № 53А, № 53Б, № 54, № 55, № 55А, № 55Б, № 56, № 57, № 57А, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 65А, № 66, № 66А, № 67, № 67А, № 68, № 68А, № 69, № 69А, № 70, № 71, № 71А, № 72, № 73, № 73А, № 73Б, № 74, № 74А, № 75, № 75А, № 75Б, № 76, № 77, № 77А, № 78, № 79, № 80, № 80А, № 81, № 81А, № 82, № 83, № 84, № 85, № 85А, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 95, № 97;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4718,51 +4698,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алматы көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В.Ф.Зинченко көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 13А, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 75А, № 77/1, № 77/2, № 79, № 81, № 83, № 85;</w:t>
+      В. Ф. Зинченко көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 13А, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 75А, № 77/1, № 77/2, № 79, № 81, № 83, № 85;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сағи Жиенбаев көшесі, № 2, № 4, № 4А, № 6, № 6А, № 8, № 8А, № 8Б, № 10, № 12, № 12А, № 14, № 16, № 16А, № 16Б, № 18, № 18А, № 18Б, № 20, № 22, № 24, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 31А, № 31Б, № 32, № 32А, № 33, № 33А, № 33Б, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 39А, № 40, № 40А, № 41, № 41А, № 42, № 42А, № 43, № 44, № 45, № 46, № 47, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 54А, № 55, № 56, № 57, № 58, № 58А, № 59А, № 60, № 60А, № 61, № 62, № 62А, № 63, № 63А, № 63Б, № 64, № 65, № 65А, № 66, № 67, № 67А, № 68, № 69, № 69А, № 70, № 71, № 72, № 73, № 74, № 74А, № 74Б, № 75, № 76, № 76А, № 77, № 78, № 78А, № 79, № 80, № 80А, № 81, № 81А, № 82, № 82А, № 83, № 83А, № 84, № 85, № 85А, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 92, № 93, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4826,51 +4806,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ембі көшесі, № 1, № 2, № 3, № 3А, № 4, № 4А, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 12, № 12А, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 44А, № 45, № 46, № 47, № 48, № 49, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Н.В.Гоголь көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
+      Н. В. Гоголь көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Турксиб көшесі, № 1, № 2, № 3, № 3А, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 15А, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 50, № 51, № 53, № 54, № 55, № 56, № 56А, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 64А, № 65, № 66, № 68, № 70, № 72, № 74, № 76, № 78;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4916,51 +4896,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Диірменді көшесі, № 1, № 1А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30, № 30А, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В.П.Чкалов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20, № 20А, № 22, № 22А, № 24, № 26, № 28, № 28А, № 30;</w:t>
+      В. П. Чкалов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20, № 20А, № 22, № 22А, № 24, № 26, № 28, № 28А, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алға көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5022,51 +5002,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 17 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Гастелло Н.Ф. көшесі, № 51, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 5 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Гастелло Н. Ф. көшесі, № 51, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 5 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Тарас Шевченко көшесі, № 21, № 23, № 25, № 27, № 29, № 29А, № 31, № 31А, № 33, № 33, корпус 1, № 35, № 35А, № 35Б, № 37, № 37А, № 39А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5128,87 +5108,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 18 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Гастелло Н.Ф. көшесі, № 51, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 5 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Гастелло Н. Ф. көшесі, № 51, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 5 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Гастелло Н.Ф. көшесі, № 2, № 4, № 6, № 8, № 10, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Можайский көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 31Б, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44;</w:t>
+      Сарыбұлақ көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 31Б, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орынбор көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17, корпус 1, № 17, корпус 2, № 17, корпус 3, № 17, корпус 4, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5556,51 +5536,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлжан стансасы, № 1, № 2, № 3, № 4, № 5, № 7, № 10, № 12, № 17, № 20А, № 21, № 22, № 25, № 26, № 28, № 29А, № 30, № 32, № 39, № 44, № 45, № 48, № 56, ПМС, № 1, № 2, № 3, № 4, ПМС-2, № 1, № 2, № 3, № 4, № 23, № 25, № 27, № 50, РСХТ-1, № 1, СМП-671, № 1, № 2, № 3, № 3А, № 4, № 5,№ 6, № 7, № 8, № 9, № 10, № 11, № 12, № 16, № 17, № 18, № 18А, № 19, № 24, № 28, № 29, № 30, № 34, № 43, № 69, ОПС-6, № 21, № 24, № 25, № 27, № 28, № 29, № 29А, № 31, № 34, № 35,№ 39, № 48, № 49, № 52, ОПС, № 1, № 2, № 3, № 6, № 9, № 10, № 11, ПМС коттедждері, № 24, № 25, № 27, № 28, № 29, № 29А, № 31, № 34, № 35, № 39,№ 48, № 49, № 52, ПМС-69, № 1, № 2, № 3, № 4, № 6, № 7, № 8, № 9, № 10, № 20, № 21, № 24, № 25, № 26, № 28, № 31, № 34, № 35, № 55, № 58;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.Атаниязов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 42, № 57;</w:t>
+      М. Атаниязов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 42, № 57;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақтөбе су қоймасы көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 16, № 19, № 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5698,51 +5678,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 21 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, А.Пушкин көшесі, № 68, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 12 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, А. Пушкин көшесі, № 68, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 12 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Елек көшесі, № 74, № 76, № 78, № 84А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5806,51 +5786,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арынов көшесі, № 33, № 35, № 37, № 39, № 39А, № 41, № 43, № 45, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Пушкин көшесі, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69;</w:t>
+      А. Пушкин көшесі, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уральский көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 29А, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5914,69 +5894,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дина Нұрпейісова атындағы көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 13А, № 14, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 28А, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 46А, № 47, № 48, № 49;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Л.Н.Толстой көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 25, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 38, № 39, № 40, № 40А, № 42, № 44, № 46, № 48, № 50, № 52;</w:t>
-[...17 lines deleted...]
-      А.Наумов атындағы көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 28А, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65;</w:t>
+      Л. Н. Толстой көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 25, № 26, № 27, № 27А, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 35А, № 36, № 37, № 38, № 39, № 40, № 40А, № 42, № 44, № 46, № 48, № 50, № 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Наумов атындағы көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 28А, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 53А, № 54, № 55, № 55А, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Темірқазық көшесі, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 17, № 18, № 19, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 40А, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 72;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6200,51 +6180,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арынов көшесі, № 1, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 16В, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 28, № 30, № 31, № 31Б, № 31В, № 31Г, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 46А, № 48;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Пушкин көшесі, № 1, № 3, № 5, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66;</w:t>
+      А. Пушкин көшесі, № 1, № 3, № 5, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сержан Жаманқұлов көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6272,51 +6252,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Павлов көшесі, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 14, № 16, № 18, № 20, № 26, № 28, № 30, № 32;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Иманов көшесі, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6А, № 6Б, № 6В, № 7, № 8, № 9, № 10, № 11, № 12А, № 13, № 15, № 16, № 16А, № 16Б, № 16В, № 16Г, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 57, № 59;</w:t>
+      А. Иманов көшесі, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6А, № 6Б, № 6В, № 7, № 8, № 9, № 10, № 11, № 12А, № 13, № 15, № 16, № 16А, № 16Б, № 16В, № 16Г, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 57, № 59;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербісәлі Беркімбаев атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 57А, № 58, № 59, № 60, № 61, № 62, № 63, № 65;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6576,51 +6556,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербісәлі Беркімбаев атындағы көшесі, № 64, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 84, № 86, № 88, № 90, № 92, № 94;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Иманов көшесі, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89;</w:t>
+      А. Иманов көшесі, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәкен Сейфуллин атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7006,51 +6986,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алтай батыр көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 52А, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 68, № 72, № 74, № 74/1;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Чехов көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 54А, № 55, № 56, № 57, № 58, № 60, № 62, № 64;</w:t>
+      А. Чехов көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 52А, № 53, № 54, № 54А, № 55, № 56, № 57, № 58, № 60, № 62, № 64;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Красин көшесі, № 1, № 1А, № 1В, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 38А, № 39, № 39А, № 40, № 41, № 41А, № 42, № 44, № 46, № 48, № 50, № 52, № 54.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -7112,51 +7092,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дербісәлі Беркімбаев атындағы көшесі, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 109, № 110, № 111, № 111А, № 112, № 113, № 114, № 115, № 116, № 116А, № 117, № 118, № 119, № 121, № 122, № 122А, № 123, № 124, № 124А, № 125, № 125А, № 126, № 127, № 128, № 129, № 129А, № 130, № 131, № 132, № 133, № 134, № 136, № 138, № 140, № 142, № 144, № 146, № 148;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      И.Білтабанов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 29, № 31, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
+      И. Білтабанов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 29, № 31, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәшһүр Жүсіп Көпейұлы атындағы көшесі, № 96, № 98, № 100, № 102, № 104, № 104А, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 134, № 134А, № 136;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7238,51 +7218,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәкен Сейфуллин атындағы көшесі, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 57А, № 58, № 59, № 60, № 61, № 61А, № 62, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 72А, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 83А, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 118, № 119, № 120, № 121, № 122, № 124;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Иманов көшесі, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 95, № 95, корпус 2, № 95А, № 96, № 97, № 97, корпус 2, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 115, № 116, № 117, № 118, № 120, № 121, № 122, № 123, № 124, № 124А, № 125, № 126, № 127, № 128, № 129, № 131, № 132, № 133, № 134, № 135, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 147Б, № 148, № 149А, № 150;</w:t>
+      А. Иманов көшесі, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 95, № 95, корпус 2, № 95А, № 96, № 97, № 97, корпус 2, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 115, № 116, № 117, № 118, № 120, № 121, № 122, № 123, № 124, № 124А, № 125, № 126, № 127, № 128, № 129, № 131, № 132, № 133, № 134, № 135, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 147Б, № 148, № 149А, № 150;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақтыбай батыр көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7470,51 +7450,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Павлов көшесі, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 148, № 150, № 150А, № 152, № 152А, № 154, № 156, № 157А, № 158, № 158А, № 158В, № 160, № 162, № 164, № 166, № 168;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Иманов көшесі, № 151, № 152, № 153, № 154, № 155, № 155А, № 156, № 157, № 157А, № 158, № 159, № 160, № 160А, № 161, № 162, № 163, № 164, № 164А, № 165, № 166, № 167, № 168, № 168А, № 169, № 170, № 171, № 172, № 172А, № 173, № 174, № 175, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 188А, № 190, № 192, № 192А, № 196, № 198;</w:t>
+      А. Иманов көшесі, № 151, № 152, № 153, № 154, № 155, № 155А, № 156, № 157, № 157А, № 158, № 159, № 160, № 160А, № 161, № 162, № 163, № 164, № 164А, № 165, № 166, № 167, № 168, № 168А, № 169, № 170, № 171, № 172, № 172А, № 173, № 174, № 175, № 176, № 178, № 180, № 182, № 184, № 186, № 188, № 188А, № 190, № 192, № 192А, № 196, № 198;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мясоедов Григорий Павлович көшесі, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 127А, № 129, № 131, № 133, № 135, № 135А, № 137, № 139, № 141, № 142, № 142А, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 150А, № 151, № 152, № 153, № 154, № 156, № 158, № 158А, № 160, № 162, № 164, № 166, № 168, № 170, № 172, № 174;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7560,87 +7540,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Морозов тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 22, № 24, № 26;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Н.Бауман көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 18А, № 20, № 20А, № 22, № 22А, № 24, № 26, № 30А;</w:t>
+      Н. Бауман көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 10А, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 18А, № 20, № 20А, № 22, № 22А, № 24, № 26, № 30А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зоя Космедемьянская көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34, № 36, № 38, № 38А, № 40, № 42, № 44;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      И.А.Крылов көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 5А, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 13А, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 54;</w:t>
+      И. А. Крылов көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 5А, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 13А, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 54;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақтау көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 25А, № 26, № 27, № 28, № 29, № 30, № 30А, № 31, № 32, № 32А, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 56А, № 57, № 58, № 59, № 60, № 61, № 62;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7738,51 +7718,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әз Наурыз көшесі, № 28 (11 шағын аудан, № 44);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Н.Шәйкенов атындағы көшесі, № 21 (11 шағын аудан, № 47), № 17 (11 шағын аудан, № 51);</w:t>
+      Н.Шәйкенов атындағы көшесі, № 21 (11 шағын аудан, № 47), № 17 (11 шағын аудан, № 51) ;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алыс тұйық көшесі, № 1, № 2, № 2Б, № 3, № 4, № 4А, № 5, № 6, № 9, № 11, № 12, № 13Б, № 14, № 16, № 18, № 19, № 20, № 22, № 25;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7984,51 +7964,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 30 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Кірпішті тұрғын үй алабы, Кирпичный көшесі, № 5, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 18 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Кірпішті тұрғын үй алабы, Роза Бағланова көшесі, № 5, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 18 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Кирпичный көшесі, № 1, № 1А, № 1В, № 1Г, № 2, № 2А, № 2Б, № 2В, № 2, корпус 1, № 2, корпус 2, № 2, корпус 3, № 2, корпус 4, № 3, № 3В, № 4, № 4Б, № 4/1, № 5, № 5А, № 5Б, № 6, № 7, № 7В, № 8, № 9, № 9Б, № 10, № 10А, № 11, № 12, № 12А, № 12Б, № 13/1, № 14, № 14Г, № 14/3, № 16, № 16А, № 16В, № 16, корпус 1, № 18, № 20, № 23, № 25, № 26, № 27, № 28, № 28А, № 28Б, № 29, № 29В, № 30, № 30/1, № 30А, № 30Б, № 31, № 32, № 32А, № 33, № 34, № 34А, № 34Б, № 35, № 35Б, № 36, № 37, № 38, № 39, № 40, № 41, № 41А, № 41Б, № 42, № 42Б, № 43, № 44, № 47, № 49, № 50, № 51, № 52, № 53, № 54, № 57, № 58, № 59, № 64, № 66, № 67, № 71, № 74, № 153;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8180,175 +8160,175 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 31 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Т.Рысқұлов көшесі, № 8А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 40 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Т. Рысқұлов көшесі, № 8А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 40 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Өтеген Тұрмағамбетов көшесі, № 34, корпус 1, № 36, корпус 1, № 36, корпус 2, № 36, корпус 3;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 10, № 12, № 12, корпус 1, № 14, № 14, корпус1(А), № 16, № 16, корпус 1, № 16, корпус 2, № 18, № 18А, № 18, корпус 1, № 18, корпус 2.</w:t>
+      Т. Рысқұлов көшесі, № 10, № 12, № 12, корпус 1, № 14, № 14, корпус1(А), № 16, № 16, корпус 1, № 16, корпус 2, № 18, № 18А, № 18, корпус 1, № 18, корпус 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 32 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Т.Рысқұлов көшесі, № 8А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 40 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Т. Рысқұлов көшесі, № 8А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 40 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: СМП-555 орамы, № 1, № 1А, № 2, № 3, № 4, № 4А, № 4Б, № 5, № 5А, № 7, № 7А, № 8, № 9, № 10, № 10А, № 10Б, № 12, № 14, № 14А, № 14Б, № 15, № 16, № 17, № 18, № 18А және қалған тұрғын үйлер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 2, № 4, корпус 2, № 4, корпус 3;</w:t>
-[...17 lines deleted...]
-      А.Чекалин көшесі, № 30, № 32, корпус 1, № 34, № 36, № 36А, № 36Б, № 38, № 38А, № 40, № 40А, № 42А, № 44А, № 44Б;</w:t>
+      Т. Рысқұлов көшесі, № 2, № 4, корпус 2, № 4, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Чекалин көшесі, № 30, № 32, корпус 1, № 34, № 36, № 36А, № 36Б, № 38, № 38А, № 40, № 40А, № 42А, № 44А, № 44Б;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Олег Кошевой көшесі, № 105, корпус 1, № 105, корпус 2, № 105, корпус 3, № 109, № 113, № 113, корпус 1, № 113, корпус 2, № 115.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -8374,51 +8354,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Мир даңғылы, № 47, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 26 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің шекаралары: Т.Рысқұлов көшесі, № 20, № 57А, № 59, № 59А, № 59Б, № 59В, № 67, № 67А, № 67Б, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93;</w:t>
+      Сайлау учаскесінің шекаралары: Т. Рысқұлов көшесі, № 20, № 57А, № 59, № 59А, № 59Б, № 59В, № 67, № 67А, № 67Б, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мир даңғылы, № 47, № 49, № 49Б, № 59;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8518,51 +8498,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтеген Тұрмағамбетов көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 18, № 20, № 22, № 24, № 26, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      П.И.Чайковский көшесі, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54.</w:t>
+      П. И. Чайковский көшесі, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 34 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8642,51 +8622,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мир даңғылы, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      П.И.Чайковский көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
+      П. И. Чайковский көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Актюбинский көшесі, № 5, № 7, № 9, № 11, № 13, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 24А, № 25, № 25А, № 26, № 27, № 28, № 29, № 30, № 31, № 31А, № 32, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 45А, № 46, № 48, № 50, № 50А, № 52, № 54, № 56, № 58, № 60;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8732,69 +8712,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғабит Мүсірепов атындағы көшесі, № 8, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 51, № 53;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      А.Чекалин көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 29, № 30Б;</w:t>
-[...17 lines deleted...]
-      Т.Рысқұлов көшесі, № 3, № 4, № 4/1, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 37А, № 39, № 41, № 43, № 45, № 49, № 51, № 53, № 55, № 57, № 57А.</w:t>
+      А. Чекалин көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 29, № 30Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Рысқұлов көшесі, № 3, № 4, № 4/1, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 37А, № 39, № 41, № 43, № 45, № 49, № 51, № 53, № 55, № 57, № 57А.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 35 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9142,51 +9122,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ватутин көшесі, № 20, № 22, № 24, № 26, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 36, № 38;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.И.Кутузов көшесі, № 1, № 2, № 3, № 4, № 5, № 5Б, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 34А, № 35, № 36, № 36А, № 37, № 37А, № 38, № 39, № 39А, № 39Б, № 40, № 41, № 41А, № 42, № 42А, № 43, № 44, № 45, № 47, № 47А, № 49, № 51, № 53, № 53А, № 55;</w:t>
+      М. И. Кутузов көшесі, № 1, № 2, № 3, № 4, № 5, № 5Б, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17А, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 34А, № 35, № 36, № 36А, № 37, № 37А, № 38, № 39, № 39А, № 39Б, № 40, № 41, № 41А, № 42, № 42А, № 43, № 44, № 45, № 47, № 47А, № 49, № 51, № 53, № 53А, № 55;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Юрий Алексеевич Гагарин көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21А, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 32А, № 34, № 34А, № 36, № 36А, № 38, № 40, № 42, № 42А, № 44, № 44А, № 46, № 46А, № 48, № 50, № 52, № 54, № 54А, № 56;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9266,51 +9246,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тургенев көшесі, № 32, № 34, № 36, № 38, № 40, № 40А, № 44, № 46, № 48, № 50, № 52;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.И.Кутузов көшесі, № 50, № 52, № 54, № 56;</w:t>
+      М. И. Кутузов көшесі, № 50, № 52, № 54, № 56;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұхамеджан Тынышбаев атындағы көшесі, № 48, № 49, № 49А, № 50, № 51, № 51А, № 52, № 54, № 55, № 55, корпус 1, № 56, № 58, № 60, № 60А, № 62, № 64, № 66;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9516,51 +9496,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маресьев көшесі, № 1, № 2, № 2, корпус 1, № 2, корпус 2, № 2А, № 2Б, № 2Г, № 2Е, № 2Л, № 3, № 4 "З", № 4М, № 5, № 7, № 9, № 11, № 13;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В.А.Ливенцов атындағы көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 14, № 16;</w:t>
+      В. А. Ливенцов атындағы көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 14, № 16;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әбубәкір Кердері атындағы көшесі, № 1, № 3, № 5, № 7, № 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9640,69 +9620,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтеген Тұрмағамбетов көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 157, № 159, № 161, № 163, № 165, № 167, № 169, № 171, № 173, № 175, № 177, № 179, № 181, № 183, № 185, № 187, № 189, № 191, № 193;</w:t>
-[...17 lines deleted...]
-      Хмельницкий көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43;</w:t>
+      Т. Рысқұлов көшесі, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149, № 151, № 153, № 155, № 157, № 159, № 161, № 163, № 165, № 167, № 169, № 171, № 173, № 175, № 177, № 179, № 181, № 183, № 185, № 187, № 189, № 191, № 193;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертай Кенжалин көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазанғап көшесі, № 58/1, № 60, № 60/1, № 62, № 64, № 66, № 68, № 70, № 70/2, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 140, № 142, № 144, № 146;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9942,51 +9922,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маресьев көшесі, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Б.Қаратаев көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 11, № 13;</w:t>
+      Б. Қаратаев көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 11, № 13;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тілеу батыр көшесі, № 1, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 9А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10032,51 +10012,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Амангелді Қосжанов көшесі, № 1, № 2, № 2Б, № 3, № 4, № 5, № 6, № 8, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 38, № 41;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Козенков В.Г. көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 37, № 39;</w:t>
+      Козенков В. Г. көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29,№ 30, № 31, № 32, № 33, № 34, № 35, № 37, № 39;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стадионный тұйық көшесі, № 1, № 2, № 3, № 5, № 6, № 7, № 8, № 8А, № 9, № 10, № 11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -10120,51 +10100,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Әбілқайыр хан даңғылы, № 1, № 2, № 3, № 4, № 5, № 6, № 9, № 11, № 13, № 15;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.С.Прохоров көшесі, № 1, № 2, № 3, № 4, № 5, № 7, № 8, № 10, № 12, № 13А, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 45, № 47;</w:t>
+      М. С. Прохоров көшесі, № 1, № 2, № 3, № 4, № 5, № 7, № 8, № 10, № 12, № 13А, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 45, № 47;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақытжан Махамбетов көшесі, № 22, № 24, № 26, № 26А, № 28, № 30;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10174,51 +10154,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тілеу батыр көшесі, № 11, № 13, № 15, № 17А, № 19, № 21, № 23;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Б.Қаратаев көшесі, № 19, № 21;</w:t>
+      Б. Қаратаев көшесі, № 19, № 21;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есет-батыр көшесі, № 44;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10406,51 +10386,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тілеу батыр көшесі, № 22, № 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кутуев Р.И. көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 14Б, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 36А, № 38, № 42;</w:t>
+      Кутуев Р. И. көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 14Б, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 36А, № 38, № 42;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жанзақов А. көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 14А, № 14Б, № 14Г, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 29, № 31, № 33, № 35, № 37;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11110,51 +11090,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Маресьев көшесі, № 10, "Ақтөбе индустриалды-кәсіптік колледжі" жеке мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің шекаралары: Пацаев В.И. көшесі, № 10, № 12, № 14, № 16, № 18, № 18А, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82;</w:t>
+      Сайлау учаскесінің шекаралары: Пацаев В. И. көшесі, № 10, № 12, № 14, № 16, № 18, № 18А, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сәңкібай батыр даңғылы, № 18, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11200,51 +11180,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жастар көшесі, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18Б, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 138, № 140, № 142, № 144, № 146, № 150, № 152, № 154, № 156, № 158, № 160, № 162, № 164, № 195, № 195Б, № 197, № 203, № 205, № 207, № 209, № 211, № 213, № 215, № 217, № 219, № 221, № 223, № 225, № 227, № 229, № 231, № 233, № 235, № 237, № 239, № 241, № 243, № 245;</w:t>
+      Т. Рысқұлов көшесі, № 138, № 140, № 142, № 144, № 146, № 150, № 152, № 154, № 156, № 158, № 160, № 162, № 164, № 195, № 195Б, № 197, № 203, № 205, № 207, № 209, № 211, № 213, № 215, № 217, № 219, № 221, № 223, № 225, № 227, № 229, № 231, № 233, № 235, № 237, № 239, № 241, № 243, № 245;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағайынды Жұбановтар көшесі, № 197, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 249, № 251;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11466,51 +11446,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлия Молдағұлова даңғылы, № 40, № 42, № 44;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 198, № 200;</w:t>
+      Т. Рысқұлов көшесі, № 198, № 200;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаныш Сәтбаев көшесі, № 15.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -11590,51 +11570,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Макаренко көшесі, № 5, № 7, № 7, корпус 1, № 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 192, № 192, корпус 1, № 192, корпус 2, № 192, корпус 3, № 192, корпус 4, № 194, корпус 1.</w:t>
+      Т. Рысқұлов көшесі, № 192, № 192, корпус 1, № 192, корпус 2, № 192, корпус 3, № 192, корпус 4, № 194, корпус 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 55 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11678,51 +11658,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағайынды Жұбановтар көшесі, № 257, № 257, корпус 1, № 259, № 259, корпус 1, № 261, № 278, № 280, № 282;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Т.Рысқұлов көшесі, № 265;</w:t>
+      Т. Рысқұлов көшесі, № 265;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаныш Сәтбаев көшесі, № 11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -12325,106 +12305,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Е.Тайбеков атындағы көшесі, № 10, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 4 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сайлау учаскесінің шекаралары: Әлия Молдағұлова даңғылы, № 3, № 5, № 5А, № 7, № 9, № 11А, № 11Б, № 11В, № 11Г, № 13, № 13Б;</w:t>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Әлия Молдағұлова даңғылы, № 3, № 5, № 5А, № 7, № 9, № 11А, № 11Б, № 11В, № 11Г, № 13, № 13Б; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ғиззат Ибатұлы Ибатов атындағы көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 14А, № 15, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 44, № 46, № 46А, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Холмогорский көшесі, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
-[...17 lines deleted...]
-      Ғ.Жұбанова атындағы көшесі, № 2, № 2А, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
+      Тоқмансай көшесі, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғ. Жұбанова атындағы көшесі, № 2, № 2А, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Марат Оспанов атындағы көшесі, № 1, № 2, № 3, № 4, № 4А, № 5, № 5А, № 6, № 6А, № 6Б, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 45, № 47, № 49, № 51;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12452,51 +12432,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Целинный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 51, № 53, № 55, № 57;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Е.Тайбеков атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 10А, № 10Б, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 73А, № 75, № 77;</w:t>
+      Е. Тайбеков атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 10А, № 10Б, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 73А, № 75, № 77;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлкей Марғұлан атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 25, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 35, № 37, № 39, № 41, № 43;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12505,52 +12485,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дмитров көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32, № 34, № 36, № 38, № 40, № 42;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Индустриальный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31А, № 32, № 34, № 36, № 38, № 40;</w:t>
+        <w:t xml:space="preserve">
+      Индустриальный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31А, № 32, № 34, № 36, № 38, № 40; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұқан Төлебаев көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 43, № 45, № 47;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12613,52 +12593,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Механизаторов тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Құмды тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+        <w:t xml:space="preserve">
+      Құмды тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 16, № 18, № 20; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қуаныш тұйық көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 15, № 17;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12739,52 +12719,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Крымский тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қысқа тұйық көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 20;</w:t>
+        <w:t xml:space="preserve">
+      Қысқа тұйық көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 20; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ө.Канахин атындағы тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12809,142 +12789,142 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 65 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Александр Алексеевич Гришин көшесі, № 5, "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесінің "Ақтөбе сервис колледжі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Александр Алексеевич Гришин көшесі, № 5, "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесінің "Ақтөбе сервис колледжі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Сәңкібай батыр даңғылы, № 72Р;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ғ.Жұбанова атындағы көшесі, № 1, № 1А, № 2А, № 2А, корпус 1, № 2Б, № 2Е, № 3, № 3А, № 3Б, № 3В, № 3Г, № 3Д, № 3М, № 3Т, № 4Б, № 4Г, № 5, № 5Б, № 5В, № 5Д, № 6А, № 7, № 7Б, № 7Д, № 8Д, № 9, № 9Б, № 10А, № 10Б, № 10В, № 11, № 11Б, № 12Б, № 13Б, № 13Г, № 14Б, № 14Г, № 15Б, № 17, № 17Б, № 17Б, корпус 1, № 19, № 19А, № 20А, № 21, № 22А, № 22Б, № 23, № 23А, № 24Б, № 25, № 25А, № 27, № 27А, № 29, № 30А, № 31, № 31А, № 32А, № 32Б, № 32Д, № 33А, № 34А, № 36А, № 39, № 39А, № 39Б, № 39В, № 39Г, № 39Д, № 39Е, № 39Ж, № 39К, № 39Л, № 39М, № 39Н, № 39П, № 41, № 41А, № 45А, № 51, № 53, № 53А, № 54А, № 54В, № 55, № 57, № 58В, № 68Б, № 69, № 71, № 73, № 75, № 81, № 83Б, № 92А, № 93А, № 95, № 96А, № 99, № 110, № 112, № 112А, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 130А, № 132, № 134, № 136, № 137, № 138, № 139, № 142, № 124Б, № 144, № 153А, № 161, № 163, № 165А;</w:t>
+      Ғ. Жұбанова атындағы көшесі, № 1, № 1А, № 2А, № 2А, корпус 1, № 2Б, № 2Е, № 3, № 3А, № 3Б, № 3В, № 3Г, № 3Д, № 3М, № 3Т, № 4Б, № 4Г, № 5, № 5Б, № 5В, № 5Д, № 6А, № 7, № 7Б, № 7Д, № 8Д, № 9, № 9Б, № 10А, № 10Б, № 10В, № 11, № 11Б, № 12Б, № 13Б, № 13Г, № 14Б, № 14Г, № 15Б, № 17, № 17Б, № 17Б, корпус 1, № 19, № 19А, № 20А, № 21, № 22А, № 22Б, № 23, № 23А, № 24Б, № 25, № 25А, № 27, № 27А, № 29, № 30А, № 31, № 31А, № 32А, № 32Б, № 32Д, № 33А, № 34А, № 36А, № 39, № 39А, № 39Б, № 39В, № 39Г, № 39Д, № 39Е, № 39Ж, № 39К, № 39Л, № 39М, № 39Н, № 39П, № 41, № 41А, № 45А, № 51, № 53, № 53А, № 54А, № 54В, № 55, № 57, № 58В, № 68Б, № 69, № 71, № 73, № 75, № 81, № 83Б, № 92А, № 93А, № 95, № 96А, № 99, № 110, № 112, № 112А, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 130А, № 132, № 134, № 136, № 137, № 138, № 139, № 142, № 124Б, № 144, № 153А, № 161, № 163, № 165А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағайынды Жұбановтар көшесі, № 312, № 312А, № 312, корпус 2, № 312, корпус 3, № 314, корпус 1, № 314, корпус 2, № 316, № 318, № 318, корпус 1, № 318, корпус 2, № 318, корпус 3, № 318, корпус 4, № 318, корпус 5, № 318, корпус 6, № 318, корпус 7, № 320, № 322, № 324, № 326, № 328, № 330, № 332, № 334, № 336, № 338, № 340, № 342, № 344, № 346, № 348, № 350, № 352, № 354, № 356, № 358, № 360, № 362;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      Александр Алексеевич Гришин көшесі, № 1, № 1, корпус 1, № 2, № 3,№ 4, № 5, № 6, № 7, № 8, № 10, № 11, № 11, корпус 2, № 11А, № 11Б, № 12, № 12, корпус 2, № 13, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 42, корпус 2, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60;</w:t>
+        <w:t xml:space="preserve">
+      Марат Оспанов атындағы көшесі, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133, № 135, № 137, № 139, № 141, № 143, № 145, № 147, № 149; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Александр Алексеевич Гришин көшесі, № 1, № 1, корпус 1, № 2,№ 3,№ 4, № 5, № 6, № 7, № 8, № 10, № 11, № 11, корпус 2, № 11А, № 11Б, № 12, № 12, корпус 2, № 13, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 42, корпус 2, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сабыр Құрманалин атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 34, № 35, № 37, № 38, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 59А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13008,51 +12988,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алабян Каро Селескович көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 28, корпус 1, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ө.Қалыбаев атындағы көшесі, № 1, № 2, № 4, № 5, № 6, № 8, № 9А, № 11, № 13, № 14, № 15, № 16, № 18, № 18А, № 19, № 23, № 24, № 26, № 31, № 32, № 33, № 34, № 38, № 39, № 40, № 49, № 58, № 63, № 65;</w:t>
+      Ө. Қалыбаев атындағы көшесі, № 1, № 2, № 4, № 5, № 6, № 8, № 9А, № 11, № 13, № 14, № 15, № 16, № 18, № 18А, № 19, № 23, № 24, № 26, № 31, № 32, № 33, № 34, № 38, № 39, № 40, № 49, № 58, № 63, № 65;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сазда-4 тұрғын үй алабындағы үйлер, № 30, № 32, № 40, № 41, № 42, № 44, № 45, № 46, № 47, № 48, № 50, № 51, № 54, № 54А, № 55, № 56, № 57, № 58, № 59, № 59А, № 59/2, № 60, № 61, № 61А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13349,52 +13329,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Никелевый тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Алмазный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 71;</w:t>
+        <w:t xml:space="preserve">
+      Алмазный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 71; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полтавский тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13421,52 +13401,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Спортивный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тасты тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+        <w:t xml:space="preserve">
+      Тасты тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орманды тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13562,87 +13542,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 67 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Е.Тайбеков атындағы көшесі, № 10, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 4 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Е. Тайбеков атындағы көшесі, № 10, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 4 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Әбілқайыр хан даңғылы, № 80, № 82, № 84, № 86, № 87, № 89;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ғ.Жұбанова атындағы көшесі, № 5А, № 13, № 13А, № 15, № 15/1, № 15/1А, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 67, № 68, № 70, № 72, № 73, № 74, № 76, № 78, № 80, № 82, № 84, № 88, № 90, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108;</w:t>
+      Ғ. Жұбанова атындағы көшесі, № 5А, № 13, № 13А, № 15, № 15/1, № 15/1А, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 67, № 68, № 70, № 72, № 73, № 74, № 76, № 78, № 80, № 82, № 84, № 88, № 90, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Марат Оспанов атындағы көшесі, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 107, № 109, № 111, № 113;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13651,88 +13631,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарағұл батыр көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Төлеу Алдияров көшесі, № 2, № 2А, № 3, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43;</w:t>
+        <w:t xml:space="preserve">
+      Төлеу Алдияров көшесі, № 2, № 2А, № 3, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балалар тұйық көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 15А, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44А, № 46, № 48, № 50, № 52;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местпром тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 7А, № 7Б, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 58А, № 60, № 62, № 64, № 64А, № 64Б, № 66;</w:t>
+      Әбу Сәрсенбаев тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 7А, № 7Б, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 58А, № 60, № 62, № 64, № 64А, № 64Б, № 66;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жолды тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 36А, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 62А, № 64, № 66, № 68;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13793,52 +13773,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Ағайынды Жұбановтар көшесі, № 293А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 39 қазақ орта жалпы білім беру мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сайлау учаскесінің шекаралары: Марат Оспанов атындағы көшесі, № 50, № 52, № 52, корпус 2, № 54, № 54А, № 54Б, № 54, корпус 1, № 54, корпус 2, № 56, № 58, № 58, корпус 1, № 58В;</w:t>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Марат Оспанов атындағы көшесі, № 50, № 52, № 52, корпус 2, № 54, № 54А, № 54Б, № 54, корпус 1, № 54, корпус 2, № 56, № 58, № 58, корпус 1, № 58В; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ағайынды Жұбановтар көшесі, № 291, № 293, корпус 1, № 295;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13899,52 +13879,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ағайынды Жұбановтар көшесі, № 285, корпус 2, № 287, № 289, № 289, корпус 1, № 291, корпус 1, № 293;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Әбілқайыр хан даңғылы, № 64, № 64, корпус 1, № 66, № 66, корпус 1, № 68, № 68, корпус 1, № 70;</w:t>
+        <w:t xml:space="preserve">
+      Әбілқайыр хан даңғылы, № 64, № 64, корпус 1, № 66, № 66, корпус 1, № 68, № 68, корпус 1, № 70; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101 Атқыштар Бригадасы көшесі, № 7, № 14.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -14481,52 +14461,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Александр Алексеевич Гришин көшесі, № 15, № 21, № 21А, № 64, № 64А, № 64, корпус 1, № 66, № 68;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сазда-4 тұрғын үй алабындағы үйлер, № 24, № 28, № 29.</w:t>
+        <w:t xml:space="preserve">
+      Сазда-4 тұрғын үй алабындағы үйлер, № 24, № 28, № 29. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 76 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14781,178 +14761,178 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Көктем тұрғын үй алабының шекарасында:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      Набережный көшесі, № 6, № 46;</w:t>
+        <w:t xml:space="preserve">
+      учаскелер, № 27Б, № 133, № 194, № 337; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Набережный көшесі, № 6, № 46; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өлке көшесі, № 1, № 1А, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 18, № 20, № 21, № 23, № 25, № 27/1, № 27/2, № 29, № 33, № 37, № 216, № 230, № 231, № 502, № 504, № 505, № 508, № 511, № 512, № 513, № 515, № 515А, № 516;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тополинный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27/1, № 28, № 29/1, № 30/1, № 30/2, № 31/1, № 31/2, № 32/1, № 32/2, № 33, № 34/1, № 34/2, № 35/1, № 35/2, № 36, № 36/1, № 36/2, № 37, № 38, № 39/1, № 39/2, № 40, № 41, № 41/1, № 41/2, № 42, № 43/1, № 43/2, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 56;</w:t>
+        <w:t xml:space="preserve">
+      Тополинный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27/1, № 28, № 29/1, № 30/1, № 30/2, № 31/1, № 31/2, № 32/1, № 32/2, № 33, № 34/1, № 34/2, № 35/1, № 35/2, № 36, № 36/1, № 36/2, № 37, № 38, № 39/1, № 39/2, № 40, № 41, № 41/1, № 41/2, № 42, № 43/1, № 43/2, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 56; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауынгер-интернационалистер көшесі, № 25, № 26, № 26А, № 26Б, № 27, № 27А, № 27Б, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 38/1, № 38/2, № 39, № 40/1, № 40/2, № 41/1, № 41/2, № 42, № 43/1, № 44, № 45, № 46, № 47, № 47А, № 48, № 49, № 50/1, № 50/2, № 51, № 52, № 277, № 295А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      Сулы көшесі, № 1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 5, № 6, № 6А, № 7, № 7А, № 7/1, № 7/2, № 8, № 9, № 9/1, № 9/2, № 10, № 10А, № 11, № 11А, № 11/1, № 11/2, № 12, № 13, № 13Д, № 14, № 15, № 16, № 16А, № 17, № 18, № 19, № 19Б, № 20, № 20Б, № 20/2, № 21А, № 21, № 22, № 23, № 24, № 25, № 26, № 26Б, № 27, № 27Б, № 28, № 32, № 32А;</w:t>
+        <w:t xml:space="preserve">
+      Федор Озмитель көшесі, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44/1, № 44/2, № 45, № 46/1, № 46/2, № 48, № 48/1, № 48/2, № 50, № 170А; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бөкенбаев Малкеждар көшесі, № 1, № 1А, № 2А, № 3, № 4, № 4/2, № 5, № 5А, № 6, № 7, № 8, № 9/3, № 9А, № 9Б, № 10, № 11, № 11А, № 12, № 13А, № 14/1, № 14/2, № 15, № 16/1, № 16/2, № 17, № 18, № 19, № 20, № 20/1, № 21/1, № 21/2, № 21А, № 22, № 23, № 23А, № 24, № 25, № 25Б, № 26, № 26/1, № 26/2, № 27, № 28, № 28/1, № 28/2, № 29, № 30, № 30/1, № 30/2, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 46А, № 46Б, № 47, № 47А, № 48, № 49, № 50, № 51, № 52, № 52Б, № 53, № 54, № 55, № 55А, № 56, № 57, № 57А, № 57Б, № 58, № 59, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 75, № 76, № 80, № 96, № 155; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сулы көшесі, № 1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 5, № 6, № 6А, № 7, № 7А, № 7/1, № 7/2, № 8, № 9, № 9/1, № 9/2, № 10, № 10А, № 11, № 11А, № 11/1, № 11/2, № 12, № 13, № 13Д, № 14, № 15, № 16, № 16А, № 17, № 18, № 19, № 19Б, № 20, № 20Б, № 20/2, № 21А, № 21, № 22, № 23, № 24, № 25, № 26, № 26Б, № 27, № 27Б, № 28, № 32, № 32А; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ешбаев Сәрсенғали көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13, № 14/1, № 14/2, № 15, № 16, № 16/1, № 16/2, № 17, № 18/1, № 18/2, № 19, № 20/1, № 20/2, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 44/1, № 44/2, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -15015,52 +14995,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сарышолақ Боранбайұлы көшесі, № 1, № 2, № 3/1, № 3/2, № 5/1, № 5/2, № 6, № 7, № 7/1, № 7/2, № 8, № 8А, № 9, № 9/1, № 9/2, № 11/1, № 11/2, № 11А, № 12А, № 13, № 15, № 15А, № 17, № 17/2, № 17А, № 17Б, № 18, № 18А, № 18Б, № 19, № 21, № 22, № 23, № 25, № 27, № 29, № 31, № 32, № 32А, № 33, № 34, № 35, № 37, № 37А, № 37Б, № 39, № 41, № 52, № 57, № 60, № 61, № 62, № 62А, № 63, № 64, № 66, № 91;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Архитектурный көшесі, № 1, № 2, № 3, № 3/1, № 3/2, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 19, № 21, № 21А, № 22/1, № 26, № 37, № 38, № 41, № 70;</w:t>
+        <w:t xml:space="preserve">
+      Архитектурный көшесі, № 1, № 2, № 3, № 3/1, № 3/2, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 19, № 21, № 21А, № 22/1, № 26, № 37, № 38, № 41, № 70; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А.Попов көшесі, № 3, № 7, № 15, № 16А, № 34А, № 35, № 36, № 37А, № 48, № 49, № 49А, № 51, № 52, № 56, № 57, № 58/1, № 58А, № 59, № 60, № 61, № 62, № 64, № 65, № 67, № 68, № 73, № 74, № 75, № 81, № 86, № 87, № 88, № 89, № 89А, № 90, № 91, № 91А, № 92, № 94, № 96, № 97, № 113А, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 345А, № 346, № 347, № 348, № 348А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -15364,51 +15344,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 84 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Пацаев В.И. көшесі, № 7, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Көпсалалы облыстық ауруханасы" мемлекеттік коммуналдық кәсіпорнының ғимараты (әрі қарай - мекеме).</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Пацаев В. И. көшесі, № 7, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Көпсалалы облыстық ауруханасы" мемлекеттік коммуналдық кәсіпорнының ғимараты (әрі қарай - мекеме).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: мекеме.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -15623,52 +15603,52 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 89 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Павлов көшесі, № 3, Қазақстан Республикасы Ішкі істер министрлігі Қылмыстық- атқару жүйесі комитетінің "№ 70 мекеме" Республикалық мемлекеттік мекемесінің ғимараты (әрі қарай - мекеме).</w:t>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Павлов көшесі, № 3, Қазақстан Республикасы Ішкі істер министрлігі Қылмыстық- атқару жүйесі комитетінің "№ 70 мекеме" Республикалық мемлекеттік мекемесінің ғимараты (әрі қарай - мекеме). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: мекеме.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -15902,51 +15882,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Кеңес Нокин тұрғын үй алабы, Көкшетау көшесі, № 2, "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесінің "Шығанақ Берсиев атындағы Ақтөбе Жоғары аграрлық-техникалық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің шекаралары: АСХК орамы, № 1, № 1Е, № 1М, № 2, № 2В, № 2Г, № 3, № 3В, № 3Г, № 4, № 5, № 6, № 7, № 8, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, Жігер, Балауса, Аманат, Үркер, Ұлан, Серуен, Кемеңгер көшелеріндегі тұрғын үйлер.</w:t>
+      Сайлау учаскесінің шекаралары: АСХК орамы, № 1, № 1Е, № 1М, № 2, № 2В, № 2Г, № 3, № 3В, № 3Г, № 4, № 5, № 6, № 7, № 8, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, Жігер, Балауса, Аманат, Үркер, Ұлан, Серуен, Кемеңгер, Нұрмұхан Кенжебаев, Әбдуәли Қайдар көшелеріндегі тұрғын үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 95 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16026,51 +16006,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қабылиса жырау көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 37, № 38;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Октябрьский көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 51, № 53;</w:t>
+      Сафуан Шаймерденов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 51, № 53;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Строительный көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 20А, № 21, № 22, № 23;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -16380,69 +16360,69 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 98 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Белогор тұрғын үй алабы, Жауқазын көшесі, № 11, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Белогор негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің шекаралары: Белогор, Белогор карьері тұрғын үй алаптарының шекарасында.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Құндызды тұрғын үй алабы, Жауқазын көшесі, № 11, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Белогор негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Құндызды, Белогор карьері тұрғын үй алаптарының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 99 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16484,10071 +16464,10211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 100 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Н.Байғанин көшесі, № 2А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Мұхтар Арын атындағы Қарғалы қазақ орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Н. Байғанин көшесі, № 2А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Мұхтар Арын атындағы Қарғалы қазақ орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Қарғалы тұрғын үй алабының шекарасында: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарыжайлау көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 14А, № 16, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. Байғанин көшесі, № 1, № 2, № 4, № 6, № 12, № 12А, № 12Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 7, № 8, № 9, № 10, № 11, № 12, № 12А, № 12Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нефтеразведчиков көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Первомайский көшесі, № 1, № 7, № 7А, № 9, № 11, № 11А, № 13, № 15, № 15А, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8 Март көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 101 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Қ. Сәтпаев көшесі, № 38А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 53 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Қарғалы тұрғын үй алабының шекарасында: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мир көшесі, № 1, № 1А, № 2, № 3, № 3А, № 4, № 5, № 6, № 8, № 10, № 11, № 12, № 13, № 17, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сары Батақұлы көшесі, № 1, № 2, № 2А, № 2Б, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 14А, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 33, № 35, № 37, № 38, № 40, № 41, № 42, № 42А, № 43, № 44, № 44А, № 45, № 45А, № 46, № 47, № 47А, № 48, № 49, № 50, № 50А, № 52, № 54, № 54А, № 56, № 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дружба көшесі, № 1, № 1А, № 1Б, № 2, № 4, № 5, № 6, № 7, № 8, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 41, № 42, № 44, № 46, № 48, № 49, № 50, № 61, № 75, № 588, № 591;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Транспортный көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 11, № 12, № 13, № 14, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақшалы көшесі, № 25, № 26, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кенен Әзірбаев көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарғалы көшесі, № 1А, № 4, № 5, № 5А, № 6, № 7, № 7А, № 8, № 10, № 11, № 11Б, № 12, № 12А, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 18А, № 18Б, № 20, № 22, № 24, № 26, № 27, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Картов көшесі, № 3, № 5, № 7, № 7А, № 7Б, № 9, № 11, № 11А, № 13, № 14, № 14Б, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ырысты көшесі, № 1, № 3, № 3А, № 9, № 11, № 13, № 14, № 15, № 16, № 17, № 19, № 20, № 21, № 22, № 23, № 25, № 30, № 32, № 32А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жасыл тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 9, № 11, № 13, № 15, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ясный тұйық көшесі, № 1/1, № 1/2, № 2/1, № 2/2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/1, № 5/2, № 5/3, № 6/1, № 6/2, № 7/1, № 7/2, № 8/1, № 8/2, № 34, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Песочный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 10, № 10А, № 12, № 14, № 15, № 19, № 20, № 21, № 23А, № 25, № 27, № 29, № 29А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолғанат Тоқбаев көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 24А, № 25, № 27, № 29, № 29А, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 49.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 102 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Қ. Сәтпаев көшесі, № 52А, "Ақтөбе облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің "№ 1 Ақтөбе қаласының балалар-жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қарғалы тұрғын үй алабының шекарасында:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сарыжайлау көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 14А, № 16, № 17;</w:t>
-[...89 lines deleted...]
-      8 Март көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16;</w:t>
+      Пацаев көшесі, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/2, № 6/1, № 6/2, № 7, № 8/1, № 8/2, № 10/1, № 10/2, № 10/3, № 12/1, № 12/2, № 12/3, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұңайтпасұлы Әзберген батыр көшесі, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18, № 22, № 24, № 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молодежный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Студенттер көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Советский көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай тұйық көшесі, № 2, № 4, № 7, № 7А, № 13;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      И. Жандосов көшесі, № 2, № 4, № 6, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      И. Тайманов көшесі, № 1, № 3, № 5, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заречный көшесі, № 1/1, № 1/2, № 1/3, № 2, № 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Садовый көшесі , № 1, № 1А, № 3, № 3А, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сегіз сері көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұрат Мөңкеұлы көшесі , № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иван Мишин атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 32А, № 32Б, № 33, № 34, № 34А, № 34Б, № 34В, № 34Г, № 35, № 36, № 37, № 38, № 39, № 41, № 43, № 45, № 47, № 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтерек көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центральный көшесі, № 1, № 6, № 7, № 8, № 14, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазығұрт көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17, № 18, № 20, № 21, № 23, № 25, № 30, № 31, № 34, № 38, № 43, № 50, № 56, № 60;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ. Сәтпаев көшесі, № 2, № 3, № 6, № 7, № 9, № 11, № 11А, № 13, № 15, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 34, № 40, № 47, № 49, № 50, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Мәметова көшесі, № 1, № 3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 103 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Жарық тұрғын үй алабы, № 1Г, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жарық, Жаңа Ясный тұрғын үй алаптарының шекарасында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Рамазан" акционерлік қоғамының құс фабрикасының тұрғын үйлері, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41 разъезд, Курсанттар тас жолы, № 1;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 101 сайлау учаскесі</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Қ.Сәтпаев көшесі, № 38А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 53 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+        <w:t xml:space="preserve"> № 104 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Құрашасай тұрғын үй алабы, № 453Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 77 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Құрашасай, Жіңішке, Арман, Жаңақоныс-4 тұрғын үй алаптарының шекарасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 105 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Жаңақоныс тұрғын үй алабы, "Жастар" шағын ауданы, 3 орам, № 13А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Қ. Сәтпаев атындағы орта мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Қажығали Мұханбетқалиұлы көшесі, № 1Б, № 3, № 3/1, № 4, № 4/1, № 4А, № 5, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18/1, № 18/2, № 19, № 20, № 21, № 22, № 22А, № 23, № 24, № 24А, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 46А, № 60, № 227А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Овражный көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Әуезов көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 8А, № 8/1, № 8/2, № 9, № 11, № 10А, № 10/1, № 10/2, № 11, № 11А, № 12, № 12А, № 12/1, № 12/2, № 13, № 15, № 15А, № 16, № 17, № 17А, № 18, № 19, № 19А, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 25А, № 26, № 27, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Базар жырау көшесі, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 12А, № 14, № 15, № 16, № 17, № 19, № 20, № 22, № 23, № 24, № 24/1, № 24/2, № 25, № 25/1, № 26, № 27, № 28, № 29, № 31;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Иманов көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 10А, № 11, № 12, № 12А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 24Б, № 25, № 26, № 27, № 28, № 29, № 29А, № 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ынтымақ көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәулет көшесі, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 26А, № 28, № 30, № 32, № 34, № 36, № 91, № 35, № 33, № 31, № 29, № 27, № 25, № 23, № 21, № 19, № 17, № 15, № 13, № 11, № 9, № 7, № 5, № 3, № 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрлы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ер-Төстік көшесі, № 1, № 2, № 4, № 6, № 5, № 8, № 10, № 12, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәулет көшесі, № 1, № 2, № 2А, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 20, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күмбезді көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 20, № 21, № 10А, № 25, № 27, № 29, № 31, № 33, № 35, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Манас көшесі, № 3, № 7, № 5, № 9, № 9А, № 11, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 15, № 13, № 20, № 22, № 24, № 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үш Қоңыр көшесі, № 2, № 3, № 4, № 6, № 8, № 10, № 12, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 20, № 27, № 29, № 31, № 16, № 18, № 1, № 7, № 5, № 9, № 11, № 20/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Табыс көшесі, № 1, № 2, № 3, № 4, № 5, № 7, № 9, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саяхат көшесі, № 1, № 2, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 21, № 23, № 25, № 18, № 16, № 12, № 10, № 8, № 6, № 4, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 38, № 40, № 42, № 43, № 36, № 34, № 32, № 30, № 28, № 26, № 27, № 22, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Б орамы, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 136, № 137, № 138, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 72, № 73, № 74, № 75, № 76, № 70, № 71;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар шағын ауданы, 1 орамы, № 1, № 2, № 3, № 4, 2 орамы, № 5, № 6, № 7, № 8, 3 орамы, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18, № 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар шағын ауданы, № 131, № 132, № 134, № 135, № 136, № 130, № 129, № 128, № 127, № 126, № 125, № 137, № 138, № 140, № 141;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар шағын ауданы, 2 орамы, № 1, № 2, № 4, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19А, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27А, № 27, № 29, № 30, № 31, № 33, № 34, № 35, № 36, № 37, № 38, № 40, № 41, № 42, № 43, № 44, № 45, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 59, № 60, № 61, № 62, № 63, № 66, № 67, № 73, № 74, № 75, № 80, № 81, № 82, № 83, № 85, № 86, № 87, № 89, № 91, № 92, № 132/14, № 146, № 147, № 148, № 150;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алматы көшесі, № 62, № 64, № 66, № 68.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 106 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Георгиевка тұрғын үй алабы, № 105, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 59 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жеңіс көшесі, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 1/7, № 1/8, № 1/9, № 1/10, № 1/11, № 1/12, № 1/13, № 1/14, № 1/15, № 1/16, № 1/17, № 1/18, № 3/1, № 3/2, № 3/3, № 3/4, № 3/5, № 3/6, № 3/7, № 3/8, № 3/9, № 3/10, № 3/11, № 3/12, № 3/13, № 3/14, № 3/15, № 3/16, № 3/17, № 3/18, № 5/1, № 5/3, № 5/4, № 5/5, № 5/6, № 5/7, № 5/8, № 5/9, № 5/10, № 5/11, № 5/12, № 5/13, № 5/14, № 5/15, № 5/16, № 5/17, № 5/18, № 7/1, № 7/2, № 7/3, № 7/4, № 7/6, № 7/7, № 7/8, № 7/9, № 7/10, № 7/11, № 7/12, № 2, № 4, № 6, № 8, № 10, № 11, № 12, № 14, № 16А, № 16, № 18, № 20, № 17/1, № 17/2, № 19/1, № 21/1, № 21/2, № 22/2, № 23/1, № 23/2, № 24/1, № 24/2, № 25/1, № 25/2, № 26/1, № 26/2, № 26/3, № 26/4, № 26/5, № 26/6, № 26/7, № 26/8, № 27/1, № 27/2, № 28/1, № 28/2, № 30/1, № 30/2, № 32/1, № 32/2, № 34/1, № 34/2, № 36/1, № 36/2, № 38/1, № 38/2, № 38/3, № 38/4, № 40/1, № 40/2, № 40/3, № 40/4, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елек көшесі, № 1, № 2, № 3/1, № 3/2, № 3А, № 4/1, № 4/2, № 4/3, № 4/4, № 5/1, № 5/2, № 6/1, № 6/2, № 7/1, № 7/2, № 8/1, № 8А, № 9/1, № 9/2, № 10/1, № 10/2, № 11/1, № 11/2, № 12, № 13/1, № 13/2, № 14/1, № 14/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ю. Гагарин көшесі, № 1, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 4/3, № 5/1, № 5/2, № 6/1, № 6/2, № 7А, № 7/1, № 7/2, № 8/1, № 8/2, № 96/1, № 96/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ы. Алтынсарин көшесі, № 1/1, № 1/2, № 2/1, № 2/2, № 3, № 4/1, № 4/2, № 5/1, № 5/2, № 6, № 7/1, № 8, № 10, № 11А, № 11/1, № 12/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толқын көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14/1, № 14/2, № 14/3, № 14/4, № 15/1, № 15/2, № 15/3, № 15/4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Украинский тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гофман көшесі, № 1, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5, № 6, № 7/1, № 7/2, № 8/1, № 8/2, № 9, № 10, № 11/1, № 11/2, № 12/1, № 12/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Новый тұйық көшесі, № 1/1, № 1/2, № 1/3, № 1/4, № 2, № 3, № 4, № 5, № 6/1, № 6/2, № 7, № 8, № 9, № 10, № 11/1, № 11/2, № 12/1, № 12/2, № 13/1, № 13/2, № 14, № 15/1, № 15/2, № 16, № 17/1, № 17/2, № 18, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Целинный көшесі, № 1/1, № 1/2, № 2/1, № 2/2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/1, № 5/2, № 6/1, № 7, № 8/1, № 8/2, № 9, № 10/1, № 6/2, № 11, № 10/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Даңқ көшесі № 1, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5, № 6/1, № 6/2, № 7/1, № 7/2, № 7/3, № 8/1, № 8/2, № 9, № 10/1, № 10/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Парковый тұйық көшесі, № 1, № 1/1, № 1/2, № 3, № 4, № 5, № 6, № 6А, № 6Б, № 7, № 7А, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байғазы көшесі, № 2, № 3, № 4/1, № 4/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тепличный көшесі, № 4/1, № 4/2, № 5, № 6, № 7, № 8, № 9, № 14, № 22, № 32, № 157;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі, № 1, № 2, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36/1, № 36/2, № 37, № 38, № 39, № 39А, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75/1, № 75/2, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 93, № 94, № 95;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ардагерлер көшесі, № 1, № 1А, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 71, № 73, № 75, № 77, № 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Степной көшесі, № 1/1, № 2, № 3/3, № 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Малый тұйық көшесі, № 1, № 2, № 3, № 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек көшесі, № 1, № 3, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтөбе көшесі, № 1/1, № 1/2, № 2/1, № 2/2, № 2/3, № 2/4, № 2/5, № 3/1, № 3/2, № 4/1, № 4/2, № 5/1, № 5/2, № 6/1, № 6/2, № 7/1, № 7/2, № 9/1, № 9/2, № 10, № 11/1, № 11/2, № 13/1, № 13/2, № 13/3, № 17;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Бегельдинов көшесі, № 2/1, № 2/2, № 3, № 4/1, № 4/2, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Интернациональный көшесі, № 1, № 3, № 3А, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 17, № 19;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. Молдағұлова көшесі, № 1, № 3, № 4/1, № 4/2, № 5, № 6, № 8, № 9, № 10, № 11, № 12, № 14, № 15, № 17, № 20, № 21, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мектеп көшесі, № 1, № 1А, № 1Б, № 2А, № 2/1, № 2/2, № 2/3, № 3, № 4/1, № 4/2, № 5, № 6/1, № 6/2, № 7, № 8/1, № 8/2, № 10/1, № 10/2, № 11/1, № 118/2, № 12, № 13/1, № 13/2, № 14, № 15, № 16, № 17, № 18, № 19, № 20А, № 21, № 22, № 23, № 24, № 25, № 26/1, № 26/2, № 26/3, № 27, № 28, № 29, № 31, № 33, № 35, № 37, № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 107 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Өрлеу тұрғын үй алабы, № 2А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласы № 57 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Өрлеу тұрғын үй алабының шекарасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 108 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Оңтүстік-Батыс-1 тұрғын үй алабы, Халида Есенғұлқызы Маманова көшесі, № 9, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 10 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Оңтүстік-Батыс–1 тұрғын үй алабының шекарасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 109 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Әз Наурыз көшесі, № 5, "Ақтөбе құрылыс-монтаж колледжі" жеке мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: 312 атқыштар дивизиясы даңғылы, № 1, № 1А, № 1В, № 1Г, № 1М, № 1П, № 1З, № 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11 шағын аудан, № 8, № 19, № 21, № 23, № 25, № 27, № 28, № 31А, № 35, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әз Наурыз көшесі, № 2 (11 шағын аудан, № 24), № 6 (11 шағын аудан, № 31), № 8 (11 шағын аудан, № 32), № 10 (11 шағын аудан, № 33), № 12 (11 шағын аудан, № 34).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 110 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, 11 шағын аудан, № 145, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Халел Досмұхамедұлы атындағы № 35 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: 11 шағын аудан, № 3, № 8, № 15, № 16, № 37, № 37А, № 41В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н.Шәйкенов атындағы көшесі, № 13 (11 шағын аудан, № 3А), № 13А, № 11 (11 шағын аудан, № 3ВГ), № 9, корпус 1 (11 шағын аудан, № 8, корпус 1);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әз Наурыз көшесі, № 14 (11 шағын аудан, № 38), № 16 (11 шағын аудан, № 39), № 13 (11 шағын аудан, № 39А), № 18 (11 шағын аудан, № 41Г), № 20 (11 шағын аудан, № 41), № 24 (11 шағын аудан, № 42), № 26 (11 шағын аудан, № 43).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 111 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, 11 шағын аудан, № 98, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 37 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: 11 шағын аудан, № 13, № 14, № 76, № 77, № 77А, № 79, № 80, № 81;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. Шәйкенов атындағы көшесі, № 5 (11 шағын аудан, № 10), № 1 (11 шағын аудан, № 12), № 2 (11 шағын аудан, № 82), № 4 (11 шағын аудан, № 83).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 112 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, 12 шағын аудан, № 37/1, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 51 гимназия" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: 12 шағын аудан, № 16А, № 16Г, № 16Ж, № 16И, № 16Н, № 16П, № 16/1, № 16/2, № 17, № 37, № 37А, № 38А, № 38Б, № 39, № 39А, № 39Б, № 58, № 58А, № 58Б, № 58В, № 58Г, № 58Д, № 58Е, № 60, № 62, № 63, № 64, № 64А, № 64Б, № 64АБ, № 64ВГ, № 65, № 82.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 113 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Балауса тұрғын үй алабы, А. Попов көшесі, № 1, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Заречный тұрғын алабы мектеп-бала бақша кешені" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Балауса тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 619, № 619А, № 619Б, № 619В, № 620, № 621, № 622, № 623, № 625;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхаммед-Салық Бабажанов көшесі, № 1, № 3, № 5, № 7, № 9, № 9А, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Восточный көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А.Попов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саяжай көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайдауыл батыр көшесінің барлық үйлері, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келешек және Саяжай тұрғын үй алаптары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 114 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Қ. Сәтпаев көшесі, № 72Р, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 3 балалар музыка мектебі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қарғалы тұрғын үй алабының шекарасында:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мир көшесі, № 1, № 1А, № 2, № 3, № 3А, № 4, № 5, № 6, № 8, № 10, № 11, № 12, № 13, № 17, № 23;</w:t>
-[...215 lines deleted...]
-      Қолғанат Тоқбаев көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 24А, № 25, № 27, № 29, № 29А, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 49.</w:t>
+      Қ. Сәтпаев көшесі, № 2А, № 3, № 4, № 11А, № 19, № 36А, № 42, № 42А, № 43, № 44, № 45, № 46, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 64А, № 66, № 66А, № 68, № 68А, № 70, № 71, № 71А, № 72, № 72/2, № 72/3, № 72А, № 72Б, № 73, № 74, № 76, № 77, № 77А, № 78, № 79, № 81, № 82, № 83, № 87, № 89, № 91, № 91А, № 95, № 97, № 99, № 101, № 361;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Геологтар көшесі, № 1, № 3, № 4, № 5, № 7, № 8, № 9, № 10, № 11, № 13, № 14, № 15, № 15А, № 15Б, № 15В, № 17А, № 17Б, № 18, № 18А, № 19, № 20, № 21, № 22, № 24, № 26, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дальний тұйық көшесі, № 1, № 3, № 4, № 6, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ә. К. Құрғұлов көшесі, № 1, № 2, № 4, № 4А, № 6, № 8, № 9, № 10, № 11, № 12, № 13, № 15, № 16, № 17, № 18, № 20, № 24А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Короткий тұйық көшесі, № 3, № 3А, № 3Б, № 3В, № 3Г, № 5, № 5А, № 5Б, № 5В, № 6, № 7, № 7А, № 8, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Матросов көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11, № 12, № 13, № 14, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рудный көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 14А, № 15В, № 16А, № 19, № 20, № 21, № 22, № 23, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рудный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 102 сайлау учаскесі</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Қ.Сәтпаев көшесі, № 52А, "Ақтөбе облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің "№ 1 Ақтөбе қаласының балалар-жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+        <w:t xml:space="preserve"> № 115 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Авиақалашық орамы, № 23А, "Ақтөбе қаласының білім бөлімі мемлекеттік мекемесінің "№ 29 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Авиақалашық орамының шекарасында, № 2В, № 3А, № 4Б, № 14А, № 19, № 22, № 22Б, № 23, № 24, № 25, № 25А, № 26, № 27, № 28, № 28А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөкенбай батыр көшесі, № 153, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұлутөбе көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Самал шағын ауданының барлық тұрғын үйлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов атындағы көшесі, № 3А, № 6Б, № 109, № 109А, № 117;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөкенбай батыр көшесі, № 139, № 141, № 143, № 145, № 147, № 149, № 151;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Елек көшесі, № 184А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 116 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, 101 Атқыштар Бригадасы көшесі, № 10А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Қазанғап атындағы балалар өнер мектебі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ағайынды Жұбановтар көшесі, № 271, № 273, № 275, № 277, № 279, № 281, № 283, № 283А, № 283, корпус 1, № 283, корпус 3, № 283, корпус 4, № 285, № 298, № 300;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101 Атқыштар Бригадасы көшесі, № 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 117 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Родниковый көшесі, № 1, "Ақтөбе облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің "Есет батыр атындағы олимпиада резервінің облыстық мамандырылған мектеп-интернат-колледжі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қарғалы тұрғын үй алабының шекарасында:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Пацаев көшесі, № 2, № 3/1, № 3/2, № 4/1, № 4/2, № 5/2, № 6/1, № 6/2, № 7, № 8/1, № 8/2, № 10/1, № 10/2, № 10/3, № 12/1, № 12/2, № 12/3, № 14;</w:t>
-[...305 lines deleted...]
-      М.Мәметова көшесі, № 1, № 3.</w:t>
+      Бәйтерек көшесі, № 1, № 2, № 3, № 8, № 10, № 11, № 12, № 14, № 15, № 16, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 27, № 28, № 28А, № 28Б, № 29, № 30, № 32, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Родниковый көшесі, № 1, № 1/1, № 1/2, № 2, № 3, № 3/1, № 3/2, № 4, № 4/1, № 4/2, № 5, № 6, № 7, № 8;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарайшық тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеу Бәсенов, Әйтек Сәрсеков, Жиембет жырау, Жеңімпаз, Желкен, Тәңірберген Молдабай, Жетіген көшелерінің тұрғын үйлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 1, № 2, № 3, № 3А, № 4, № 8, № 9, № 10, № 10А, № 12, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 17А, № 18, № 19, № 19А, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 25, № 26, № 26А, № 27, № 27А, № 28, № 30, № 31, № 32, № 32А, № 33, № 33А, № 35, № 35А, № 36, № 37, № 44, № 45, № 46, № 47, № 49, № 50, № 52, № 53, № 54, № 55, № 57, № 58, № 59, № 60, № 60А, № 61, № 68, № 71, № 72, № 73, № 74, № 80, № 81, № 83, № 84, № 85, № 86, № 87, № 89, № 90, № 91, № 92, № 94, № 96, № 97, № 99, № 100, № 101, № 103, № 106, № 107, № 108, № 110, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 126, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 138А, № 139, № 140, № 141, № 142, № 143, № 144, № 144А, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 158, № 159, № 160, № 161, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 182, № 183, № 184, № 185, № 186, № 187, № 188Б, № 190, № 191, № 191А, № 192, № 193, № 194, № 195, № 195А, № 196, № 197, № 199, № 201, № 202, № 202А, № 203, № 204, № 205, № 206, № 210, № 211, № 212, № 212А, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 225, № 226, № 227, № 243, № 244, № 245, № 246, № 249, № 252, № 253, № 254, № 255, № 256, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 269, № 270, № 272, № 283, № 284А, № 285, № 288, № 295, № 295А, № 296, № 296А, № 297, № 299, № 300, № 301, № 302, № 307, № 308, № 309, № 311, № 313, № 494, № 495, № 495А, № 496А, № 499А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 103 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      41 разъезд, Курсанттар тас жолы, № 1;</w:t>
+        <w:t xml:space="preserve"> № 118 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қурайлы тұрғын үй алабы, Есет Батыр көшесі, № 15А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Елек орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Елек тұрғын үй алабының шекарасында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағайынды Жұбановтар көшесі, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 1/7, № 1/8, № 1/9, № 1/10, № 1/11, № 1/12, № 1/13, № 1/14, № 1/15, № 1/16, № 2, № 3/1, № 3/2, № 3/3, № 3/4, № 3/5, № 3/6, № 3/7, № 3/8, № 3/9, № 3/10, № 3/11, № 3/12, № 3/13, № 3/14, № 3/15, № 3/16, № 4/1, № 4/2, № 6, № 8/1, № 8/2, № 10, № 11, № 12/1, № 12/2, № 14, № 16/1, № 16/2, № 18, № 20, № 22, № 24, № 26/1, № 26/2, № 28/1, № 28/2, № 30/1, № 30/2, № 32, № 34, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Берсиев көшесі, № 1, № 1/1, № 1/2, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2, № 8, № 9, № 9А, № 10, № 11, № 11/1, № 12, № 13, № 13/1, № 13/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пацаев көшесі, № 1, № 2/1, № 2/2, № 3/1, № 3/2, № 4, № 5, № 6, № 7/1, № 7/2, № 8/1, № 8/2, № 9, № 10, № 11/1, № 11/2, № 11А, № 12, № 13, № 14/1, № 14/2, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есет Батыр көшесі, № 1/1, № 1/2, № 2, № 3, № 4, № 4/1, № 4/2, № 5/1, № 5/2, № 6, № 7, № 8/2, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13/1, № 13/2, № 14, № 15, № 15А, № 18, № 20, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жамбыл көшесі, № 1/1, № 1/2, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2, № 8/1, № 8/2, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13, № 14, № 15/1, № 15/2, № 16/1, № 16/2, № 21, № 23А, № 29А, № 31А, № 33А, № 35А, № 37А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д. Қонаев көшесі, № 1, № 2/1, № 2/2, № 3, № 4, № 5, № 6/1, № 6/2, № 7, № 7А, № 8/1, № 8/2, № 9/1, № 9/2, № 10, № 11, № 12/1, № 12/2, № 13, № 13/2, № 14/1, № 14/2, № 15, № 15/2, № 16, № 18/1, № 18/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрылысшылар көшесі, № 1, № 2, № 2А, № 2Б, № 3/1, № 3/2, № 4, № 5, № 6/1, № 6/2, № 6А, № 7, № 8, № 9/1, № 9/2, № 9Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асау-Барақ көшесі, № 2, № 2А, № 3/1, № 3/2, № 4, № 5/1, № 5/2, № 6, № 6А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көркем көшесі, № 1/1, № 1/2, № 2/1, № 2/2, № 3/1, № 4/1, № 4/2, № 5/1, № 5/2, № 5/3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вокзал көшесі, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 2/1, № 2/2, № 3, № 3/1, № 3/2, № 3/3, № 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұрагер көшесі, № 2, № 10, № 13, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сарбаздар көшесі, № 2, № 10, № 10А, № 11, № 12, № 17, № 21, № 22, № 23, № 25, № 27, № 32, № 36, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәттілік көшесі, № 7, № 9, № 10, № 14, № 16, № 18, № 24, № 29, № 33, № 38;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шаттық көшесі, № 6, № 8, № 10А, № 21, № 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім көшесі, № 2, № 9, № 10, № 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Несібе көшесі, № 4, № 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 212, № 225, № 234, № 235, № 239, № 244, № 247, № 255, № 259, № 276, № 290, № 300, № 457;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разъезд 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 119 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Набережный көшесі, № 78, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 43 "Гүлдәурен" балабақшасы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Набережный көшесі, № 39, № 41, № 41А, № 43, № 45, № 45А, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 53А, № 53Б, № 53В, № 54, № 54А, № 55, № 55А, № 55/1,2, № 56, № 57, № 57А, № 57Б, № 58, № 58А, № 59, № 59А, № 59Б, № 60, № 61, № 62, № 63, № 64, № 64А, № 65, № 66, № 66А, № 67, № 68, № 69, № 69А, № 69Б, № 70, № 71, № 72, № 73, № 73А, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 84А, № 85, № 86, № 87;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шернияз Жарылғасұлы көшесі, № 114, № 116, № 118, № 120, № 122, № 122А, № 124, № 126, № 126А, № 126Б, № 128, № 128А, № 128Б, № 130, № 134, № 134/1, № 136, № 136А, № 138, № 138А, № 140, № 140А, № 142, № 142А, № 144, № 146, № 148, № 148А, № 150, № 152, № 154, № 156, № 158, № 160;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д. А. Қонаев көшесі, № 2, № 2А, № 4, № 6, № 8, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәнібек хан атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 120 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, 12 шағын аудан, № 37В, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 56 жалпы орта білім беретін мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: 12 шағын аудан, № 41, № 42, № 43, № 45, № 45Д, № 49, № 50, № 50А, № 50Б, № 50Г, № 51, № 51А, № 51Б, № 51В, № 51Г, № 52, № 53, № 53А, № 53/2, № 54, № 54А, № 54Б, № 54В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әл-Фараби көшесі, № 25 (12 шағын аудан, № 43А).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 121 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Бөкенбай батыр көшесі, № 131Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Балалар және жасөспірімдер шығармашылық Үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Бөкенбай батыр көшесі, № 129/2, № 129К, корпус 1, № 131, № 131А, № 131Б, № 131В, № 133, № 133, корпус 1, № 133А, № 133Б, № 133В, № 133Г, № 133У, № 135А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 122 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Көктем тұрғын үй алабы, Гуцало Александр Семенович көшесі, № 1, "Казтрансойл" акционерлік қоғамының Батыс филиалының Ақтөбе мұнай құбырлары басқармасының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Көктем тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхаммед-Салық Бабажанов көшесі, № 2, № 2/1, № 2/2, № 2/3, № 2/4, № 4, № 4/1, № 4/2, № 4/3, № 4/4, № 6, № 6/1, № 6/2, № 6/3, № 8, № 8/2, № 8/3, № 10, № 10/1, № 10/2, № 10/3, № 12, № 12/1, № 12/2, № 12/3, № 12/4, № 12А/1, № 12А/2, № 14, № 14/1, № 16, № 16/1, № 18, № 20, № 20/1, № 20/2, № 22, № 24, № 24/1, № 24/2, № 24/3, № 26, № 28, № 30, № 32, № 34, № 40А, № 46А, № 62, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефонный көшесі, № 1, № 2, № 3, № 3А, № 3/1, № 3/2, № 4, № 4А, № 5, № 6, № 6А, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 12А, № 12Б, № 13, № 14, № 15, № 16/1, № 16/2, № 17, № 18, № 19, № 19А, № 20, № 21, № 21А/1, № 21А/2, № 21Б, № 22, № 23, № 23А, № 23Б, № 24, № 25, № 26, № 28, № 29, № 31/1, № 32/1, № 32/2, № 32/3, № 32Б/1, № 32Б/2, № 32Б/3, № 32Б/4, № 32Б/5, № 32Б/6, № 33, № 34, № 34А, № 34/1, № 34/2, № 35, № 35А, № 36, № 36/1, № 36/2, № 37, № 38/1, № 38/2, № 40/1, № 40/2, № 40/3, № 40/4, № 41, № 42, № 42/1, № 42/2, № 44/1, № 44/2, № 46, № 46/1, № 46/2, № 46/4, № 48, № 48/2, № 50, № 50/1, № 50/2, № 52, № 54, № 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауынгер-интернационалистер көшесі, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 22А, № 23, № 24;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Федор Озмитель көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 15, № 15Б, № 16, № 16А, № 17, № 18, № 19, № 20, № 22, № 23, № 23А, № 25/1, № 25/2, № 26, № 27, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молдавский көшесі, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 8А, № 9, № 10, № 11, № 11А, № 12, № 13, № 13А, № 14, № 14А, № 15, № 15А, № 16, № 17, № 18, № 18А, № 18Б, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 39;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Папилов Николай Гаврилович көшесі, № 1, № 1/1, № 1/2, № 1/3, № 1Б, № 2, № 2/1, № 2/2, № 2/3, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наркологический көшесі, № 1, № 2, № 2А, № 2Б, № 3, № 4, № 4Б, № 5, № 7, № 9, № 10, № 11А, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 27, № 30, № 31, № 35А, № 36, № 37, № 38А, № 39, № 39А, № 41, № 43, № 44, № 45, № 46, № 47;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 1, № 1А, № 2, № 4, № 5, № 7, № 9, № 11, № 11А, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20В, № 20Г, № 21, № 35А, № 170А, № 292А, № 310, № 332, № 334, № 335, № 336, № 337, № 337Б, № 338, № 339, № 340, № 340Б, № 343, № 344, № 345, № 445, № 446, № 448, № 501, № 502, № 503, № 504, № 506, № 507, № 508, № 510, № 512;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 104 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Құрашасай, Жіңішке, Арман, Жаңақоныс-4 тұрғын үй алаптарының шекарасында.</w:t>
+        <w:t xml:space="preserve"> № 123 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Жаңақоныс тұрғын үй алабы, Баубек Бұлқышев көшесі, № 25, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Балалар шығармашылық үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алматы көшесі, № 1, № 1А, № 2, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16А, № 16, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі, № 1, № 3, № 3А, № 8, № 9, № 10, № 14, № 17, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мир көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 5/1, № 5/2, № 6, № 7, № 7/1, № 7/2, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 16, № 17, № 18, № 19, № 20, № 21, № 21/1, № 22, № 23, № 23/1, № 24, № 25, № 25/1, № 25/2, № 26, № 27, № 27/1, № 27/2, № 28, № 29/1, № 29/2, № 30, № 32, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40 лет победы көшесі, № 1, № 1А, № 2, № 3, № 3/1, № 3А, № 4, № 5, № 5А, № 6, № 7, № 7Б, № 7А, № 8, № 9, № 9А, № 9В, № 10, № 11, № 11/2, № 11А, № 13, № 13А, № 13/3, № 15, № 15А, № 15/1, № 15/2, № 16/2, № 16, № 17, № 17/1, № 18, № 19, № 19/1, № 20А, № 20, № 20/1, № 21, № 22, № 23, № 24, № 24А, № 25, № 25А, № 26, № 26А, № 27, № 27А, № 27В, № 28, № 29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Садовый тұйық көшесі, № 1, № 2, № 3, № 4, № 4А, № 5, № 6, № 6/1, № 6/2, № 7, № 7/1, № 7/2, № 8/1, № 8/2, № 9/1, № 9/2, № 10, № 10/1, № 10/2, № 12, № 12/1, № 12/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Баубек Бұлқышев көшесі, № 1, № 1А, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 10/1, № 10/2, № 11, № 11/1, № 11/2, № 12, № 13, № 13А, № 15, № 17, № 17А, № 18, № 19, № 21, № 23, № 23/1, № 23А, № 23/2, № 27, № 27А, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Баян батыр көшесі, № 1, № 1/98, № 1А, № 2, № 2/1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 15, № 18, № 18А, № 18Б, № 20, № 20А, № 22, № 24, № 26, № 26А, № 26/2, № 27, № 29, № 31, № 33, № 38, № 104;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Степной көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 9, № 10, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хамит Ерғалиев көшесі, № 1, № 1А, № 2, № 2/1, № 2/2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 12, № 14, № 14/1, № 14/2, № 16, № 16/1, № 16/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Молодежный көшесі, № 1, № 1А, № 2, № 2/2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 21/1, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Новый көшесі, № 1, № 73/2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 105 сайлау учаскесі</w:t>
-[...377 lines deleted...]
-      Алматы көшесі, № 62, № 64, № 66, № 68.</w:t>
+        <w:t xml:space="preserve"> № 124 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Тарас Шевченко көшесі, № 34, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің № 30 "Ұрпақ" бөбекжай-балабақшасы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алматы көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В. Ф. Зинченко көшесі, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 99А, № 101, № 103, № 105, № 107, № 109, № 111, № 111А, № 113, № 115, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 129А, № 129Б, № 131, № 133, № 135, № 135А, № 135Б, № 137, № 139, № 139/2, № 141, № 143, № 145, № 147, № 149, № 151, № 153/1, № 153/2, № 155/1, № 155/3, № 155/4, № 157/1, № 157/2, № 157/3, № 159, № 159/1, № 159/3, № 161, № 163, № 163/1, № 163/2, № 165/1, № 165/2, № 165/3, № 165/4, № 167, № 169/2, № 169/3, № 169/4, № 171/1, № 171/2, № 171/4, № 173/1, № 173/3, № 175/1, № 175/2, № 175/3, № 175/4, № 177, № 653, № 653А, № 653Б/1, № 653В/1, № 653В/2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маяковский көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7/1, № 7/2, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Суворов көшесі, № 1, № 2, № 3, № 4/1, № 4/2, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К. Бәйсеитова көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21/1, № 21/2, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н. В. Гоголь көшесі, № 41, № 41А, № 41Б, № 42, № 42А, № 42Б, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 74А, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 88А, № 89, № 89, корпус 1, № 89, корпус 2, № 90, № 92, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 124, № 126, № 128, № 130, № 132, № 134, № 136, № 138, № 140, № 142, № 144;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ембі көшесі, № 51, № 53, № 55, № 55А, № 57, № 59, № 61, № 63, № 65, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 73А, № 74, № 74А, № 75, № 76, № 77, № 78, № 79, № 80, № 80А, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 88А, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 95А, № 96, № 97, № 98, № 99, № 99А, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 128А, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 164, № 166, № 168, № 170;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Турксиб көшесі, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 85А, № 86, № 87, № 88, № 88А, № 89, № 90, № 90А, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 98А, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 118А, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 128А, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142/1, № 142/2, № 142/3, № 142/4, № 143, № 144, № 144/1, № 144/2, № 144/4, № 145, № 146, № 146/1, № 146/2, № 146/4, № 147, № 148/1, № 148/2, № 148/3, № 148/4, № 149, № 150/1, № 150/2, № 150/3, № 150/4, № 151, № 152/1, № 152/2, № 152/3, № 152/4, № 153, № 154/1, № 154/2, № 155, № 156, № 157, № 158/1, № 158/2, № 158/3, № 158/4, № 159, № 160/1, № 160/2, № 160/3, № 160/4, № 161, № 162/1, № 162/3, № 162/4, № 163, № 164/1, № 164/2, № 164/3, № 164/4, № 165, № 166, № 167, № 168, № 169, № 170, № 171;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тарас Шевченко көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 34, № 36, № 36А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13; № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 31/1, № 33, № 33/1, № 33/2, № 35, № 35/1, № 35/2, № 37, № 37/1, № 37/2, № 37/3, № 37/4, № 37А, № 39/1, № 39/2, № 39/3, № 39/4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Володя Дубинин көшесі, № 1, № 2, № 3, № 4, № 4/1, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 11, № 12, № 13, № 13А, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32/1, № 32/2, № 32/3, № 32/4, № 33, № 34/2, № 34/3, № 34/4, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лазо С. Г. көшесі, № 1, № 2, № 3, № 3А, № 3/1, № 3/2, № 4, № 5, № 5А, № 6, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гастелло Н. Ф. көшесі, № 1, № 3/1, № 3/2, № 5/1, № 5/2, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23/1, № 23/2, № 25, № 27, № 29/1, № 29/2, № 29/3, № 29/4, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 106 сайлау учаскесі</w:t>
-[...431 lines deleted...]
-      Мектеп көшесі, № 1, № 1А, № 1Б, № 2А, № 2/1, № 2/2, № 2/3, № 3, № 4/1, № 4/2, № 5, № 6/1, № 6/2, № 7, № 8/1, № 8/2, № 10/1, № 10/2, № 11/1, № 118/2, № 12, № 13/1, № 13/2, № 14, № 15, № 16, № 17, № 18, № 19, № 20А, № 21, № 22, № 23, № 24, № 25, № 26/1, № 26/2, № 26/3, № 27, № 28, № 29, № 31, № 33, № 35, № 37, № 39.</w:t>
+        <w:t xml:space="preserve"> № 125 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Нефтяников көшесі, № 25, "Ақтөбе облысының жұмыспен қамту және әлеуметтік бағдарламалар басқармасы" мемлекеттік мекемесінің "№ 1 әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесінің ғимараты (әрі қарай - мекеме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: мекеме.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 107 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Өрлеу тұрғын үй алабының шекарасында.</w:t>
+        <w:t xml:space="preserve"> № 522 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы, № 11Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 50 "Алтын бесік" балабақшасы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, № 10В, № 11В, № 12В, № 14В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 108 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Оңтүстік-Батыс–1 тұрғын үй алабының шекарасында.</w:t>
+        <w:t xml:space="preserve"> № 523 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ақжар-2 тұрғын үй алабы, Қайым Мұхамедханов атындағы көшесі, № 32, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 49 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ақжар-2 тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 445, № 446, № 447, № 448, № 449, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474, № 475, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 568, № 569, № 570, № 571, № 572, № 573, № 574, № 575, № 576, № 577, № 578, № 579, № 580, № 581, № 582, № 583, № 584, № 585, № 586, № 587, № 588, № 589, № 590, № 591, № 599, № 600, № 601, № 602, № 603, № 604, № 605, № 606, № 607, № 608, № 609, № 610, № 611, № 612, № 613, № 614, № 615, № 616, № 617, № 618, № 619, № 620, № 621, № 622, № 623, № 624, № 625, № 626, № 627, № 628, № 629, № 630, № 631, № 632, № 633, № 634, № 635, № 636, № 637, № 638, № 639, № 640, № 641, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 656, № 657, № 658, № 659, № 660, № 661, № 662, № 663, № 664, № 665, № 666, № 667, № 668, № 669, № 670, № 671, № 672, № 673, № 674, № 675, № 676, № 677, № 678, № 679, № 680, № 681, № 682, № 683, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 691, № 692, № 693, № 694, № 695, № 696, № 697, № 727, № 728, № 729, № 730, № 731, № 732, № 733, № 734, № 735, № 736, № 737, № 738, № 739, № 740, № 741, № 742, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 752, № 753, № 754, № 755, № 756, № 757, № 758, № 759, № 760, № 761, № 762, № 763, № 764, № 765, № 766, № 767, № 768, № 769, № 770, № 771, № 772, № 773, № 774, № 775, № 776, № 777, № 778, № 779, № 780, № 781, № 782, № 783, № 784, № 785, № 786, № 787, № 788, № 789, № 790, № 791, № 792, № 793, № 794, № 795, № 796, № 797, № 798, № 799, № 800, № 801, № 802, № 803, № 804, № 805, № 806, № 807, № 808, № 809, № 810, № 811, № 812, № 813, № 814, № 815, № 816, № 817, № 818, № 819, № 820, № 821, № 822, № 823, № 824, № 825, № 826, № 827, № 828, № 829, № 830, № 831, № 832, № 833, № 834, № 835, № 836, № 837, № 838, № 839, № 840, № 841, № 842, № 843, № 844, № 845, № 846, № 847, № 848, № 849, № 850, № 851, № 852, № 853, № 854, № 85, № 856, № 857, № 858, № 859, № 860, № 861, № 862, № 863, № 864, № 865, № 866, № 867, № 868, № 869, № 870, № 871, № 872, № 873, № 874, № 875, № 876, № 877, № 878, № 879, № 880, № 881, № 882, № 883, № 884, № 885, № 886, № 887, № 888, № 889,№ 890, № 890, № 891, № 892, № 893, № 894, № 895, № 896, № 897, № 898, № 899, № 900, № 901, № 902, № 903, № 904, № 905, № 906, № 907, № 908, № 909, № 910, № 911, № 912, № 913, № 914, № 915, № 916, № 917, № 918, № 919, № 920, № 949, № 950, № 951, № 952, № 953, № 954, № 955, № 956, № 957, № 958, № 959, № 960, № 961, № 962, № 963, № 964, № 965, № 966, № 967, № 968, № 969, № 970, № 971, № 972, № 973, № 974, № 975, № 976, № 977, № 978, № 979, № 980, № 981, № 982, № 983, № 984, № 985, № 986, № 987, № 988, № 989, № 990, № 991, № 992, № 993, № 994, № 995, № 996, № 997, № 998, № 999, № 1000, № 1001, № 1002, № 1003, № 1004, № 1005, № 1006, № 1007, № 1008, № 1009, № 1010, № 1011, № 1012, № 1013, № 1014, № 1015, № 1016, № 1017, № 1018, № 1019, № 1020, № 1021, № 1022, № 1023, № 1024, № 1025, № 1026, № 1027, № 1028, № 1029, № 1030, № 1031, № 1032, № 1033, № 1034, № 1035, № 1036, № 1037, № 1038, № 1039, № 1040, № 1041, № 1042, № 1043, № 1044, № 1045, № 1046, № 1047, № 1048, № 1049, № 1050, № 1051, № 1052, № 1053, № 1054, № 1055, № 1056, № 1057, № 1058, № 1059, № 1060, № 1061, № 1062, № 1508, № 1509, № 1510, № 1511, № 1512, № 1513, № 1514, № 1515, № 1516, № 1517, № 1518, № 1519, № 1520, № 1521, № 1522, № 1523, № 1524, № 1525, № 1526, № 1527, № 1528, № 1529, № 1530, № 1531, № 1532, № 1533, № 1534, № 1535, № 1536, № 1537, № 1538, № 1539, № 1540, № 1541, № 1542, № 1543, № 1544, № 1545, № 1546, № 1547, № 1548, № 1549, № 1550, № 1551, № 1552, № 1553, № 1554, № 1555, № 1556, № 1557, № 1558, № 1559, № 1560, № 1561, № 1562, № 1563, № 1564, № 1565, № 1566, № 1567, № 1568, № 1569, № 1570, № 1571, № 1572, № 1573, № 1574, № 1575, № 1576, № 1577, № 1578, № 1579, № 1580, № 1581, № 1582, № 1583, № 1584, № 1585, № 1586, № 1587, № 1588, № 1589, № 1590, № 1591, № 1592, № 1593, № 1594, № 1595, № 1596, № 1597, № 1598, № 1599, № 1600, № 1601, № 1602, № 1603, № 1604, № 1605, № 1606, № 1607, № 1608, № 1609, № 1610, № 1611, № 1612, № 1613, № 1614, № 1615, № 1616, № 1617, № 1618, № 1619, № 1620, № 1621, № 1622, № 1623, № 1624, № 1625, № 1626, № 1627, № 1628, № 1629, № 1630, № 1631, № 1632, № 1633, № 1634, № 1635, № 1636, № 1637, № 1638, № 1639, № 1640, № 1641, № 1642, № 1643, № 1644, № 1645, № 1646, № 1647, № 1648, № 1649, № 1650, № 1651, № 1652, № 1653, № 1654, № 1655, № 1656, № 1657, № 1658, № 1659, № 1660, № 1661, № 1662, № 1663, № 1664, № 1665, № 1666, № 1667, № 1668, № 1669, № 1670, № 1671, № 1672, № 1673, № 1674, № 1675, № 1676, № 1677, № 1678, № 1679, № 1680, № 1681, № 1682, № 1683, № 1684, № 1685, № 1686, № 1687, № 1688, № 1689, № 1690, № 1691, № 1692, № 1693, № 1694, № 1695, № 1696, № 1697, № 1698, № 1698, № 1699, № 1700, № 1701, № 1702, № 1703, № 1704, № 1705, № 1706;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акжар плюс бау-бақша ұжымы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 109 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      Әз Наурыз көшесі, № 2 (11 шағын аудан, № 24), № 6 (11 шағын аудан, № 31), № 8 (11 шағын аудан, № 32), № 10 (11 шағын аудан, № 33), № 12 (11 шағын аудан, № 34).</w:t>
+        <w:t xml:space="preserve"> № 524 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Балауса тұрғын үй алабы, № 421Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 46 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Балауса тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Алмат-Самырат көшесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нәрен Имашев көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтеу Құдайбергенов көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қамбар Медетов көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Байдалы Өмірұлы көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Василий Мощенский көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ахмет Ескендіров көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нұрсұлу Тапалова көшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 189А, № 190, № 191, № 192, № 193, № 194, № 195, № 196, № 197, № 198, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 255А, № 256, № 257, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 268, № 269, № 270, № 271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 299А, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 323, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 346, № 347, № 348, № 349, № 350, № 351, № 352, № 353, № 354, № 355, № 355А, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, № 364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 376А, № 377, № 377А, № 378, № 379, № 380, № 381, № 382, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 408А, № 409, № 409А, № 410, № 410А, № 411, № 411А, № 412, № 412А, № 413, № 414, № 414А, № 415, № 415А, № 416, № 416А, № 417, № 418, № 419, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 444А, № 445, № 446, № 447, № 448, № 449, № 450, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 466А, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474, № 475, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 494, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 574, № 590, № 594, № 595, № 596, № 602, № 608, № 608Г, № 614, № 615, № 617, № 618, № 629, № 630, № 631, № 633, № 634, № 636, № 637, № 638, № 640, № 641, № 641Б, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 658, № 659, № 662, № 663, № 676, № 678, № 681, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 692, № 693, № 695, № 697, № 699, № 700, № 702, № 703, № 705, № 706, № 713, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 727, № 730, № 732, № 733, № 734, № 736, № 737, № 738, № 739, № 740, № 741, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 755, № 756, № 757, № 760, № 761, № 768, № 769, № 771, № 762, № 765, № 766, № 767, № 770, № 772, № 782, № 785, № 788, № 789, № 851, № 865, № 904, № 923.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 110 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      Әз Наурыз көшесі, № 14 (11 шағын аудан, № 38), № 16 (11 шағын аудан, № 39), № 13 (11 шағын аудан, № 39А), № 18 (11 шағын аудан, № 41Г), № 20 (11 шағын аудан, № 41), № 24 (11 шағын аудан, № 42), № 26 (11 шағын аудан, № 43).</w:t>
+        <w:t xml:space="preserve"> № 525 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Д. А. Қонаев көшесі, № 3Д, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 8 орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Д. А. Қонаев көшесі, № 1, № 1А, № 1Б, № 1/1, № 1/2, № 1/3, № 1/4, № 1/5, № 1/6, № 1/7, № 3В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Горпитомник орамы, № 1, № 2, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 48А, № 49, № 50, № 50А, № 51, № 52, № 53, № 54, № 55, № 56, № 58;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Набережный көшесі, № 2, № 4, № 6, № 8, № 10, № 10А, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 30, № 32, № 34, № 36, № 36А, № 38, № 40, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Асау-Барақ көшесі, № 2, № 2А, № 4, № 4А, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 44А, № 44Б, № 46, № 46А, № 48;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 111 сайлау учаскесі</w:t>
-[...53 lines deleted...]
-      Н.Шәйкенов атындағы көшесі, № 5 (11 шағын аудан, № 10), № 1 (11 шағын аудан, № 12), № 2 (11 шағын аудан, № 82), № 4 (11 шағын аудан, № 83).</w:t>
+        <w:t xml:space="preserve"> № 526 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, 12 шағын аудан, № 37В, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 56 жалпы орта білім беретін мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: 12 ВГ шағын ауданының, 12 Б шағын ауданының тұрғын үйлері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөкенбай батыр көшесі, № 22, № 22, корпус 1, № 23, № 23А, № 25, № 31, № 32, № 32, корпус 1, № 32, корпус 3, № 33, № 51, № 55, № 57, № 59/1, № 59/2, № 61/1, № 61/4, № 63/3, № 65/5, № 65/6, № 65/7, № 65/8, № 67/2, № 67/4, № 69/1, № 71, № 73, № 79, № 89, № 101, № 103, № 109, № 113, № 117, № 119, № 121, № 127, № 127Б, № 127Р, № 127Т, № 127У;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұқағали Мақатаев атындағы көшесі, № 4Б, № 6Б, № 10А, № 26, № 28А, № 28Б, № 30, № 32, № 34, № 36, № 115;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168-мехколонна орамы, № 1, № 1/1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 4А, № 5, № 5А, № 5Б, № 6, № 6А, № 7, № 7А, № 7Б, № 8, № 8А, № 9, № 9А, № 10, № 10А, № 11, № 11/1, № 11А, № 12, № 13, № 14, № 15, № 16, № 16/1, № 17, № 18, № 19, № 20, № 20/4, № 21, № 21/4, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 37, № 51/2, № 52/1, № 52/2, № 53, № 53/1, № 53/3, № 53/4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әл-Фараби көшесі, жұп сандар жағынан барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алмас қылыш көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақсуат көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтан Керейұлы көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алаш көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біржан сал көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отырар көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алпамыс батыр көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бөлтірік шешен көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мағжан Жұмабаев көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сынтас көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жас қыран көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міржақып Дулатов көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүсіпбек Аймауытов көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шәкәрім Құдайбердіұлы көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ахмет Байтұрсынұлы көшесі, барлық үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 112 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: 12 шағын аудан, № 16А, № 16Г, № 16Ж, № 16И, № 16Н, № 16П, № 16/1, № 16/2, № 17, № 37, № 37А, № 38А, № 38Б, № 39, № 39А, № 39Б, № 58, № 58А, № 58Б, № 58В, № 58Г, № 58Д, № 58Е, № 60, № 62, № 63, № 64, № 64А, № 64Б, № 64АБ, № 64ВГ, № 65, № 82.</w:t>
+        <w:t xml:space="preserve"> № 527 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Мәңгілік Ел көшесі, № 6, "Ақтөбе облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің "Достық" су спорты түрлері бойынша облыстық балалар-жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 8, корпус 1, № 8, корпус 2, № 8, корпус 4, № 13Б, корпус 1, № 21В, № 21М, № 49Л, корпус 4, № 49Л, корпус 5, № 49Л, корпус 6, № 49Л, корпус 7, № 49Л, корпус 8, № 49Л, корпус 9, № 49Р, № 49Р, корпус 1, № 49Р, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәңгілік Ел көшесі, № 5 (Алтын Орда, № 8), № 5, корпус 2, № 5, корпус 3, № 5, корпус 4, № 7 (Алтын Орда, № 8, корпус 3), № 10 (Алтын Орда, № 17Б), № 10, корпус 1 (Алтын Орда, № 16), № 12, № 14 (Алтын Орда, № 15Б);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ораза Татеулы көшесі, № 4 (Алтын Орда, № 9), № 4, корпус 1 (Алтын Орда, № 9, корпус 1), № 6 (Алтын Орда, № 14Б), № 8 (Алтын Орда, № 12Б);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлия Молдағұлова даңғылы, № 63А.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 113 сайлау учаскесі</w:t>
-[...161 lines deleted...]
-      Келешек және Саяжай тұрғын үй алаптары;</w:t>
+        <w:t xml:space="preserve"> № 528 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Оңтүстік-Батыс-1 тұрғын үй алабы, Халида Есенғұлқызы Маманова көшесі, № 9, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 10 Жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Оңтүстік-Батыс-2 тұрғын үй алабының шекараларында. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 529 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Ә.К.Құрғұлов көшесі, № 19Б, "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесінің "Қарғалы қалалық ауруханасы" мемлекеттік коммуналдық кәсіпорнының ғимараты (әрі қарай - мекеме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: мекеме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 530 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қызылжар тұрғын үй алабы, № 730А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Мұқағали Мақатаев атындағы № 73 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Кызылжар-2 тұрғын үй алабының шекарасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 531 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы, № 12А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Дінмұхамед Қонаев атындағы жалпы білім беретін орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, № 10/41, № 18В, № 19В, № 36В, № 38В, № 39В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақтөбе-Орск тас жолы, № 43/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 532 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы, № 12А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Дінмұхамед Қонаев атындағы жалпы білім беретін орта мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, № 4В, № 5В, № 23В, № 24В, № 25Б, № 26В, № 28В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 533 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ақжар-2 тұрғын үй алабы, Қайым Мұхамедханов атындағы көшесі, № 20, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 45 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ақжар-2 тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 151А, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 190, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 241, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 256, № 257, № 258, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 309, № 310, № 311, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 1068, № 1069, № 1070, № 1071, № 1072, № 1073, № 1074, № 1075, № 1076, № 1076А, № 1077, № 1078, № 1079, № 1080, № 1081, № 1082, № 1083, № 1084, № 1085, № 1086, № 1087, № 1088, № 1089, № 1090, № 1091, № 1092, № 1093, № 1094, № 1095, № 1096, № 1097, № 1098, № 1099, № 1100, № 1101, № 1102, № 1103, № 1104, № 1105, № 1106, № 1107, № 1108, № 1109, № 1110, № 1111, № 1112, № 1113, № 1114, № 1115, № 1116, № 1117, № 1118, № 1119, № 1120, № 1121, № 1122, № 1123, № 1124, № 1125, № 1126, № 1127, № 1128, № 1129, № 1130, № 1131, № 1132, № 1133, № 1134, № 1135, № 1136, № 1137, № 1138, № 1139, № 1140, № 1141, № 1142, № 1143, № 1144, № 1145, № 1146, № 1147, № 1148, № 1149, № 1150, № 1151, № 1152, № 1153, № 1154, № 1155, № 1156, № 1157, № 1158, № 1159, № 1160, № 1161, № 1162, № 1163, № 1164, № 1165, № 1166, № 1167, № 1168, № 1169, № 1170, № 1171, № 1172, № 1173, № 1174, № 1175, № 1176, № 1178, № 1179, № 1180, № 1181, № 1182, № 1183, № 1184, № 1185, № 1186, № 1187, № 1188, № 1189, № 1190, № 1191, № 1192, № 1193, № 1194, № 1195, № 1196, № 1197, № 1198, № 1199, № 1200, № 1201, № 1202, № 1203, № 1204, № 1205, № 1206, № 1207, № 1208, № 1209, № 1210, № 1211, № 1212, № 1213, № 1214, № 1215, № 1216, № 1217, № 1218, № 1219, № 1220, № 1221, № 1222, № 1223, № 1224, № 1225, № 1226, № 1227, № 1228, № 1229, № 1230, № 1231, № 1232, № 1233, № 1234, № 1235, № 1236, № 1237, № 1238, № 1239, № 1240, № 1241, № 1242, № 1243, № 1244, № 1245, № 1246, № 1247, № 1248, № 1249, № 1250, № 1251, № 1252, № 1253, № 1254, № 1255, № 1256, № 1257, № 1258, № 1259, № 1260, № 1261, № 1262, № 1263, № 1264, № 1265, № 1266, № 1267, № 1268, № 1269, № 1270, № 1271, № 1272, № 1273, № 1274, № 1275, № 1276, № 1277, № 1278, № 1279, № 1280, № 1281, № 1282, № 1283, № 1284, № 1285, № 1286, № 1287, № 1288, № 1289, № 1290, № 1291, № 1292, № 1293, № 1294, № 1295, № 1296, № 1297, № 1298, № 1299, № 1300, № 1301, № 1302, № 1303, № 1304, № 1305, № 1306, № 1307, № 1308, № 1309, № 1310, № 1311, № 1312, № 1314, № 1315, № 1316, № 1317, № 1318, № 1319, № 1320, № 1321, № 1322, № 1323, № 1324, № 1325, № 1326, № 1327, № 1328, № 1329, № 1330, № 1331, № 1332, № 1333, № 1334, № 1335, № 1336, № 1337, № 1338, № 1339, № 1340, № 1341, № 1342, № 1343, № 1344, № 1345, № 1346, № 1347, № 1348, № 1349, № 1350, № 1351, № 1352, № 1353, № 1354, № 1355, № 1356, № 1357, № 1358, № 1359, № 1360, № 1361, № 1362, № 1363, № 1364, № 1365, № 1366, № 1367, № 1368, № 1369, № 1370, № 1371, № 1372, № 1373, № 1374, № 1375, № 1376, № 1377, № 1378, № 1379, № 1380, № 1381, № 1382, № 1383, № 1384, № 1385, № 1386, № 1387, № 1388, № 1389, № 1390, № 1391, № 1392, № 1393, № 1394, № 1395, № 1396, № 1397, № 1398, № 1399, № 1400, № 1401, № 1402, № 1403, № 1404, № 1405, № 1406, № 1407, № 1408, № 1409, № 1410, № 1411, № 1412, № 1413, № 1414, № 1415, № 1416, № 1417, № 1418, № 1419, № 1420, № 1421, № 1422, № 1423, № 1424, № 1425, № 1426, № 1427, № 1428, № 1429, № 1430, № 1431, № 1432, № 1433, № 1434, № 1435, № 1436, № 1437, № 1438, № 1439, № 1440, № 1441, № 1442, № 1443, № 1444, № 1445, № 1446, № 1447, № 1448, № 1449, № 1450, № 1451, № 1452, № 1453, № 1454, № 1455, № 1456, № 1457, № 1458, № 1459, № 1460, № 1461, № 1462, № 1463, № 1464, № 1465, № 1466, № 1467, № 1468, № 1469, № 1470, № 1471, № 1472, № 1473, № 1474, № 1475, № 1476, № 1477, № 1478, № 1479, № 1480, № 1481, № 1482, № 1483, № 1484, № 1485, № 1486, № 1487, № 1488, № 1489, № 1490, № 1491, № 1492, № 1493, № 1494, № 1495, № 1496, № 1497, № 1498, № 1499, № 1500, № 1501, № 1502, № 1503, № 1504, № 1505, № 1506, № 1507;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 114 сайлау учаскесі</w:t>
-[...179 lines deleted...]
-      Рудный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7.</w:t>
+        <w:t xml:space="preserve"> № 534 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Кірпішті тұрғын үй алабы, Роза Бағланова көшесі, № 5, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 18 орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Кірпішті тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Новый кирпичный тұрғын үй алабының тұрғын үйлері, № 1, № 1А, № 2, № 2А, № 3, № 3А, № 4, № 4А, № 5, № 6, № 7, № 8, № 9, № 9А, № 10, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 26, № 27, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 35Б, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 49, № 50, № 51, № 51А, № 51Б, № 53, № 53А, № 55, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 66, № 67, № 69, № 70, № 72, № 74, № 75, № 77, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 89, № 90, № 92, № 121, № 391Г;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақберен, Атамекен, Аламан, Маралды, Бұлақты, Айбын, Жусанды көшелерінің шекарасында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 115 сайлау учаскесі</w:t>
-[...125 lines deleted...]
-      Елек көшесі, № 184А.</w:t>
+        <w:t xml:space="preserve"> № 535 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Жібек жолы тұрғын үй алабы, Әбидулла Биекенов көшесі, № 29, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 61 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Жібек жолы тұрғын үй алабының шекарасында: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 58, № 59, № 60, № 61, № 61А, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173 ,№ 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 190, № 191, № 192, № 193, № 194, № 195, № 196, № 197, № 198, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 256, № 257, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 268, № 269, № 270, № 271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 323, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 346, № 347, № 348, № 349, № 350, № 351, № 352, № 353, № 354, № 355, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, № 364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 377, № 378, № 379, № 380, № 381, № 382, № 383, № 384, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 409, № 410, № 411, № 412, № 413, № 414, № 415, № 416, № 417, № 418, № 419, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 445, № 446, № 447, № 448, № 449, № 450, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әбидулла Биекенов көшесі, № 55, № 74, № 90, № 96, № 100, № 102, № 104, № 106, № 108, № 110;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ілияс Жансүгіров көшесі, № 1, № 2, № 3, № 4, № 6, № 10, № 12, № 13, № 15, № 18, № 19, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 32, № 33, № 35, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 116 сайлау учаскесі</w:t>
-[...53 lines deleted...]
-      101 Атқыштар Бригадасы көшесі, № 12.</w:t>
+        <w:t xml:space="preserve"> № 536 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Жібек жолы тұрғын үй алабы, Әбидулла Биекенов көшесі, № 29, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 61 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сайлау учаскесінің шекаралары: Жібек жолы тұрғын үй алабының шекарасында: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      учаскелер, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 494, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 568, № 569, № 570, № 571, № 572, № 573, № 574, № 575, № 576, № 577, № 578, № 579, № 580, № 581, № 582, № 583, № 584, № 585, № 586, № 587, № 588, № 589, № 590, № 591, № 592, № 593, № 594, № 595, № 596, № 597, № 598, № 599, № 600, № 601, № 602, № 603, № 604, № 605, № 606, № 607, № 608, № 609, № 610, № 611, № 612, № 613, № 614, № 615, № 616, № 617, № 618, № 619, № 620, № 621, № 622, № 623, № 624, № 625, № 626, № 627, № 628, № 629, № 630, № 631, № 632, № 633, № 634, № 635, № 636, № 637, № 638, № 639, № 640, № 641, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 656, № 657, № 658, № 659, № 660, № 661, № 662, № 663, № 664, № 665, № 666, № 667, № 668, № 669, № 670, № 671, № 672, № 673, № 674, № 675, № 676, № 677, № 678, № 679, № 680, № 681, № 682, № 683, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 691, № 692, № 693, № 694, № 695, № 696, № 697, № 698, № 699, № 700, № 701, № 702, № 703, № 704, № 705, № 706, № 707, № 708, № 709, № 710, № 711, № 712, № 713, № 714, № 715, № 716, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 727, № 728, № 729, № 730, № 731, № 732, № 733, № 734, № 735, № 736, № 737, № 738, № 739, № 740, № 741, № 742, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 752, № 753, № 754, № 755, № 756, № 757, № 758, № 759, № 760, № 761, № 762, № 763, № 764, № 765, № 766, № 767, № 768, № 769, № 770, № 771, № 772, № 773, № 774, № 775, № 776, № 777, № 778, № 779, № 780, № 781, № 782, № 783, № 784, № 785, № 786, № 787, № 788, № 789, № 790, № 791, № 792, № 793, № 794, № 795, № 796, № 797, № 798, № 799, № 800, № 801, № 802, № 803, № 804, № 805, № 806, № 807, № 808, № 809, № 810, № 811, № 812, № 813, № 814, № 815, № 816, № 817, № 818, № 819, № 820, № 821, № 822, № 823, № 824, № 825, № 826, № 827, № 828, № 829, № 830, № 831, № 832, № 833, № 834, № 835, № 836, № 837, № 838, № 839, № 840, № 841, № 842, № 843, № 844, № 845, № 846, № 847, № 848, № 849, № 850, № 851, № 852, № 853, № 854, № 855, № 856, № 857, № 858, № 859, № 860, № 861, № 862, № 863, № 864, № 865, № 866, № 867, № 868, № 869, № 870, № 871, № 872, № 873, № 874, № 875, № 876, № 877, № 878, № 879, № 880, № 881, № 882, № 883, № 884, № 885, № 886, № 887, № 888, № 889, № 890, № 891, № 892, № 893, № 894, № 895, № 896, № 897, № 898, № 899, № 900, № 901, № 902, № 903, № 904, № 905, № 906, № 907, № 908, № 909, № 910, № 911, № 912, № 913, № 914, № 915, № 916, № 917, № 918, № 919, № 920, № 921, № 922, № 923, № 924, № 925, № 926, № 927, № 928, № 929, № 930, № 931, № 932, № 933, № 934, № 935, № 936, № 937, № 938, № 939, № 940, № 941, № 942, № 943, № 944, № 945, № 946, № 947, № 948, № 949, № 950, № 951, № 952, № 953, № 954, № 955, № 956, № 957, № 958, № 959, № 960, № 961, № 962, № 963, № 964, № 965, № 966, № 967, № 968, № 969, № 970, № 971, № 972, № 973, № 974, № 975, № 976, № 977, № 978, № 979, № 980, № 981, № 982, № 983, № 984, № 985, № 986, № 987, № 988, № 989, № 990, № 991, № 992, № 993, № 994, № 995, № 996, № 997, № 998, № 999, № 1000, № 1001, № 1002, № 1003, № 1004, № 1005, № 1006, № 1007, № 1008, № 1009, № 1010, № 1011, № 1012, № 1013, № 1014, № 1015, № 1016, № 1017, № 1018, № 1019, № 1020, № 1021, № 1022, № 1023, № 1024, № 1025, № 1029, № 1056А, № 1056Б, № 1056Г, № 1057, № 1058А, № 1058В, № 1058Г, № 1058Е, № 1058Ж, № 1080А, № 1086, № 1088, № 1089, № 1090, № 1091, № 1092, № 1093, № 1094, № 1095, № 1096, № 1097, № 1098, № 1099, № 1100, № 1101, № 1102, № 1103, № 1104, № 1105, № 1106, № 1107, № 1108, № 1109, № 1110, № 1111, № 1112, № 1113, № 1114, № 1115, № 1116, № 1117, № 1118, № 1119, № 1120, № 1121, № 1122, № 1123, № 1124, № 1125, № 1126, № 1127, № 1128, № 1129, № 1130, № 1131, № 1132, № 1133, № 1134, № 1135, № 1136, № 1137, № 1138, № 1139, № 1140, № 1141, № 1142, № 1143, № 1144, № 1145, № 1146, № 1147, № 1148, № 1149, № 1150, № 1151, № 1152, № 1153, № 1154, № 1155, № 1156, № 1157, № 1158, № 1159, № 1160, № 1161, № 1162, № 1163, № 1164, № 1165, № 1166, № 1167, № 1168, № 1169, № 1170, № 1171, № 1172, № 1173, № 1174, № 1175, № 1176, № 1177, № 1178, № 1179, № 1180, № 1181, № 1182, № 1183, № 1184, № 1185, № 1186, № 1187, № 1188, № 1189, № 1190, № 1191, № 1192, № 1193, № 1194, № 1195, № 1196, № 1197, № 1198, № 1199, № 1200, № 1201, № 1202, № 1203, № 1204, № 1205, № 1206, № 1207, № 1208, № 1209, № 1210, № 1211, № 1212, № 1213, № 1214, № 1215, № 1216, № 1217, № 1218, № 1219, № 1220, № 1221, № 1222, № 1223, № 1224, № 1225, № 1226, № 1227, № 1228, № 1229, № 1230, № 1231, № 1232, № 1233, № 1234, № 1235, № 1236, № 1237, № 1238, № 1239, № 1240;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмабек Тәшенов көшесі, № 1, № 2, № 3, № 5, № 7, № 7А, № 7Б, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 31А, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есет Көтібарұлы көшесі, № 1, № 2, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 21, № 23, № 24, № 25, № 26, № 27, № 28, № 30, № 32, № 34, № 36, № 36А, № 38, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таразы Қаленқызы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әбидулла Биекенов көшесі, № 18, № 20, № 22, № 24, № 26, № 27, № 28, № 31А, № 32, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 44, № 46, № 48, № 48А, № 50, № 52, № 54, № 56, № 58, № 60, № 66, № 68.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 117 сайлау учаскесі</w:t>
-[...125 lines deleted...]
-      учаскелер, № 1, № 2, № 3, № 3А, № 4, № 8, № 9, № 10, № 10А, № 12, № 13, № 14, № 15, № 15А, № 16, № 16А, № 17, № 17А, № 18, № 19, № 19А, № 20, № 21, № 22, № 22А, № 23, № 23А, № 24, № 25, № 26, № 26А, № 27, № 27А, № 28, № 30, № 31, № 32, № 32А, № 33, № 33А, № 35, № 35А, № 36, № 37, № 44, № 45, № 46, № 47, № 49, № 50, № 52, № 53, № 54, № 55, № 57, № 58, № 59, № 60, № 60А, № 61, № 68, № 71, № 72, № 73, № 74, № 80, № 81, № 83, № 84, № 85, № 86, № 87, № 89, № 90, № 91, № 92, № 94, № 96, № 97, № 99, № 100, № 101, № 103, № 106, № 107, № 108, № 110, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 126, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 138А, № 139, № 140, № 141, № 142, № 143, № 144, № 144А, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 158, № 159, № 160, № 161, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 182, № 183, № 184, № 185, № 186, № 187, № 188Б, № 190, № 191, № 191А, № 192, № 193, № 194, № 195, № 195А, № 196, № 197, № 199, № 201, № 202, № 202А, № 203, № 204, № 205, № 206, № 210, № 211, № 212, № 212А, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 225, № 226, № 227, № 243, № 244, № 245, № 246, № 249, № 252, № 253, № 254, № 255, № 256, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 269, № 270, № 272, № 283, № 284А, № 285, № 288, № 295, № 295А, № 296, № 296А, № 297, № 299, № 300, № 301, № 302, № 307, № 308, № 309, № 311, № 313, № 494, № 495, № 495А, № 496А, № 499А;</w:t>
+        <w:t xml:space="preserve"> № 537 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ә.Смағұлов атындағы көшесі, № 11А, "Қазақстан Республикасы ауыл шаруашылығы Министрлігі агроөнеркәсіптік кешендегі мемлекеттік инспекциясы Комитетінің Ақтөбе облыстық аумақтық инспекциясы" мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ә. Смағұлов атындағы көшесі, № 7Б, № 7В, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 86А, № 88, № 88А, № 90, № 92;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д. А. Қонаев көшесі, № 202;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А. Әкімжанов атындағы көшесі, № 85, № 87, № 89, № 89А, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Керей хан атындағы көшесі, № 170, № 172, № 172А, № 174, № 176, № 178, № 178А, № 180, № 180А, № 182, № 184, № 186, № 188, № 190;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М. Т. Ряхов көшесі, № 150, № 152, № 154, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 163А, № 164, № 165, № 166, № 167, № 168, № 169, № 171, № 173;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бурабай көшесі, № 117, № 119, № 121, № 123, № 125, № 127, № 129, № 131, № 133;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полярный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 118 сайлау учаскесі</w:t>
-[...359 lines deleted...]
-      разъезд 39.</w:t>
+        <w:t xml:space="preserve"> № 538 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Сағи Жиенбаев көшесі, № 129, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Әлкей Марғұлан атындағы № 71 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Рентгензаводской көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 44А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көктем көшесі, № 1, № 2, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 22, № 23, № 25, № 26, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 47А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 119 сайлау учаскесі</w:t>
-[...89 lines deleted...]
-      Жәнібек хан атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11.</w:t>
+        <w:t xml:space="preserve"> № 539 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Темірқазық көшесі, № 79, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Жұмабек Тәшенов атындағы № 68 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Бөкенбай батыр көшесі, № 129/1, № 129В, № 129Г, № 129Д, № 129Е, № 129Е, корпус 1, № 131Г, № 133Н, № 133Н, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шалғынды көшесі, № 46, № 48, № 50, № 50А, № 55, № 57, № 59, № 61, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 86А, № 87, № 88, № 88В, № 88Б, № 89, № 90, № 90А, № 91, № 92, № 93, № 95, № 95А, № 97, № 99, № 101;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Островский көшесі, № 20, № 21, № 22, № 23, № 24, № 24А, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Темірқазық көшесі, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 45А, № 47, № 47А, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 65А, № 67, № 67А, № 69, № 71, № 71А, № 71Б, № 71В, № 71Г, № 71Д, № 73, № 73А, № 73Б, № 73В, № 73Г, № 75, № 77, № 77А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхтар Әуезов атындағы көшесі, № 50, № 50А, № 52, № 54, № 54А, № 54Б, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 76, № 78, № 80, № 82, № 84, № 84А, № 86, № 88, № 90, № 92, № 94, № 94А, № 96, № 96А, № 98, № 100, № 102, № 104, № 106, № 108;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Л. Н. Толстой көшесі, № 43, № 43А, № 45, № 56, № 58, № 58А, № 60, № 60А, № 60Б, № 68А, № 69А, № 70А, № 72А, № 73А, № 74Д, № 75А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дина Нұрпейісова атындағы көшесі, № 50, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 60А, № 61, № 62, № 62А, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 76А, № 77, № 77А, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 94А, № 94Б, № 94В, № 95, № 96, № 97, № 98, № 99, № 99А, № 100, № 101, № 102, № 103, № 105, № 107.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 120 сайлау учаскесі</w:t>
-[...53 lines deleted...]
-      Әл-Фараби көшесі, № 25 (12 шағын аудан, № 43А).</w:t>
+        <w:t xml:space="preserve"> № 540 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Сәңкібай батыр даңғылы, № 249, "Халықтық кеңсе" ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Сәңкібай батыр даңғылы, № 72Л, № 76/22, № 76/34, № 76/52, № 76/58, № 76/65, № 76/70, № 253, корпус 1, № 253, корпус 2, № 253, корпус 3, № 253, корпус 4, № 253, корпус 5, № 253, корпус 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғ. Жұбанова атындағы көшесі, № 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 121 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Бөкенбай батыр көшесі, № 129/2, № 129К, корпус 1, № 131, № 131А, № 131Б, № 131В, № 133, № 133, корпус 1, № 133А, № 133Б, № 133В, № 133Г, № 133У, № 135А.</w:t>
+        <w:t xml:space="preserve"> № 541 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Тәуелсіздік даңғылы, № 4А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ұзақбай Құлымбетов атындағы "№ 64 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 14В, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлия Молдағұлова даңғылы, № 57Г, № 57Д;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздік даңғылы, № 1 (Әлия Молдағұлова даңғылы, № 57В), № 1, корпус 1 (Әлия Молдағұлова даңғылы, № 57В, корпус 1), № 3 (Әлия Молдағұлова даңғылы, № 57В, корпус 2), № 4, № 5 (Сәңкібай батыр даңғылы, № 36Б, корпус 3), № 5, корпус 1, № 5, корпус 2 (Сәңкібай батыр даңғылы, № 36Б, корпус 2), № 5, корпус 3 (Сәңкібай батыр даңғылы, № 36Б, корпус 1), № 8 (Алтын Орда, № 14В), № 9, корпус 1, № 9, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәңкібай батыр даңғылы, № 38В, № 38Д, № 40Б, № 40В, № 40Е;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ораз Тәтеұлы көшесі, № 2, № 2, корпус 1, № 2А (Әлия Молдағұлова даңғылы, № 61А), № 6, корпус 1 (Алтын Орда, № 14Б, корпус 1).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 122 сайлау учаскесі</w:t>
-[...179 lines deleted...]
-      учаскелер, № 1, № 1А, № 2, № 4, № 5, № 7, № 9, № 11, № 11А, № 16, № 17, № 18, № 18А, № 19, № 19А, № 20В, № 20Г, № 21, № 35А, № 170А, № 292А, № 310, № 332, № 334, № 335, № 336, № 337, № 337Б, № 338, № 339, № 340, № 340Б, № 343, № 344, № 345, № 445, № 446, № 448, № 501, № 502, № 503, № 504, № 506, № 507, № 508, № 510, № 512;</w:t>
+        <w:t xml:space="preserve"> № 542 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Ораз Тәтеұлы көшесі, № 3Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Міржақып Дулатұлы атындағы № 63 жалпы білім беретін орта мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 19Д, № 19М, № 47Г, № 47Г, корпус 1, № 47Г, корпус 2, № 48Г, корпус 1, № 48Г, корпус 2, № 49Д, корпус 1, № 49Д, корпус 2, № 49Г, № 50Б, № 50Е, № 51Б;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәңгілік Ел көшесі, № 21, № 21, корпус 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 543 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Ораз Тәтеұлы көшесі, № 3Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Міржақып Дулатұлы атындағы № 63 жалпы білім беретін орта мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 30В, № 38В, № 45В, № 338, № 338, корпус 1, № 338А, № 338А, корпус 1, № 338Б, № 364, № 364, корпус 1, № 364В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ораз Тәтеұлы көшесі, № 5А, № 15, № 15, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәңгілік Ел көшесі, № 7, корпус 1 (Алтын Орда, 32В, корпус 1), № 7, корпус 2 (Алтын Орда, 32В, корпус 2), № 7, корпус 3 (Алтын Орда, 32В, корпус 3), № 7, корпус 4 (Алтын Орда, 32В, корпус 4), № 11, № 16, № 20, № 20, корпус 1, № 20, корпус 2, № 22.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 544 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Жеңіс даңғылы, № 5, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 47 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жеңіс даңғылы, № 1, № 1А, № 3, № 7, № 9;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мир даңғылы, № 22, № 24, № 26, № 30, № 32;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есет-батыр көшесі, № 1, № 2, № 2А, № 2Б, № 2В, № 3, № 4, № 5, № 6, № 7, № 8, № 10, № 10А, № 12, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтынемел көшесі, № 1, № 3, № 5, № 6, № 7, № 8, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұхамеджан Тынышбаев атындағы көшесі, № 2, № 4, № 6, № 6А, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернышевский көшесі, № 15, № 17, № 19, № 19А, № 21, № 21А, № 23, № 23А, № 25, № 25А, № 27, № 29, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 37А, № 38, № 39, № 39А, № 40, № 40А, № 42, № 42А, № 44, № 46, № 48, № 50, № 52, № 54, № 54А, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Олег Кошевой көшесі, № 6, № 6А, № 8, № 9, № 10, № 10А, № 10Б, № 11, № 12, № 13, № 14, № 15, № 16, № 16А, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 26А, № 27, № 28, № 28А, № 29, № 29А, № 30, № 30А, № 31, № 31А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ватутин көшесі, № 5, № 5В, № 7, № 7А, № 9, № 9Б, № 10, № 11, № 12, № 13, № 14, № 14А, № 15, № 15Б, № 16, № 17, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Парковый көшесі, № 2, № 4, № 6, № 8;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 123 сайлау учаскесі</w:t>
-[...215 lines deleted...]
-      Новый көшесі, № 1, № 73/2.</w:t>
+        <w:t xml:space="preserve"> № 545 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Жаңақоныс тұрғын үй алабы, Бірлік орамы, № 397Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 69 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жаңақоныс тұрғын үй алабының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В орамы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толағай көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 8А, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәстүр көшесі, № 1, № 2А, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 15, № 17, № 18, № 19, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ынтымақ көшесі, № 45, № 47, № 49, № 51, № 55, № 57, № 59, № 63, № 65, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87, № 89;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таңшолпан көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 15, № 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрылысшы көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Татулық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 16, № 18;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Салауат көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қамқоршы көшесі, № 1, № 2, № 4, № 6, № 7, № 10, № 12, № 11, № 13, № 14, № 15, № 16, № 17, № 19, № 20, № 21, № 22, № 23, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 33, № 34, № 36. № 37, № 38, № 39, № 40, № 41, № 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Животноводческий комплекс" орамы, № 1, № 2/1, № 2, № 3, № 4/3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инабат көшесі, № 1, № 2, № 4, № 6, № 7, № 8, № 9, № 12, № 13, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 25, № 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егінді көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 22, № 24, № 26, № 28, № 32, № 34, № 23, № 25, № 27, № 29, № 31, № 33, № 38, № 40, № 42, № 44, № 46, № 48;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абай көшесі, № 23, № 24, № 25, № 26, № 29, № 31, № 33, № 32, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 74, № 75, № 76, № 78, № 80, № 82, № 84, № 86, № 88;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ардагер көшесі, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өркен көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 5, № 7, № 9, № 11, № 13, № 17, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңақоныс тұрғын үй алабы, № 3В, № 5Д, № 6, № 7, № 8Б, № 28, № 29, № 30, № 31А, № 32Г, № 33, № 34Б, № 36Б, № 37Б, № 38, № 39А, № 15, № 17, № 18А, № 19, № 21, № 22, № 23, № 24Б, № 25, № 26, № 26А, № 42А, № 43А, № 45А, № 45Б, № 46А, № 47А, № 47Б, № 47, № 48, № 51, № 51А, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 64, № 65Б, № 66, № 67Б, № 68Б, № 69А, № 70А, № 71А, № 72, № 74, № 75, № 76/1, № 77А, № 79Б, № 80, № 81А, № 82, № 83, № 85, № 86/1, № 87/1, № 88А, № 96, № 95, № 93А, № 92Г, № 91А, № 89А, № 97А, № 98А, № 99А, № 100А, № 101А, № 102, № 105, № 106, № 108, № 109, № 111, № 112, № 101В, № 110/72, № 110/73, № 126, № 127, № 128, № 129, № 131, № 132А, № 133, № 134, № 135А, № 150А, № 153А, № 155, № 157А, № 158А, № 159А, № 162А, № 163А, № 164А, № 165А, № 166А, № 167А, № 168А, № 169А, № 172А, № 173А, № 174А, № 175А, № 176А, № 110/76, № 395А, № 358/1, № 360/1, № 363/1, № 363, № 364, № 366, № 367, № 369, № 203, № 474, № 475, № 476, № 477Д, № 478, № 479, № 481, № 482, № 483, № 485, № 484, № 488, № 490, № 491, № 492, № 33/1, № 34, № 38А, № 40, № 42, № 44, № 45, № 54А, № 56/1, № 58/1, № 59/1, № 60/1, № 61/1, № 62/1, № 63/1, № 67В, № 69А/1, № 70, № 71, № 73, № 74/1, № 77Б, № 78Б, № 80А, № 81, № 82/1, № 84А, № 90Г, № 24В, № 108/1, № 110/16, № 110/17, № 110/18, № 110/26, № 110/30, № 110/35, № 110/36, № 110/37, № 110/38, № 110/39, № 110/44, № 110/50, № 110/65, № 110А, № 110/9, № 110/6, № 111А, № 118, № 121, № 122, № 109А, № 392, № 504;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шестихатка тұрғын үй алабы, № 1, № 2, № 3, № 4, № 5, № 6;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А орамы, № 14А, № 35А, № 37А, № 43А, № 45А, № 31А, № 22А, № 29А, № 20, № 23А, № 27А, № 18Б, № 16А, № 15А, № 17А, № 19А, № 21А, № 4А, № 3А, № 2, № 5А, № 13А, № 12А, № 11А, № 10А, № 9А, № 8А, № 7А, № 8А/2, № 8А/1, № 49А, № 50А, № 51А, № 53А, № 28А, № 30А, № 26А, № 32А, № 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірлік орамы, № 32Б, № 468, № 467, № 473, № 186/8, № 186/10, № 186/12, № 132/2, № 132/4, № 132/5, № 132/6, № 132/8, № 132/9, № 132/10, № 132/11, № 132А/12, № 132/13, № 126Б, № 386/1, № 386/2, № 386/3, № 386/5, № 86, № 88, № 85, № 87, № 100, № 100А, № 129, № 130, № 131, № 132, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 229, № 230, № 231, № 232, № 234, № 235, № 236, № 271, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 406, № 407, № 408, № 409, № 410, № 411, № 413, № 415, № 416, № 417, № 418, № 419, № 420, № 423, № 424, № 425, № 426, № 427, № 429, № 431, № 433, № 435, № 436, № 437, № 438, № 441, № 444, № 445, № 449, № 450, № 451, № 455, № 456, № 457, № 458, № 460, № 461, № 462, № 463, № 466, № 467, № 468, № 469, № 470, № 471, № 48, № 49, № 50, № 70, № 71, № 72, № 97, № 185, № 292, № 301, № 302, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 316, № 318, № 319, № 320, № 321, № 322, № 323, № 325, № 327, № 328, № 329, № 330, № 331, № 332, № 334, № 336, № 337, № 338, № 340, № 341, № 342, № 345, № 346, № 348, № 349, № 351, № 352А, № 354, № 354В, № 354/1, № 355, № 356, № 357, № 358, № 373, № 375, № 396, № 394Б, № 394В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 124 сайлау учаскесі</w:t>
-[...251 lines deleted...]
-      Гастелло Н.Ф. көшесі, № 1, № 3/1, № 3/2, № 5/1, № 5/2, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23/1, № 23/2, № 25, № 27, № 29/1, № 29/2, № 29/3, № 29/4, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49.</w:t>
+        <w:t xml:space="preserve"> № 546 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Бауырластар-2 тұрғын үй алабы, № 170А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Шәкәрім Құдайбердіұлы атындағы № 66 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Бауырластар-1 тұрғын үй алабының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 125 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: мекеме.</w:t>
+        <w:t xml:space="preserve"> № 548 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы (4 шағын ауданы), "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Қызылжар орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында: 4 шағын ауданы, № 13Г, № 14Г, № 15Г, № 16Г, № 17Г, жаңадан салынған үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 522 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, № 10В, № 11В, № 12В, № 14В.</w:t>
+        <w:t xml:space="preserve"> № 549 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Қарғалы тұрғын үй алабы, Сарыжайлау көшесі, № 70Б, "ЭКСПО" ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында: 3 шағын ауданы, № 10/3, № 10/3, корпус 1, № 10/7, № 10/10, № 10/18, № 10/19, № 10Н, № 11Н, № 12Н, № 13Н, № 35Н.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 523 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      Акжар плюс бау-бақша ұжымы.</w:t>
+        <w:t xml:space="preserve"> № 550 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы, № 67К, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 78 жалпы орта білім беретін мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, № 1К, № 2К, № 3К, № 5К, № 6К, № 7К, № 8К, № 9К, № 10К, № 11К, № 12К, № 14К, № 15К, № 16К, № 17К, № 18К, № 19К, № 20К, № 21К, № 23К, № 24К, № 27К, № 28К, № 29К, № 30К, № 31К, № 32К, № 33К, № 34К, № 35К, № 36К, № 37К, № 38К, № 39К, № 40К, № 41К, № 42К, № 43, № 44К, № 49К.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 524 сайлау учаскесі</w:t>
-[...197 lines deleted...]
-      учаскелер, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 189А, № 190, № 191, № 192, № 193, № 194, № 195, № 196, № 197, № 198, № 199, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 241, № 242, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 255А, № 256, № 257, № 258, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, № 268, № 269, № 270, № 271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 299А, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 309, № 310, № 311, № 312, № 313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 323, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 341, № 342, № 343, № 344, № 345, № 346, № 347, № 348, № 349, № 350, № 351, № 352, № 353, № 354, № 355, № 355А, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, № 364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 376А, № 377, № 377А, № 378, № 379, № 380, № 381, № 382, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 408А, № 409, № 409А, № 410, № 410А, № 411, № 411А, № 412, № 412А, № 413, № 414, № 414А, № 415, № 415А, № 416, № 416А, № 417, № 418, № 419, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 438, № 439, № 440, № 441, № 442, № 443, № 444, № 444А, № 445, № 446, № 447, № 448, № 449, № 450, № 451, № 452, № 453, № 454, № 455, № 456, № 457, № 458, № 459, № 460, № 461, № 462, № 463, № 464, № 465, № 466, № 466А, № 467, № 468, № 469, № 470, № 471, № 472, № 473, № 474, № 475, № 476, № 477, № 478, № 479, № 480, № 481, № 482, № 483, № 484, № 485, № 486, № 487, № 488, № 489, № 490, № 491, № 492, № 493, № 494, № 495, № 496, № 497, № 498, № 499, № 500, № 501, № 502, № 503, № 504, № 505, № 506, № 507, № 508, № 509, № 510, № 511, № 512, № 513, № 514, № 515, № 516, № 517, № 518, № 519, № 520, № 521, № 522, № 523, № 524, № 525, № 526, № 527, № 528, № 529, № 530, № 531, № 532, № 533, № 534, № 535, № 536, № 537, № 538, № 539, № 540, № 541, № 542, № 543, № 544, № 545, № 546, № 547, № 548, № 549, № 550, № 551, № 552, № 553, № 554, № 555, № 556, № 557, № 558, № 559, № 560, № 561, № 562, № 563, № 564, № 565, № 566, № 567, № 574, № 590, № 594, № 595, № 596, № 602, № 608, № 608Г, № 614, № 615, № 617, № 618, № 629, № 630, № 631, № 633, № 634, № 636, № 637, № 638, № 640, № 641, № 641Б, № 642, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 658, № 659, № 662, № 663, № 676, № 678, № 681, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 692, № 693, № 695, № 697, № 699, № 700, № 702, № 703, № 705, № 706, № 713, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 727, № 730, № 732, № 733, № 734, № 736, № 737, № 738, № 739, № 740, № 741, № 743, № 744, № 745, № 746, № 747, № 748, № 749, № 750, № 751, № 755, № 756, № 757, № 760, № 761, № 768, № 769, № 771, № 762, № 765, № 766, № 767, № 770, № 772, № 782, № 785, № 788, № 789, № 851, № 865, № 904, № 923.</w:t>
+        <w:t xml:space="preserve"> № 551 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Д. А. Қонаев көшесі, № 3Д, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 8 орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жазғы көшесі, № 1, № 1Б, № 1В, № 1/1, № 1/2, № 2, № 3, № 4, № 5, № 7, № 9, № 10, № 11, № 12, № 14;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Некрасов көшесі, № 1, № 3, № 5, № 7, № 10, № 10А, № 11, № 11А, № 12, № 12А, № 12Б, № 13, № 14, № 14А, № 14Б, № 14В, № 15, № 15А, № 16, № 16А, № 16Б, № 17, № 18, № 18А, № 18Б, № 19, № 20, № 20А, № 20Б, № 21, № 21А, № 21Б, № 21В, № 21Г, № 22, № 22А, № 22Б, № 23, № 23А, № 24А, № 24Б, № 24В, № 24Г, № 25, № 26, № 27, № 28, № 28А, № 28Б, № 28В, № 29, № 30, № 31, № 31А, № 32, № 32А, № 33, № 34, № 34А, № 35, № 35А, № 36, № 36А, № 37, № 37А, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 46А, № 46Б, № 48, № 48А, № 48Б, № 50, № 52, № 52А, № 52Б, № 52В, № 54, № 56, № 58, № 58А, № 58В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саралжын көшесі, № 2, № 4, № 4А, № 4Д, № 6, № 8, № 10, № 12, № 12А, № 14, № 16, № 18, № 20, № 20А, № 20Б, № 22, № 22А, № 24, № 24А, № 26, № 28, № 28А, № 30, № 30А, № 30Б, № 32, № 32А, № 34, № 36, № 38, № 40, № 40А, № 42, № 44;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Баспахана тұйық көшесі, № 1, № 1А, № 1Б, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 11А, № 11Б, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 42А, № 42Б, № 48, № 50, № 52, № 54, № 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жанша Досмұхамедұлы атындағы көшесі, № 1, № 1А, № 3, № 5, № 7, № 9, № 9А, № 11, № 13, № 15, № 17, № 19, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ерназаров көшесі, № 1, № 1А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ш. Берсиев көшесі, № 5, № 5А, № 5Б, № 7, № 8, № 8А, № 9, № 10, № 10А, № 12, № 14, № 16, № 20, № 22, № 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстанның 30 жылдығы көшесі, № 2, № 2А, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 32А, № 34, № 36А, № 38, № 40, № 40А, № 42, № 42А, № 42Б, № 46, № 48, № 50, № 50А, № 52, № 52А, № 52Б, № 54, № 56, № 56А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 525 сайлау учаскесі</w:t>
-[...89 lines deleted...]
-      Асау-Барақ көшесі, № 2, № 2А, № 4, № 4А, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 24А, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 44А, № 44Б, № 46, № 46А, № 48;</w:t>
+        <w:t xml:space="preserve"> № 552 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Сағи Жиенбаев көшесі, № 129, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Әлкей Марғұлан атындағы № 71 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Сағи Жиенбаев көшесі, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113, № 115, № 117, № 119, № 121, № 123;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеген Айбергенов көшесі, № 59, № 61, № 63, № 65, № 67, № 69, № 73, № 75, № 77, № 79, № 94, № 96, № 98, № 98А, № 100, № 106, № 110, № 112, № 114;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тимирязев көшесі, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 43А, № 45, № 47, № 51, № 53;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қандыағаш көшесі, № 1, № 1А, № 3, № 3А, № 5, № 5А, № 7, № 7А, № 9, № 11, № 11А, № 15, № 17, № 19, № 21, № 21А, № 21Б, № 23, № 25, № 27, № 27А, № 29, № 31, № 33, № 35, № 37, № 39, № 39А, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 55А, № 57, № 57А, № 59, № 59А, № 61, № 61А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сығанақ көшесі, № 1, № 2, № 2А, № 3, № 4, № 5, № 5А, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қожабай Жазықов атындағы көшесі, № 56, № 58, № 60, № 66, № 68, № 79, № 81, № 81А, № 83;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мичурин көшесі, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 18, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рентгензаводской көшесі, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 526 сайлау учаскесі</w:t>
-[...377 lines deleted...]
-      Ахмет Байтұрсынұлы көшесі, барлық үйлер.</w:t>
+        <w:t xml:space="preserve"> № 553 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Бөкенбай батыр көшесі, № 46, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Әбіш Кекілбайұлы № 72 жалпы білім беретін орта IT мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Бөкенбай батыр көшесі, № 48А, № 48Б, № 48В, № 50Г, № 50Д, № 52Б, № 153, корпус 2, № 153, корпус 3, № 153, корпус 4, № 153, корпус 5, № 153, корпус 6, № 155, корпус 1, № 155, корпус 2, № 155, корпус 3, № 155, корпус 4, № 155, корпус 5, № 155, корпус 6, № 155, корпус 7, № 171;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Авиагородок орамының шекарасында: № 1К, № 1К, корпус 1, № 14, № 28А, № 33А, № 41, № 47, № 124Б, № 275А, № 275Б, № 276, № 276А;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аэропорт орамы, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Авиатор-1 орамының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гүлдер көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақыт көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рахат көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бәйтерек көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Авиатор-2 орамының шекарасында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұлтан Аманғосов көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ғарышкер көшесі, барлық үйлер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұшқыштар көшесі, барлық үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 527 сайлау учаскесі</w:t>
-[...89 lines deleted...]
-      Әлия Молдағұлова даңғылы, № 63А.</w:t>
+        <w:t xml:space="preserve"> № 554 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Алтын Орда шағын ауданы, № 43Б, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 52 "Құлагер" балабақшасы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 9/1, № 9/3, № 9/3, корпус 1, № 9/4, № 9/4, корпус 1, № 9/6, № 9/6, корпус 1, № 10Г, № 10Г, корпус 1, № 10Г, корпус 2, № 10Г, корпус 3, № 11Г, № 48В, корпус 1, № 48В, корпус 2, № 48В, корпус 3, № 48В, корпус 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздік даңғылы, № 16 (Алтын Орда, № 9/1), № 18А, № 22, № 22, корпус 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 528 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Оңтүстік-Батыс-2 тұрғын үй алабының шекараларында.</w:t>
+        <w:t xml:space="preserve"> № 555 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Ораз Тәтеұлы көшесі, № 5, "Ақтөбе облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің "Жоғарғы спорт шеберлігі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 1Г, корпус 1, № 1Г, корпус 2, № 1Г, корпус 3, № 1Д, № 4Д, № 10, № 10/1, № 42В, № 44В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәңкібай батыр даңғылы, № 38А, № 40, корпус 1, № 40, корпус 2, № 40, корпус 3, № 48А, № 72К, корпус 1, № 72К, корпус 2, № 72К, корпус 3, № 72, корпус 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұстафа Шоқай көшесі, № 2А, № 12 (Алтын Орда, № 4Г);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздік даңғылы, № 12А, № 12 (Алтын Орда, № 38), № 12, корпус 1, № 12, корпус 2, № 14, № 14, корпус 1, № 14, корпус 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 529 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: мекеме.</w:t>
+        <w:t xml:space="preserve"> № 556 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Тәуелсіздік даңғылы, № 4А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ұзақбай Құлымбетов атындағы № 64 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 17В, № 20В, № 20Д, № 21В, корпус 1, № 21В, корпус 2, № 21В, корпус 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлия Молдағұлова даңғылы, № 56Д, корпус 1, № 56Д, корпус 2, № 56Е, № 60, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәңгілік Ел көшесі, № 1 (Алтын Орда, № 21А);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздік даңғылы, № 2 (Алтын Орда, № 19В)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтаған Бәйішев көшесі, № 7, корпус 1, № 7А, корпус 1, № 7А, корпус 2, № 7А, корпус 3, № 7А, корпус 4.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 530 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Кызылжар-2 тұрғын үй алабының шекарасында.</w:t>
+        <w:t xml:space="preserve"> № 557 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Алтын Орда шағын ауданы, № 24Г, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Шығармашылық Академиясы" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 2А, № 9Б, № 10Б, № 12А, № 15А, № 16А, № 16А, корпус 1, № 17А, № 17А, корпус 1, № 18А, № 18А, корпус 1, № 19А, № 19А, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлия Молдағұлова даңғылы, № 64, № 64, корпус 1, № 64, корпус 2, № 66, корпус 1, № 66, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жаңадан салынған үйлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 531 сайлау учаскесі</w:t>
-[...53 lines deleted...]
-      Ақтөбе-Орск тас жолы, № 43/1.</w:t>
+        <w:t xml:space="preserve"> № 558 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Ағайынды Жұбановтар көшесі, № 261А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 38 қазақ орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Сәңкібай батыр даңғылы, № 143, № 145, № 145А, № 147А, № 147Б, № 147В, № 149, № 151, № 153, № 155;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ағайынды Жұбановтар көшесі, № 248, № 250, № 252, № 254, № 256, № 258, № 260, № 262, № 264, № 266, № 268, № 270, № 272, № 272А, № 272Б, № 274, № 276; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.Рысқұлов көшесі, № 166, № 168, № 170, № 172, № 174, № 176, № 178, № 180, № 182, № 184, № 186, № 247, № 249, № 251, № 253, № 255, № 257, № 259, № 261, № 263, № 265А, № 267, № 271, № 271Д, № 271К, № 271Л, № 271М, № 273, № 273В, № 275, № 277;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаныш Сәтбаев көшесі, № 16, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пацаев В.И. көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21, № 23, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Макаренко көшесі, № 1, № 2, № 3, № 4, № 6, № 8, № 8А, № 10, № 12, № 14, № 16, № 18, № 20, № 22, № 24, № 26, № 28, № 30, № 32, № 34;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Глинка Михаил Иванович көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 7, № 8, № 8А, № 9, № 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айвазовский Иван Константинович тұйық көшесі, № 1, № 3, № 5, № 7, № 9, № 11, № 13, № 15, № 17, № 19, № 21;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Самұрық көшесі, № 2, № 4, № 6, № 8, № 10, № 12, № 14, № 16, № 18, № 20, № 22;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Литейный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Химиков тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Арматурный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ярославский тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 532 сайлау учаскесі</w:t>
-[...35 lines deleted...]
-      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, № 4В, № 5В, № 23В, № 24В, № 25Б, № 26В, № 28В.</w:t>
+        <w:t xml:space="preserve"> № 559 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Сәңкібай батыр даңғылы, № 14/8, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Ақтөбе қаласының № 48 Жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Сәңкібай батыр даңғылы, № 4А, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 83А, № 85, № 87, № 89, № 91, № 93, № 95, № 97, № 99, № 101, № 103, № 105, № 107, № 109, № 111, № 113;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т. Рысқұлов көшесі, № 22, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86, № 88, № 90, № 92, № 94, № 96, № 98, № 100, № 102, № 104, № 106, № 108, № 110, № 112, № 114, № 116, № 118, № 120, № 122, № 126, № 128, № 130, № 132, № 134, № 136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құрманғали Оспанұлы Оспанов атындағы көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 6А, № 6Б, № 7, № 9, № 10, № 11, № 12, № 12А, № 13, № 14, № 15, № 16, № 17, № 18, № 18А, № 18Б, № 19, № 20, № 20А, № 21, № 22, № 23, № 24, № 25, № 27, № 29, № 31, № 33, № 35, № 37, № 39, № 41, № 43, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59, № 61, № 63, № 65, № 67, № 69, № 71, № 73, № 75, № 77, № 79, № 81, № 83, № 85, № 87;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Металлургический көшесі, № 1, № 2, № 3, № 4, № 5, № 5А, № 5Б, № 6, № 7, № 7А, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 17Б, № 17В, № 17Г, № 17Д, № 17Е, № 17К, № 17Л, № 17М, № 17Н, № 18, № 19, № 20, № 21, № 22, № 23, № 23А, № 24, № 26, № 28, № 30, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64, № 66, № 68, № 70, № 70А, № 72, № 74, № 76, № 78, № 80, № 82, № 84, № 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вавилов Сергей Васильевич көшесі, № 40, № 42, № 44, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 63, № 65, № 65А, № 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертай Кенжалин көшесі, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтеген Тұрмағамбетов көшесі, № 32, № 34, № 35, № 36, № 37, № 39, № 41, № 45, № 47, № 49, № 49А, № 51;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жастар көшесі, № 42, № 44, № 46, № 48, № 50, № 52, № 54, № 56, № 58, № 60, № 62, № 64;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңғар көшесі, № 1, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 19А, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 34, № 36, № 38, № 40, № 42, № 44, № 46, № 48, № 50, № 52, № 52А, № 52/2, № 53, № 54, № 56, № 58, № 59, корпус 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 533 сайлау учаскесі</w:t>
-[...53 lines deleted...]
-      учаскелер, № 5, № 6, № 7, № 8, № 9, № 10, № 11, № 12, № 13, № 14, № 15, № 16, № 17, № 18, № 19, № 20, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 29, № 30, № 31, № 32, № 33, № 34, № 35, № 36, № 37, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 46, № 47, № 48, № 49, № 50, № 51, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 61, № 62, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 77, № 78, № 79, № 80, № 81, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 95, № 96, № 97, № 98, № 99, № 100, № 101, № 102, № 103, № 104, № 105, № 106, № 107, № 108, № 109, № 110, № 111, № 112, № 113, № 114, № 115, № 116, № 117, № 118, № 119, № 120, № 121, № 122, № 123, № 124, № 125, № 126, № 127, № 128, № 129, № 130, № 131, № 132, № 133, № 134, № 135, № 136, № 137, № 138, № 139, № 140, № 141, № 142, № 143, № 144, № 145, № 146, № 147, № 148, № 149, № 150, № 151, № 151А, № 152, № 153, № 154, № 155, № 156, № 157, № 158, № 159, № 160, № 161, № 162, № 163, № 164, № 165, № 166, № 167, № 168, № 169, № 170, № 171, № 172, № 173, № 174, № 175, № 176, № 177, № 178, № 179, № 180, № 181, № 182, № 183, № 184, № 185, № 186, № 187, № 188, № 189, № 190, № 200, № 201, № 202, № 203, № 204, № 205, № 206, № 207, № 208, № 209, № 210, № 211, № 212, № 213, № 214, № 215, № 216, № 217, № 218, № 219, № 220, № 221, № 222, № 223, № 224, № 225, № 226, № 227, № 228, № 229, № 230, № 231, № 241, № 243, № 244, № 245, № 246, № 247, № 248, № 249, № 250, № 251, № 252, № 253, № 254, № 255, № 256, № 257, № 258, № 282, № 283, № 284, № 285, № 286, № 287, № 288, № 289, № 290, № 291, № 292, № 293, № 294, № 295, № 296, № 297, № 298, № 299, № 309, № 310, № 311, № 324, № 325, № 326, № 327, № 328, № 329, № 330, № 331, № 332, № 333, № 334, № 335, № 336, № 337, № 338, № 339, № 340, № 1068, № 1069, № 1070, № 1071, № 1072, № 1073, № 1074, № 1075, № 1076, № 1076А, № 1077, № 1078, № 1079, № 1080, № 1081, № 1082, № 1083, № 1084, № 1085, № 1086, № 1087, № 1088, № 1089, № 1090, № 1091, № 1092, № 1093, № 1094, № 1095, № 1096, № 1097, № 1098, № 1099, № 1100, № 1101, № 1102, № 1103, № 1104, № 1105, № 1106, № 1107, № 1108, № 1109, № 1110, № 1111, № 1112, № 1113, № 1114, № 1115, № 1116, № 1117, № 1118, № 1119, № 1120, № 1121, № 1122, № 1123, № 1124, № 1125, № 1126, № 1127, № 1128, № 1129, № 1130, № 1131, № 1132, № 1133, № 1134, № 1135, № 1136, № 1137, № 1138, № 1139, № 1140, № 1141, № 1142, № 1143, № 1144, № 1145, № 1146, № 1147, № 1148, № 1149, № 1150, № 1151, № 1152, № 1153, № 1154, № 1155, № 1156, № 1157, № 1158, № 1159, № 1160, № 1161, № 1162, № 1163, № 1164, № 1165, № 1166, № 1167, № 1168, № 1169, № 1170, № 1171, № 1172, № 1173, № 1174, № 1175, № 1176, № 1178, № 1179, № 1180, № 1181, № 1182, № 1183, № 1184, № 1185, № 1186, № 1187, № 1188, № 1189, № 1190, № 1191, № 1192, № 1193, № 1194, № 1195, № 1196, № 1197, № 1198, № 1199, № 1200, № 1201, № 1202, № 1203, № 1204, № 1205, № 1206, № 1207, № 1208, № 1209, № 1210, № 1211, № 1212, № 1213, № 1214, № 1215, № 1216, № 1217, № 1218, № 1219, № 1220, № 1221, № 1222, № 1223, № 1224, № 1225, № 1226, № 1227, № 1228, № 1229, № 1230, № 1231, № 1232, № 1233, № 1234, № 1235, № 1236, № 1237, № 1238, № 1239, № 1240, № 1241, № 1242, № 1243, № 1244, № 1245, № 1246, № 1247, № 1248, № 1249, № 1250, № 1251, № 1252, № 1253, № 1254, № 1255, № 1256, № 1257, № 1258, № 1259, № 1260, № 1261, № 1262, № 1263, № 1264, № 1265, № 1266, № 1267, № 1268, № 1269, № 1270, № 1271, № 1272, № 1273, № 1274, № 1275, № 1276, № 1277, № 1278, № 1279, № 1280, № 1281, № 1282, № 1283, № 1284, № 1285, № 1286, № 1287, № 1288, № 1289, № 1290, № 1291, № 1292, № 1293, № 1294, № 1295, № 1296, № 1297, № 1298, № 1299, № 1300, № 1301, № 1302, № 1303, № 1304, № 1305, № 1306, № 1307, № 1308, № 1309, № 1310, № 1311, № 1312, № 1314, № 1315, № 1316, № 1317, № 1318, № 1319, № 1320, № 1321, № 1322, № 1323, № 1324, № 1325, № 1326, № 1327, № 1328, № 1329, № 1330, № 1331, № 1332, № 1333, № 1334, № 1335, № 1336, № 1337, № 1338, № 1339, № 1340, № 1341, № 1342, № 1343, № 1344, № 1345, № 1346, № 1347, № 1348, № 1349, № 1350, № 1351, № 1352, № 1353, № 1354, № 1355, № 1356, № 1357, № 1358, № 1359, № 1360, № 1361, № 1362, № 1363, № 1364, № 1365, № 1366, № 1367, № 1368, № 1369, № 1370, № 1371, № 1372, № 1373, № 1374, № 1375, № 1376, № 1377, № 1378, № 1379, № 1380, № 1381, № 1382, № 1383, № 1384, № 1385, № 1386, № 1387, № 1388, № 1389, № 1390, № 1391, № 1392, № 1393, № 1394, № 1395, № 1396, № 1397, № 1398, № 1399, № 1400, № 1401, № 1402, № 1403, № 1404, № 1405, № 1406, № 1407, № 1408, № 1409, № 1410, № 1411, № 1412, № 1413, № 1414, № 1415, № 1416, № 1417, № 1418, № 1419, № 1420, № 1421, № 1422, № 1423, № 1424, № 1425, № 1426, № 1427, № 1428, № 1429, № 1430, № 1431, № 1432, № 1433, № 1434, № 1435, № 1436, № 1437, № 1438, № 1439, № 1440, № 1441, № 1442, № 1443, № 1444, № 1445, № 1446, № 1447, № 1448, № 1449, № 1450, № 1451, № 1452, № 1453, № 1454, № 1455, № 1456, № 1457, № 1458, № 1459, № 1460, № 1461, № 1462, № 1463, № 1464, № 1465, № 1466, № 1467, № 1468, № 1469, № 1470, № 1471, № 1472, № 1473, № 1474, № 1475, № 1476, № 1477, № 1478, № 1479, № 1480, № 1481, № 1482, № 1483, № 1484, № 1485, № 1486, № 1487, № 1488, № 1489, № 1490, № 1491, № 1492, № 1493, № 1494, № 1495, № 1496, № 1497, № 1498, № 1499, № 1500, № 1501, № 1502, № 1503, № 1504, № 1505, № 1506, № 1507;</w:t>
+        <w:t xml:space="preserve"> № 561 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Украинка тұрғын үй алабы, № 147А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 75 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Украинка тұрғын үй алабының шекарасында;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 534 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      Ақберен, Атамекен, Аламан, Маралды, Бұлақты, Айбын, Жусанды көшелерінің шекарасында;</w:t>
+        <w:t xml:space="preserve"> № 562 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы (4 шағын аудан), "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Қызылжар орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында: 4 шағын ауданы, № 9Г, № 10Г, № 19Г, № 20Г, № 20Г, корпус 1, № 22Г, № 23Г, жаңадан салынған үйлер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 563 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы, № 67К, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 78 жалпы орта білім беретін мектеп-гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында: 1 шағын ауданы, № 53К, № 54К, № 55К, № 56К, № 57К, № 59К, № 60К, № 61К, № 62К, № 63К, № 64К, № 65К, № 66К, № 200, № 200, корпус 1, № 200, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1А шағын ауданы, № 4Л, № 5Л, № 6Л, № 8Л, № 10Л, № 11Л, № 12Л, № 14Л, № 16Л, № 18Л, № 20Л, № 22Л, № 23Л, № 24Л, № 26Л, № 28Л, № 30Л, № 32Л, № 34Л, № 35Л, № 36Л, № 38Л, № 40Л, № 42Л, № 44Л, № 46Л, № 48Л, № 50Л, № 51Л, № 52Л, № 54, № 56Л, № 58Л, № 60Л, № 62Л, № 64Л, № 66Л, № 68Л, № 70Л, № 72Л, № 74Л, № 76Л, № 80Л, № 82Л, № 84Л, № 86Л, № 87Л, № 88Л, № 90Л, № 92Л, № 94Л, № 96Л, № 98Л, № 100Л, № 102Л, № 104Л, № 105Л, № 106Л, № 108Л, № 110Л, № 112Л, № 114Л, № 116Л, № 120Л, № 122Л, № 124Л, № 126Л, № 128Л, № 130Л, № 132Л, № 134Л, № 136Л, № 138Л, № 140Л, № 141Л, № 142Л, № 144Л, № 146Л, № 148Л, № 149Л, № 150Л, № 151Л, № 152Л, № 154Л, № 156Л, № 157, № 158Л, № 159Л, № 160Л, № 162Л, № 164Л, № 165Л, № 166Л, № 168Л, № 170Л, № 171Л, № 174Л, № 176Л, № 177Л, № 178Л, № 180Л, № 182Л, № 183Л, № 184Л, № 185Л, № 186Л, № 188Л, № 190Л, № 192Л, № 193Л, № 194Л, № 195Л, № 196Л.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 564 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Рауан тұрғын үй алабы, № 10А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 74 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Рауан, Аймекен, Шығыс тұрғын үй алаптарының шекарасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 565 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Александр Алексеевич Гришин көшесі, № 7, "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесінің "Ақтөбе автожол колледжі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ғ. Жұбанова атындағы көшесі, № 146, корпус 1, № 146, корпус 2, № 146, корпус 3;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 535 сайлау учаскесі</w:t>
-[...89 lines deleted...]
-      Ілияс Жансүгіров көшесі, № 1, № 2, № 3, № 4, № 6, № 10, № 12, № 13, № 15, № 18, № 19, № 21, № 22, № 23, № 24, № 25, № 26, № 27, № 28, № 32, № 33, № 35, № 38, № 39, № 40, № 41, № 42, № 43, № 44, № 45, № 47, № 49, № 51, № 53, № 55, № 57, № 59.</w:t>
+        <w:t xml:space="preserve"> № 566 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Халел Досмұхамедұлы көшесі, № 6В, "Білім" жалпы орта білім беретін мектеп-гимназиясы" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 3Г, № 5В, № 5Д, № 5К, № 5К, корпус 1, № 7Д, № 8Г, корпус 1, № 8Г, корпус 2, № 8Г, корпус 3, № 8Г, корпус 4, № 13Г, № 18/1, № 18/1, корпус 1, № 18Г, корпус 1, № 18Г, корпус 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсздік даңғылы, № 13, корпус 1 (Алтын Орда, № 6Г, корпус 1), № 13, корпус 2 (Алтын Орда, № 6Г, корпус 2), № 13, корпус 3 (Алтын Орда, № 6Г, корпус 3), № 13, корпус 4 (Алтын Орда, № 6Г, корпус 4).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 536 сайлау учаскесі</w:t>
-[...125 lines deleted...]
-      Әбидулла Биекенов көшесі, № 18, № 20, № 22, № 24, № 26, № 27, № 28, № 31А, № 32, № 34, № 35, № 36, № 37, № 38, № 39, № 39А, № 40, № 41, № 41А, № 42, № 43, № 44, № 46, № 48, № 48А, № 50, № 52, № 54, № 56, № 58, № 60, № 66, № 68.</w:t>
+        <w:t xml:space="preserve"> № 567 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Халел Досмұхамедұлы көшесі, № 6В, "Білім" жалпы орта білім беретін мектеп-гимназиясы" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 7Г, № 7Г, корпус 1, № 11А, №11А, корпус 2, № 11Д, корпус 3, № 11Л, № 13Д, №13Е, №19Б, № 20Б, № 23Д, №23Д, корпус 1, № 24А, № 24Е;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуелсіздік даңғылы, № 21, № 24, № 24, корпус 1, № 24, корпус 2, № 24, корпус 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 537 сайлау учаскесі</w:t>
-[...143 lines deleted...]
-      Полярный тұйық көшесі, № 1, № 2, № 3, № 4, № 5, № 6, № 7, № 8, № 9, № 11;</w:t>
+        <w:t xml:space="preserve"> № 575 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Алтын Орда шағын ауданы, № 50Н, "Smart bilim" мектеп-гимназия" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Береке тұрғын үй алабының шекарасында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алтын Орда шағын ауданы, № 17Г, № 17Г, корпус 1, № 29, № 29, корпус 1, № 29А, № 29А, корпус1, № 40В, № 40В, корпус 1, № 40В, корпус 2, № 40В, корпус 3, № 41Г, № 41В, № 41В, корпус 1, № 41В, корпус 2, № 41В, корпус 3, № 42, № 47, № 54, № 54Б, № 54В, № 54Г, № 101Б, № 369;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ораз Тәтеұлы көшесі, № 15А, № 19Б, № 19Б, корпус 1, 100В;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мұстафа Шоқай көшесі, № 28, № 28, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халел Досмұхамедұлы көшесі, № 23.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 576 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Алтын Орда шағын ауданы, № 50Н, "Smart bilim" мектеп-гимназия" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 11Е, № 11Е, корпус 1, № 16Л, № 16Г, № 20, корпус 1, № 20, корпус 2, № 45А, № 46, № 48Е, № 48Е, копус 1, № 52Г, № 52Г, корпус 1, № 52Г, корпус 2, № 52Г, корпус 3, № 53Г, № 53Г, корпус 1, № 53Г, корпус 2, № 53Г, корпус 3, № 20Б, № 201, № 201, корпус 1, № 201А, № 201В, № 201Г, № 201Е, № 201К, № 340, № 340, корпус 1, № 340Б, № 340Б, корпус 1, № 340Г, № 353, № 353, корпус 1, № 353, корпус 2, № 353, корпус 3, № 353, корпус 4, № 355, № 358А, № 358А, корпус 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халел Досмұхамедұлы көшесі, № 32, № 32, корпус 1, № 32, корпус 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 577 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Бауырластар-2 тұрғын үй алабы, № 170А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Шәкәрім Құдайбердіұлы атындағы № 66 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Бауырластар-2, Сазды-2 тұрғын үй алаптарының шекарасында.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 578 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Ақжар-2 тұрғын үй алабы, № 2, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Мәлік Ғабдуллин атындағы № 70 жалпы білім беретін орта мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Ақжар-2 тұрғын үй алабының шекарасында, № 191, № 192, № 193, № 193А, № 194, № 195, № 196, № 197, № 198, № 199, № 232, № 233, № 234, № 235, № 236, № 237, № 238, № 239, № 240, № 259, № 260, № 261, № 262, № 263, № 264, № 265, № 266, № 267, №268, №269, №270, №271, № 272, № 273, № 274, № 275, № 276, № 277, № 278, № 279, № 280, № 281, № 300, № 301, № 302, № 303, № 304, № 305, № 306, № 307, № 308, № 312, №313, № 314, № 315, № 316, № 317, № 318, № 319, № 320, № 321, № 322, № 341, № 342, № 341, № 344, №345, № 346, № 347, № 348, № 349, №350, № 351, № 352, № 353, № 354, № 355, № 356, № 357, № 358, № 359, № 360, № 361, № 362, № 363, №364, № 365, № 366, № 367, № 368, № 369, № 370, № 371, № 372, № 373, № 374, № 375, № 376, № 377, № 378, № 379, № 380, № 381, № 382, № 383, № 384, № 385, № 386, № 387, № 388, № 389, № 390, № 391, № 392, № 393, № 394, № 395, № 396, № 397, № 398, № 399, № 400, № 401, № 402, № 403, № 404, № 405, № 406, № 407, № 408, № 409, № 410, № 411, № 412, № 413, № 414, № 415, № 416, № 417, № 418, № 419, № 419/1, № 420, № 421, № 422, № 423, № 424, № 425, № 426, № 427, № 428, № 429, № 430, № 431, № 432, № 433, № 434, № 435, № 436, № 437, № 450, № 592, № 593, № 594, № 595, № 596, № 597, № 598, № 614, № 615, № 616, № 617, № 618, № 619, № 620, № 621, № 622, № 623, № 624, № 625, № 626, № 627, № 628, № 629, № 630, № 631, № 632, № 633, № 634, № 635, № 636, № 637, № 638, № 638А, № 639, № 640, № 641, № 642, № 642А, № 643, № 644, № 645, № 646, № 647, № 648, № 649, № 650, № 651, № 652, № 653, № 654, № 655, № 656, № 657, № 658, № 659, № 660, № 661, № 662, № 663, № 664, № 665, № 666, № 667, № 668, № 669, № 670, № 671, № 672, № 673, № 674, № 675, № 676, № 677, № 678, № 679, № 680, № 681, № 682, № 683, № 684, № 685, № 686, № 687, № 688, № 689, № 690, № 691, № 692, № 693, № 694, № 695, № 696, № 697, № 698, № 699, № 700, № 701, № 702, № 703, № 704, № 705, № 706, № 707, № 708, № 709, № 710, № 711, № 712, № 713, № 714, № 715, № 716, № 717, № 718, № 719, № 720, № 721, № 722, № 723, № 724, № 725, № 726, № 921, № 921А, № 922, № 923, № 924, № 925, № 926, № 927, № 928, № 929, № 930, № 931, № 932, № 933, № 934, № 935, № 936, № 937, № 938, № 939, № 940, № 941, № 942, № 943, № 943А, № 944, № 945, № 946, № 947, № 948, № 1063, № 1064, № 1065, № 1066, № 1067;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жақын жатқан бау-бақша ұжымдары.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 538 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      жақын жатқан бау-бақша ұжымдары.</w:t>
+        <w:t xml:space="preserve"> № 579 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Жаңақоныс тұрғын үй алабы, Жастар шағын ауданы, 3 орам, № 13А, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "Қ. Сәтпаев атындағы орта мектеп-лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Жаңақоныс-2, Сұлутөр тұрғын үй алаптарының шекарасында.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 539 сайлау учаскесі</w:t>
-[...143 lines deleted...]
-      Дина Нұрпейісова атындағы көшесі, № 50, № 52, № 53, № 54, № 55, № 56, № 57, № 58, № 59, № 60, № 60А, № 61, № 62, № 62А, № 63, № 64, № 65, № 66, № 67, № 68, № 69, № 70, № 71, № 72, № 73, № 74, № 75, № 76, № 76А, № 77, № 77А, № 78, № 79, № 80, № 81, № 81А, № 82, № 83, № 84, № 85, № 86, № 87, № 88, № 89, № 90, № 91, № 92, № 93, № 94, № 94А, № 94Б, № 94В, № 95, № 96, № 97, № 98, № 99, № 99А, № 100, № 101, № 102, № 103, № 105, № 107.</w:t>
+        <w:t xml:space="preserve"> № 580 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Алматы ауданы, Есет батыр шағын ауданы, Бопай ханым көшесі, № 26П, "Ақтөбе облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің "№ 3 облыстық балалар-жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, (№2 шағын ауданы), № 15В, № 16В, № 20А, № 21В, № 22В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 540 сайлау учаскесі</w:t>
-[...71 lines deleted...]
-      жақын жатқан бау-бақша ұжымдары.</w:t>
+        <w:t xml:space="preserve"> № 581 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Алтын Орда шағын ауданы, № 6В, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 80 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 7Е, № 9/5, № 9/5, корпус 1, № 9/5, корпус 2, № 10Е, № 10Е, корпус 1, № 10Л, № 10Л, корпус 1, № 11Д, № 11Д, корпус 1, № 11Д, корпус 2, №11Т, №11Т, корпус 1, № 22Г, № 22Г, корпус 1, № 22Е, №22Е, корпус 1, № 25, № 25А, № 25А, корпус 1, № 25А, корпус 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 541 сайлау учаскесі</w:t>
-[...3205 lines deleted...]
-      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 11Е, № 11Е, корпус 1, № 16Л, № 16Г, № 25Г, № 201, № 201, корпус 1, № 201А, № 201В, № 201Г, № 201Е, № 201К, № 339, № 339, корпус 1, № 339, корпус 2, № 340, № 340, корпус 1, № 340Б, № 340Б, корпус 1, № 340Г, № 348, № 348, корпус 1, № 349, № 350, № 350, корпус 1, № 350, корпус 2, № 351, № 351А, № 351Б, № 353, № 353, корпус 1, № 353, корпус 2, № 353, корпус 3, № 353, корпус 4, № 355, № 356, № 356А, № 356Б, № 357, № 360А;</w:t>
+        <w:t xml:space="preserve"> № 582 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Ақтөбе қаласы, Астана ауданы, Алтын Орда шағын ауданы, № 6В, "Ақтөбе қаласының білім бөлімі" мемлекеттік мекемесінің "№ 80 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің шекаралары: Алтын Орда шағын ауданының шекарасында, № 25Г, № 339, № 339, корпус 1, № 339, корпус 2, № 348, № 348, корпус 1, № 349, № 349, корпус 1, № 350, № 350, корпус 1, № 350, корпус 2, № 351, № 351А, № 351Б, № 351В, № 351Г, № 352, № 356, № 356А, № 356Б, № 357, № 357, корпус 1, № 360А, № 360, корус 1, № 360, корпус 2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мәңгілік Ел көшесі, № 16Д (Алтын Орда, 16Л).</w:t>
-      </w:r>
-[...224 lines deleted...]
-      Сайлау учаскесінің шекаралары: Есет батыр шағын ауданының шекарасында, (№ 2 шағын ауданы), № 15В, № 16В, № 20А, № 21В, № 22В.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -26556,55 +26676,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26930,31 +27050,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>