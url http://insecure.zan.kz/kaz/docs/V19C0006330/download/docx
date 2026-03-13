--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91b1b5d" w14:textId="91b1b5d">
+    <w:p w14:paraId="928fb90" w14:textId="928fb90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,140 +93,215 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы бойынша тұрғын үй сертификаттарының мөлшерін және алушылар санаттарының тізбесін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақтөбе облыстық мәслихатының 2019 жылғы 2 тамыздағы № 455 шешімі. Ақтөбе облысының Әділет департаментінде 2019 жылғы 6 тамызда № 6330 болып тіркелді</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>Ақтөбе облыстық мәслихатының 2019 жылғы 2 тамыздағы № 455 шешімі. Ақтөбе облысының Әділет департаментінде 2019 жылғы 6 тамызда № 6330 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-9-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 14-1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2025 жылғы 30 мамырдағы № 187 (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 36186 тіркелген) бұйрығымен бекітілген Тұрғын үй жағдайларын жақсартуға бағытталған мемлекеттік қолдау шараларын іске асыру қағидаларының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Ақтөбе облыстық мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Ақтөбе облыстық мәслихатының 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ақтөбе облысы бойынша тұрғын үй сертификаттарының мөлшері және алушылар санаттарының тізбесі, осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -581,187 +656,159 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Облыстық мәслихаттың 2019 жылғы 2 тамыздағы № 455 шешіміне қосымша</w:t>
+              <w:t xml:space="preserve">Облыстық мәслихаттың </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019 жылғы 2 тамыздағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 455 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақтөбе облысы бойынша тұрғын үй сертификаттарының мөлшері және алушылар санаттарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда – Ақтөбе облыстық мәслихатының 22.10.2021 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – Ақтөбе облыстық мәслихатының 10.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 72</w:t>
+        <w:t>№ 279</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Ипотекалық тұрғын үй қарыздарын пайдалана отырып, азаматтардың тұрғын үйді меншігіне алу құқығын іске асыру үшін Ақтөбе облысы бойынша тұрғын үй сертификаттарының мөлшері:</w:t>
+      1. Қазақстан Республикасы азаматтарының Қазақстан Республикасының Ұлттық Банкі бекіткен ипотекалық бағдарлама шеңберінде ипотекалық тұрғын үй қарызын пайдалана отырып тұрғынжайды меншігіне сатып алу немесе тұрғын үй жағдайларын жақсартуға бағытталған мемлекеттік қолдау шараларын алу құқығын іске асыру үшін Ақтөбе облысы бойынша тұрғын үй сертификаттарының мөлшері бастапқы жарна сомасының 90% мөлшерінде айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p>
-[...53 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тұрғын үй сертификаттарын алушылар санаттарының тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -790,153 +837,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған адамдардың санаттары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 20 мамырдағы № 161 "Еңбек ресурстарын болжаудың ұлттық жүйесін қалыптастыру және оның нәтижелерін пайдалану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32546 тіркелген) </w:t>
+      2) "Еңбек ресурстарын болжаудың ұлттық жүйесін қалыптастыру және оның нәтижелерін пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 20 мамырдағы № 161 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32546 тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес құрылатын еңбек ресурстарын болжау негізінде денсаулық сақтау, білім беру, мәдениет, спорт, әлеуметтік қорғау салаларындағы сұранысқа ие мамандар.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve"> сәйкес құрылатын еңбек ресурстарын болжау негізінде денсаулық сақтау, білім беру, мәдениет, спорт, әлеуметтік қорғау салаларындағы сұранысқа ие мамандар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...63 lines deleted...]
-</w:t>
+      3) жұмыс кәсіптерінің болжамды тізбесіне кіретін адамдар: сантехниктер, жүк көлігінің жүргізушілері, тракторшылар, техник-электриктер (жалпы бейін), электриктер және электр монтажшылар, электр беру желілерінен басқа, автобус жүргізушілері, фельдшерлер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -1318,31 +1301,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>